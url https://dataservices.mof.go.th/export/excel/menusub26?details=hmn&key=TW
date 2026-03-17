--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,1127 +12,1115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>101,576,746,484</t>
-[...5 lines deleted...]
-    <t>47,518,200,515</t>
+    <t>156,094,274,426</t>
+  </si>
+  <si>
+    <t>67,431,086,155</t>
+  </si>
+  <si>
+    <t>112,391,672,099</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
     <t>14,000</t>
   </si>
   <si>
-    <t>10,000</t>
+    <t>8,000</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>399,855,503</t>
-[...5 lines deleted...]
-    <t>728,844,867</t>
+    <t>569,401,356</t>
+  </si>
+  <si>
+    <t>621,357,401</t>
+  </si>
+  <si>
+    <t>441,850,074</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>84,460</t>
+    <t>6,194</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>3,264,083</t>
+    <t>569,202</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>6,448,525</t>
-[...5 lines deleted...]
-    <t>7,662,035</t>
+    <t>5,043,277</t>
+  </si>
+  <si>
+    <t>5,802,521</t>
+  </si>
+  <si>
+    <t>5,283,141</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>58</t>
-[...5 lines deleted...]
-    <t>2,977</t>
+    <t>466,025</t>
+  </si>
+  <si>
+    <t>46,469</t>
+  </si>
+  <si>
+    <t>660,800</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>1,735,518</t>
-[...5 lines deleted...]
-    <t>27,181</t>
+    <t>674,064</t>
+  </si>
+  <si>
+    <t>2,217,792</t>
+  </si>
+  <si>
+    <t>1,883,399</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>1,699</t>
-[...5 lines deleted...]
-    <t>826</t>
+    <t>4,031</t>
+  </si>
+  <si>
+    <t>4,743</t>
+  </si>
+  <si>
+    <t>3,450</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>933,511</t>
-[...5 lines deleted...]
-    <t>864,755</t>
+    <t>695,791</t>
+  </si>
+  <si>
+    <t>1,003,177</t>
+  </si>
+  <si>
+    <t>831,956</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>3,188,673</t>
-[...5 lines deleted...]
-    <t>1,675,919</t>
+    <t>2,564,436</t>
+  </si>
+  <si>
+    <t>1,145,601</t>
+  </si>
+  <si>
+    <t>1,359,172</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>475,906</t>
-[...5 lines deleted...]
-    <t>382,911</t>
+    <t>673,782</t>
+  </si>
+  <si>
+    <t>1,725,992</t>
+  </si>
+  <si>
+    <t>226,717</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>929,880</t>
-[...5 lines deleted...]
-    <t>4,610,204</t>
+    <t>7,481,755</t>
+  </si>
+  <si>
+    <t>76,650</t>
+  </si>
+  <si>
+    <t>4,974,143</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>1,065,251</t>
-[...5 lines deleted...]
-    <t>630,972</t>
+    <t>151,640</t>
+  </si>
+  <si>
+    <t>2,722,009</t>
+  </si>
+  <si>
+    <t>572,859</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>5,191,869</t>
-[...11 lines deleted...]
-    <t>2,485</t>
+    <t>8,843,044</t>
+  </si>
+  <si>
+    <t>6,836,965</t>
+  </si>
+  <si>
+    <t>1,622,353</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>4,404,090</t>
-[...5 lines deleted...]
-    <t>1,872,979</t>
+    <t>3,393,933</t>
+  </si>
+  <si>
+    <t>897,632</t>
+  </si>
+  <si>
+    <t>1,985,081</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>3,075,949</t>
-[...5 lines deleted...]
-    <t>2,765,466</t>
+    <t>1,053,837</t>
+  </si>
+  <si>
+    <t>2,149,534</t>
+  </si>
+  <si>
+    <t>3,527,207</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>38,785,558</t>
-[...5 lines deleted...]
-    <t>23,754,725</t>
+    <t>14,025,844</t>
+  </si>
+  <si>
+    <t>20,285,441</t>
+  </si>
+  <si>
+    <t>25,783,059</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>1,277,065</t>
-[...5 lines deleted...]
-    <t>5,720,339</t>
+    <t>1,630,882</t>
+  </si>
+  <si>
+    <t>2,207,587</t>
+  </si>
+  <si>
+    <t>3,452,504</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>37,829,083</t>
-[...5 lines deleted...]
-    <t>49,565,745</t>
+    <t>33,966,033</t>
+  </si>
+  <si>
+    <t>38,058,260</t>
+  </si>
+  <si>
+    <t>31,814,882</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>11,685,780</t>
-[...5 lines deleted...]
-    <t>4,872,394</t>
+    <t>10,253,833</t>
+  </si>
+  <si>
+    <t>25,460,014</t>
+  </si>
+  <si>
+    <t>7,932,588</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>2,463,336</t>
-[...5 lines deleted...]
-    <t>4,042,353</t>
+    <t>3,570,258</t>
+  </si>
+  <si>
+    <t>2,424,918</t>
+  </si>
+  <si>
+    <t>1,966,927</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>30,624,131</t>
-[...5 lines deleted...]
-    <t>28,045,293</t>
+    <t>6,570,609</t>
+  </si>
+  <si>
+    <t>39,683,335</t>
+  </si>
+  <si>
+    <t>13,472,622</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>4,327,176</t>
-[...5 lines deleted...]
-    <t>15,168,958</t>
+    <t>5,563,331</t>
+  </si>
+  <si>
+    <t>3,797,962</t>
+  </si>
+  <si>
+    <t>5,780,255</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>185,263,905</t>
-[...5 lines deleted...]
-    <t>151,118,243</t>
+    <t>188,108,993</t>
+  </si>
+  <si>
+    <t>166,470,843</t>
+  </si>
+  <si>
+    <t>254,132,746</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>351,166,198</t>
-[...5 lines deleted...]
-    <t>257,766,033</t>
+    <t>410,503,032</t>
+  </si>
+  <si>
+    <t>511,641,341</t>
+  </si>
+  <si>
+    <t>414,553,154</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>54,799,074</t>
-[...5 lines deleted...]
-    <t>54,365,704</t>
+    <t>37,589,192</t>
+  </si>
+  <si>
+    <t>33,335,089</t>
+  </si>
+  <si>
+    <t>78,431,018</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>17,058,991</t>
-[...5 lines deleted...]
-    <t>16,907,330</t>
+    <t>5,332,751</t>
+  </si>
+  <si>
+    <t>4,526,564</t>
+  </si>
+  <si>
+    <t>1,460,499</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>148,829,843</t>
-[...5 lines deleted...]
-    <t>144,541,770</t>
+    <t>160,551,375</t>
+  </si>
+  <si>
+    <t>137,085,603</t>
+  </si>
+  <si>
+    <t>148,451,238</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>44,101,805</t>
-[...5 lines deleted...]
-    <t>24,346,204</t>
+    <t>32,430,078</t>
+  </si>
+  <si>
+    <t>15,428,256</t>
+  </si>
+  <si>
+    <t>46,356,182</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>72,191,605</t>
-[...5 lines deleted...]
-    <t>79,439,397</t>
+    <t>98,758,576</t>
+  </si>
+  <si>
+    <t>72,291,353</t>
+  </si>
+  <si>
+    <t>89,343,578</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>19,040,081</t>
-[...5 lines deleted...]
-    <t>24,654,688</t>
+    <t>22,907,365</t>
+  </si>
+  <si>
+    <t>17,584,179</t>
+  </si>
+  <si>
+    <t>16,691,933</t>
   </si>
   <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
-    <t>444,999</t>
+    <t>28,603</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>17,385,762</t>
-[...5 lines deleted...]
-    <t>19,194,436</t>
+    <t>11,798,549</t>
+  </si>
+  <si>
+    <t>21,951,272</t>
+  </si>
+  <si>
+    <t>28,306,724</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>304,680,137</t>
-[...5 lines deleted...]
-    <t>252,339,827</t>
+    <t>322,076,887</t>
+  </si>
+  <si>
+    <t>235,970,875</t>
+  </si>
+  <si>
+    <t>196,039,897</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>1,370,807,339</t>
-[...5 lines deleted...]
-    <t>1,609,397,111</t>
+    <t>1,364,599,969</t>
+  </si>
+  <si>
+    <t>1,289,239,195</t>
+  </si>
+  <si>
+    <t>1,393,974,832</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>280,882,193</t>
-[...5 lines deleted...]
-    <t>348,617,303</t>
+    <t>305,947,306</t>
+  </si>
+  <si>
+    <t>294,289,171</t>
+  </si>
+  <si>
+    <t>263,365,278</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>2,619,422</t>
-[...5 lines deleted...]
-    <t>4,768,837</t>
+    <t>4,897,516</t>
+  </si>
+  <si>
+    <t>3,791,262</t>
+  </si>
+  <si>
+    <t>6,302,664</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>2,440,163</t>
-[...14 lines deleted...]
-    <t>287</t>
+    <t>1,513,070</t>
+  </si>
+  <si>
+    <t>3,221,292</t>
+  </si>
+  <si>
+    <t>3,737,228</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>1,049,217</t>
-[...5 lines deleted...]
-    <t>1,194,367</t>
+    <t>1,164,545</t>
+  </si>
+  <si>
+    <t>171,949</t>
+  </si>
+  <si>
+    <t>1,534,359</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>4,287</t>
-[...2 lines deleted...]
-    <t>4,285</t>
+    <t>27,014</t>
+  </si>
+  <si>
+    <t>41,443</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>584,392</t>
-[...5 lines deleted...]
-    <t>217,083</t>
+    <t>626,745</t>
+  </si>
+  <si>
+    <t>392,040</t>
+  </si>
+  <si>
+    <t>401,898</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>88,665,212</t>
-[...5 lines deleted...]
-    <t>126,279,347</t>
+    <t>82,717,118</t>
+  </si>
+  <si>
+    <t>71,208,176</t>
+  </si>
+  <si>
+    <t>97,320,270</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>16,936,522</t>
-[...5 lines deleted...]
-    <t>21,136,495</t>
+    <t>19,755,118</t>
+  </si>
+  <si>
+    <t>15,469,740</t>
+  </si>
+  <si>
+    <t>11,628,554</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>2,488,947</t>
-[...2 lines deleted...]
-    <t>1,962,213</t>
+    <t>4,270,534</t>
+  </si>
+  <si>
+    <t>16,149</t>
+  </si>
+  <si>
+    <t>4,231,994</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>1,821,711</t>
-[...5 lines deleted...]
-    <t>405,331</t>
+    <t>229,209</t>
+  </si>
+  <si>
+    <t>969,774</t>
+  </si>
+  <si>
+    <t>78,350</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>1,951,686</t>
-[...5 lines deleted...]
-    <t>2,392,568</t>
+    <t>2,427,725</t>
+  </si>
+  <si>
+    <t>1,047,875</t>
+  </si>
+  <si>
+    <t>1,054,673</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>275,830</t>
-[...5 lines deleted...]
-    <t>189,439</t>
+    <t>2,148</t>
+  </si>
+  <si>
+    <t>1,498</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>159,796,322</t>
-[...5 lines deleted...]
-    <t>169,790,157</t>
+    <t>129,439,884</t>
+  </si>
+  <si>
+    <t>159,362,389</t>
+  </si>
+  <si>
+    <t>150,523,898</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>43,464,670</t>
-[...5 lines deleted...]
-    <t>41,636,419</t>
+    <t>32,255,051</t>
+  </si>
+  <si>
+    <t>41,993,726</t>
+  </si>
+  <si>
+    <t>35,140,598</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>27,867,956</t>
-[...5 lines deleted...]
-    <t>23,278,345</t>
+    <t>26,597,640</t>
+  </si>
+  <si>
+    <t>26,397,908</t>
+  </si>
+  <si>
+    <t>33,836,503</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>59,647</t>
-[...5 lines deleted...]
-    <t>552,858</t>
+    <t>618,865</t>
+  </si>
+  <si>
+    <t>8,942</t>
+  </si>
+  <si>
+    <t>258,908</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>30,001,280</t>
-[...5 lines deleted...]
-    <t>17,994,956</t>
+    <t>22,923,707</t>
+  </si>
+  <si>
+    <t>18,011,306</t>
+  </si>
+  <si>
+    <t>22,040,305</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>57,155,826</t>
-[...5 lines deleted...]
-    <t>63,467,646</t>
+    <t>62,774,268</t>
+  </si>
+  <si>
+    <t>51,303,901</t>
+  </si>
+  <si>
+    <t>57,717,987</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>265,142,376</t>
-[...5 lines deleted...]
-    <t>293,853,847</t>
+    <t>284,645,852</t>
+  </si>
+  <si>
+    <t>297,329,231</t>
+  </si>
+  <si>
+    <t>251,076,546</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>29,240,244</t>
-[...5 lines deleted...]
-    <t>7,834,347</t>
+    <t>7,003,794</t>
+  </si>
+  <si>
+    <t>67,847,060</t>
+  </si>
+  <si>
+    <t>28,544,051</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>2,901,928</t>
-[...5 lines deleted...]
-    <t>1,917,435</t>
+    <t>907,131</t>
+  </si>
+  <si>
+    <t>3,235,730</t>
+  </si>
+  <si>
+    <t>2,431,027</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>7,855,393</t>
-[...5 lines deleted...]
-    <t>10,083,310</t>
+    <t>11,283,319</t>
+  </si>
+  <si>
+    <t>6,355,430</t>
+  </si>
+  <si>
+    <t>8,936,952</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>9,382,294</t>
-[...5 lines deleted...]
-    <t>12,439,724</t>
+    <t>11,084,621</t>
+  </si>
+  <si>
+    <t>6,788,606</t>
+  </si>
+  <si>
+    <t>6,501,911</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>7,368,476</t>
-[...5 lines deleted...]
-    <t>9,971,904</t>
+    <t>3,824,962</t>
+  </si>
+  <si>
+    <t>3,013,859</t>
+  </si>
+  <si>
+    <t>3,170,625</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>8,985</t>
-[...5 lines deleted...]
-    <t>136</t>
+    <t>343,632</t>
+  </si>
+  <si>
+    <t>378,506</t>
+  </si>
+  <si>
+    <t>1,481</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>4,339</t>
-[...5 lines deleted...]
-    <t>18,340</t>
+    <t>4,312</t>
+  </si>
+  <si>
+    <t>29,101</t>
+  </si>
+  <si>
+    <t>303,673</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>12,140,057</t>
-[...5 lines deleted...]
-    <t>6,902,417</t>
+    <t>8,340,188</t>
+  </si>
+  <si>
+    <t>13,795,872</t>
+  </si>
+  <si>
+    <t>18,461,109</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>7,616,524</t>
-[...5 lines deleted...]
-    <t>11,931,014</t>
+    <t>58,699,996</t>
+  </si>
+  <si>
+    <t>29,372,827</t>
+  </si>
+  <si>
+    <t>8,340,090</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>39,375,139</t>
-[...5 lines deleted...]
-    <t>35,313,726</t>
+    <t>48,173,566</t>
+  </si>
+  <si>
+    <t>43,963,241</t>
+  </si>
+  <si>
+    <t>65,584,582</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>220,402,998</t>
-[...5 lines deleted...]
-    <t>140,641,782</t>
+    <t>153,058,312</t>
+  </si>
+  <si>
+    <t>168,993,990</t>
+  </si>
+  <si>
+    <t>195,370,778</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>1,050,205,491</t>
-[...5 lines deleted...]
-    <t>1,458,953,999</t>
+    <t>1,163,992,823</t>
+  </si>
+  <si>
+    <t>1,400,679,177</t>
+  </si>
+  <si>
+    <t>1,165,209,424</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>1,011,667,215</t>
-[...5 lines deleted...]
-    <t>941,402,957</t>
+    <t>888,677,847</t>
+  </si>
+  <si>
+    <t>781,940,951</t>
+  </si>
+  <si>
+    <t>793,250,837</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>641,011,138</t>
-[...5 lines deleted...]
-    <t>747,455,905</t>
+    <t>679,766,428</t>
+  </si>
+  <si>
+    <t>714,039,962</t>
+  </si>
+  <si>
+    <t>688,897,403</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>3,452,617</t>
-[...5 lines deleted...]
-    <t>5,632,826</t>
+    <t>8,818,640</t>
+  </si>
+  <si>
+    <t>4,523,615</t>
+  </si>
+  <si>
+    <t>2,731,340</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>229,703,202</t>
-[...5 lines deleted...]
-    <t>229,913,788</t>
+    <t>224,238,036</t>
+  </si>
+  <si>
+    <t>214,552,810</t>
+  </si>
+  <si>
+    <t>225,864,383</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>1,196,362</t>
-[...5 lines deleted...]
-    <t>1,736,992</t>
+    <t>4,586,733</t>
+  </si>
+  <si>
+    <t>787,438</t>
+  </si>
+  <si>
+    <t>978,166</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>12,707,095</t>
-[...5 lines deleted...]
-    <t>21,443,265</t>
+    <t>11,109,803</t>
+  </si>
+  <si>
+    <t>3,514,254</t>
+  </si>
+  <si>
+    <t>8,517,751</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>9,958,104</t>
-[...5 lines deleted...]
-    <t>26,506,901</t>
+    <t>10,178,879</t>
+  </si>
+  <si>
+    <t>5,898,894</t>
+  </si>
+  <si>
+    <t>27,550,773</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>21,077,113</t>
-[...5 lines deleted...]
-    <t>14,460,587</t>
+    <t>43,675,322</t>
+  </si>
+  <si>
+    <t>3,815,366</t>
+  </si>
+  <si>
+    <t>30,919,359</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>140,939,677</t>
-[...5 lines deleted...]
-    <t>118,111,064</t>
+    <t>124,816,428</t>
+  </si>
+  <si>
+    <t>139,185,633</t>
+  </si>
+  <si>
+    <t>103,919,634</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>76,490,469</t>
-[...5 lines deleted...]
-    <t>94,436,619</t>
+    <t>76,813,389</t>
+  </si>
+  <si>
+    <t>60,958,012</t>
+  </si>
+  <si>
+    <t>81,884,735</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,929,769,723</t>
-[...5 lines deleted...]
-    <t>4,890,031,725</t>
+    <t>11,444,572,557</t>
+  </si>
+  <si>
+    <t>6,670,134,629</t>
+  </si>
+  <si>
+    <t>5,325,830,080</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>89,786,076,348</t>
-[...11 lines deleted...]
-    <t>880,654</t>
+    <t>135,759,723,883</t>
+  </si>
+  <si>
+    <t>51,850,279,018</t>
+  </si>
+  <si>
+    <t>98,559,485,364</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>227,312,501</t>
-[...5 lines deleted...]
-    <t>271,313,474</t>
+    <t>317,704,160</t>
+  </si>
+  <si>
+    <t>259,613,089</t>
+  </si>
+  <si>
+    <t>216,153,490</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>4,340</t>
-[...2 lines deleted...]
-    <t>18,173</t>
+    <t>1,216,354</t>
+  </si>
+  <si>
+    <t>31,577</t>
+  </si>
+  <si>
+    <t>366,267</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>6,756,099</t>
-[...2 lines deleted...]
-    <t>72,717</t>
+    <t>1,675,312</t>
+  </si>
+  <si>
+    <t>3,451,246</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>891,403,840</t>
-[...5 lines deleted...]
-    <t>473,806,977</t>
+    <t>606,094,793</t>
+  </si>
+  <si>
+    <t>633,484,825</t>
+  </si>
+  <si>
+    <t>561,034,510</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>3,825,968</t>
-[...5 lines deleted...]
-    <t>6,132,234</t>
+    <t>8,728,257</t>
+  </si>
+  <si>
+    <t>7,744,421</t>
+  </si>
+  <si>
+    <t>7,358,616</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>2,551,061</t>
-[...5 lines deleted...]
-    <t>3,022,744</t>
+    <t>4,782,331</t>
+  </si>
+  <si>
+    <t>2,740,780</t>
+  </si>
+  <si>
+    <t>2,706,667</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>600,273</t>
+    <t>6,260,806</t>
+  </si>
+  <si>
+    <t>248,277</t>
+  </si>
+  <si>
+    <t>626,665</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>15,577,302</t>
-[...5 lines deleted...]
-    <t>14,527,446</t>
+    <t>29,061,332</t>
+  </si>
+  <si>
+    <t>13,268,756</t>
+  </si>
+  <si>
+    <t>16,647,919</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>27,845,730</t>
-[...5 lines deleted...]
-    <t>18,610,655</t>
+    <t>26,713,653</t>
+  </si>
+  <si>
+    <t>22,823,325</t>
+  </si>
+  <si>
+    <t>32,940,721</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>27,506,045</t>
-[...5 lines deleted...]
-    <t>41,271,037</t>
+    <t>35,868,329</t>
+  </si>
+  <si>
+    <t>26,882,197</t>
+  </si>
+  <si>
+    <t>34,716,257</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>124,563</t>
-[...5 lines deleted...]
-    <t>477,516</t>
+    <t>16,116</t>
+  </si>
+  <si>
+    <t>24,620</t>
+  </si>
+  <si>
+    <t>7,712</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1466,62 +1454,62 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D103"/>
+  <dimension ref="A1:D100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A103" sqref="A103"/>
+      <selection activeCell="A100" sqref="A100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -1541,71 +1529,71 @@
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
@@ -1712,1165 +1700,1123 @@
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>56</v>
       </c>
       <c r="B16" t="s">
         <v>57</v>
       </c>
       <c r="C16" t="s">
         <v>58</v>
       </c>
       <c r="D16" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>60</v>
       </c>
       <c r="B17" t="s">
         <v>61</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B18" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C18" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D18" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B19" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C19" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D19" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B20" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C20" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D20" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C21" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D21" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B22" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C22" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D22" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B23" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C23" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D23" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B24" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C24" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D24" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B25" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C25" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D25" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B26" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C26" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D26" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B27" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C27" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D27" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B28" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C28" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D28" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B29" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C29" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D29" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B30" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C30" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D30" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B31" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C31" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D31" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B32" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C32" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D32" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B33" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C33" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D33" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B34" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C34" t="s">
-        <v>128</v>
+        <v>11</v>
       </c>
       <c r="D34" t="s">
-        <v>129</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>130</v>
       </c>
       <c r="B35" t="s">
         <v>131</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>132</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B36" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C36" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D36" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B37" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C37" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D37" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B38" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C38" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D38" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B39" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C39" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D39" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B40" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C40" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D40" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B41" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C41" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D41" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B42" t="s">
+        <v>159</v>
+      </c>
+      <c r="C42" t="s">
+        <v>160</v>
+      </c>
+      <c r="D42" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B43" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C43" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D43" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B44" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C44" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>168</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B45" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C45" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D45" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B46" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C46" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D46" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B47" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C47" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D47" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B48" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>183</v>
       </c>
       <c r="D48" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B49" t="s">
-        <v>182</v>
+        <v>11</v>
       </c>
       <c r="C49" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D49" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B50" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C50" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D50" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B51" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C51" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D51" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B52" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C52" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D52" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B53" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C53" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D53" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B54" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C54" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D54" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B55" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C55" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D55" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B56" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C56" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D56" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B57" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C57" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D57" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B58" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C58" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D58" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B59" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C59" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D59" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B60" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C60" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D60" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B61" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C61" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D61" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B62" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C62" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D62" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B63" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C63" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D63" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B64" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C64" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D64" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B65" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C65" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D65" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B66" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C66" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D66" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B67" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C67" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D67" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B68" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C68" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D68" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B69" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C69" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D69" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B70" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C70" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="D70" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B71" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C71" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D71" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B72" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C72" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="D72" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B73" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C73" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="D73" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B74" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C74" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="D74" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B75" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C75" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="D75" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B76" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C76" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="D76" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B77" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C77" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D77" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B78" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C78" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="D78" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B79" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C79" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="D79" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B80" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C80" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="D80" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B81" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C81" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D81" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B82" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C82" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D82" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B83" t="s">
         <v>11</v>
       </c>
       <c r="C83" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>322</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B84" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C84" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D84" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B85" t="s">
-        <v>11</v>
+        <v>328</v>
       </c>
       <c r="C85" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D85" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="B86" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C86" t="s">
-        <v>11</v>
+        <v>333</v>
       </c>
       <c r="D86" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="B87" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="C87" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="D87" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="B88" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="C88" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="D88" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="B89" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="C89" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="D89" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="B90" t="s">
-        <v>11</v>
+        <v>348</v>
       </c>
       <c r="C90" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="B91" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="C91" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="D91" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
     </row>
     <row r="92" spans="1:4">
-      <c r="A92" t="s">
-[...41 lines deleted...]
-      <c r="A95" s="2" t="s">
+      <c r="A92" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B95" s="2" t="s">
+      <c r="B92" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C95" s="2" t="s">
+      <c r="C92" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D95" s="2" t="s">
+      <c r="D92" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="102" spans="1:4">
-[...9 lines deleted...]
-      <c r="D103" s="3"/>
+    <row r="99" spans="1:4">
+      <c r="A99" s="3"/>
+      <c r="B99" s="3"/>
+      <c r="C99" s="3"/>
+      <c r="D99" s="3"/>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" s="3"/>
+      <c r="B100" s="3"/>
+      <c r="C100" s="3"/>
+      <c r="D100" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A102:D102"/>
-    <mergeCell ref="A103:D103"/>
+    <mergeCell ref="A99:D99"/>
+    <mergeCell ref="A100:D100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>