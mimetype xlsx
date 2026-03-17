--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,1073 +12,1064 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="341">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>15,100,913,738</t>
-[...8 lines deleted...]
-    <t>01 สัตว์มีชีวิต</t>
+    <t>13,460,713,130</t>
+  </si>
+  <si>
+    <t>13,931,039,737</t>
+  </si>
+  <si>
+    <t>13,051,830,316</t>
+  </si>
+  <si>
+    <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>1,676,470</t>
+  </si>
+  <si>
+    <t>34,217,711</t>
+  </si>
+  <si>
+    <t>6,570,950</t>
+  </si>
+  <si>
+    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
+  </si>
+  <si>
+    <t>9,220,541</t>
+  </si>
+  <si>
+    <t>6,732,167</t>
+  </si>
+  <si>
+    <t>3,163,623</t>
+  </si>
+  <si>
+    <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
+  </si>
+  <si>
+    <t>2,557,983</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>29,308</t>
-[...26 lines deleted...]
-    <t>16,232,924</t>
+    <t>5,046,479</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>3,242,835</t>
+    <t>425,429</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>63,256</t>
-[...5 lines deleted...]
-    <t>4,087,541</t>
+    <t>209,693</t>
+  </si>
+  <si>
+    <t>637,603</t>
+  </si>
+  <si>
+    <t>124,149</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>926,280</t>
-[...5 lines deleted...]
-    <t>4,230,960</t>
+    <t>257,113</t>
+  </si>
+  <si>
+    <t>281,682</t>
+  </si>
+  <si>
+    <t>345,070</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>15,198,180</t>
-[...5 lines deleted...]
-    <t>17,189,770</t>
+    <t>51,217,041</t>
+  </si>
+  <si>
+    <t>38,068,915</t>
+  </si>
+  <si>
+    <t>22,143,995</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>1,681</t>
-[...2 lines deleted...]
-    <t>269,193</t>
+    <t>1,303,465</t>
+  </si>
+  <si>
+    <t>1,514,827</t>
+  </si>
+  <si>
+    <t>2</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>2,894,965</t>
-[...5 lines deleted...]
-    <t>3,485,135</t>
+    <t>7,026,057</t>
+  </si>
+  <si>
+    <t>16,223,355</t>
+  </si>
+  <si>
+    <t>11,335,968</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>404,317</t>
+    <t>20,092</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>4,256,104</t>
-[...14 lines deleted...]
-    <t>177,041</t>
+    <t>6,399,002</t>
+  </si>
+  <si>
+    <t>2,732,623</t>
+  </si>
+  <si>
+    <t>10,248,476</t>
+  </si>
+  <si>
+    <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
+  </si>
+  <si>
+    <t>1,463,503</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>8,139</t>
-[...5 lines deleted...]
-    <t>10,656</t>
+    <t>10,196</t>
+  </si>
+  <si>
+    <t>5,283</t>
+  </si>
+  <si>
+    <t>10,644</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>8,841,625</t>
-[...5 lines deleted...]
-    <t>8,487,766</t>
+    <t>33,522,715</t>
+  </si>
+  <si>
+    <t>8,112,277</t>
+  </si>
+  <si>
+    <t>12,260,066</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>570</t>
-[...5 lines deleted...]
-    <t>345</t>
+    <t>1,841,411</t>
+  </si>
+  <si>
+    <t>5,838,520</t>
+  </si>
+  <si>
+    <t>8,146,477</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>1,808,255</t>
-[...5 lines deleted...]
-    <t>8,817</t>
+    <t>12,732,309</t>
+  </si>
+  <si>
+    <t>7,250,328</t>
+  </si>
+  <si>
+    <t>581,349</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>4,445,285</t>
-[...5 lines deleted...]
-    <t>5,284,602</t>
+    <t>14,076,320</t>
+  </si>
+  <si>
+    <t>6,954,358</t>
+  </si>
+  <si>
+    <t>3,552,449</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>25,933,430</t>
-[...5 lines deleted...]
-    <t>1,565,698</t>
+    <t>40,502,596</t>
+  </si>
+  <si>
+    <t>59,840,826</t>
+  </si>
+  <si>
+    <t>11,301,869</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>235,890</t>
-[...5 lines deleted...]
-    <t>3,507,413</t>
+    <t>435,550</t>
+  </si>
+  <si>
+    <t>19,137,838</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>9,454,289</t>
-[...5 lines deleted...]
-    <t>673,858</t>
+    <t>4,613,912</t>
+  </si>
+  <si>
+    <t>9,877,939</t>
+  </si>
+  <si>
+    <t>578,237</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>7,456,657</t>
-[...5 lines deleted...]
-    <t>9,956,849</t>
+    <t>5,438,284</t>
+  </si>
+  <si>
+    <t>2,705,187</t>
+  </si>
+  <si>
+    <t>2,863,055</t>
+  </si>
+  <si>
+    <t>26 สินแร่ ตะกรันและเถ้า</t>
+  </si>
+  <si>
+    <t>13,415,828</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>852,377</t>
-[...5 lines deleted...]
-    <t>287,132,506</t>
+    <t>8,286</t>
+  </si>
+  <si>
+    <t>361,061</t>
+  </si>
+  <si>
+    <t>54,867</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>859,008</t>
-[...5 lines deleted...]
-    <t>607,216</t>
+    <t>1,959,174</t>
+  </si>
+  <si>
+    <t>3,716,690</t>
+  </si>
+  <si>
+    <t>4,703,037</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>463,109</t>
-[...5 lines deleted...]
-    <t>8,813,631</t>
+    <t>5,777,144</t>
+  </si>
+  <si>
+    <t>117,274</t>
+  </si>
+  <si>
+    <t>470,195</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>3,744,709</t>
-[...11 lines deleted...]
-    <t>345,794</t>
+    <t>3,282,414</t>
+  </si>
+  <si>
+    <t>5,499,010</t>
+  </si>
+  <si>
+    <t>4,171,203</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>2,484,984</t>
-[...5 lines deleted...]
-    <t>180,577</t>
+    <t>3,415,938</t>
+  </si>
+  <si>
+    <t>2,877,721</t>
+  </si>
+  <si>
+    <t>2,339,482</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>101,394,281</t>
-[...5 lines deleted...]
-    <t>1,223,438</t>
+    <t>1,906,592</t>
+  </si>
+  <si>
+    <t>7,060,405</t>
+  </si>
+  <si>
+    <t>4,800,874</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>149,439</t>
-[...5 lines deleted...]
-    <t>427,153</t>
+    <t>7,962,012</t>
+  </si>
+  <si>
+    <t>2,600,720</t>
+  </si>
+  <si>
+    <t>2,012,651</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>4,254,061</t>
-[...5 lines deleted...]
-    <t>573,524</t>
+    <t>205,630</t>
+  </si>
+  <si>
+    <t>30,110</t>
+  </si>
+  <si>
+    <t>882,394</t>
   </si>
   <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
-    <t>114,705</t>
-[...2 lines deleted...]
-    <t>1,766,802</t>
+    <t>435</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>7,930</t>
-[...2 lines deleted...]
-    <t>1,314,261</t>
+    <t>134,176</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>12,392,313</t>
-[...5 lines deleted...]
-    <t>16,395,437</t>
+    <t>42,136,224</t>
+  </si>
+  <si>
+    <t>1,575,311</t>
+  </si>
+  <si>
+    <t>563,838</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>366,584,065</t>
-[...5 lines deleted...]
-    <t>389,902,929</t>
+    <t>350,743,495</t>
+  </si>
+  <si>
+    <t>377,803,875</t>
+  </si>
+  <si>
+    <t>336,152,197</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>189,967,528</t>
-[...5 lines deleted...]
-    <t>178,181,288</t>
+    <t>197,416,013</t>
+  </si>
+  <si>
+    <t>146,698,675</t>
+  </si>
+  <si>
+    <t>199,614,067</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>13,327,588</t>
-[...5 lines deleted...]
-    <t>8,109,590</t>
+    <t>4,220,409</t>
+  </si>
+  <si>
+    <t>1,989,934</t>
+  </si>
+  <si>
+    <t>2,557,619</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>10,416,692</t>
-[...5 lines deleted...]
-    <t>12,159,184</t>
+    <t>37,265,234</t>
+  </si>
+  <si>
+    <t>22,631,081</t>
+  </si>
+  <si>
+    <t>6,135,925</t>
   </si>
   <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
-    <t>30,751,602</t>
-[...5 lines deleted...]
-    <t>4,647,020</t>
+    <t>9,088,378</t>
+  </si>
+  <si>
+    <t>5,497,736</t>
+  </si>
+  <si>
+    <t>18,557,061</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>4,227,459</t>
-[...5 lines deleted...]
-    <t>7,453,678</t>
+    <t>5,956,473</t>
+  </si>
+  <si>
+    <t>7,352,628</t>
+  </si>
+  <si>
+    <t>7,060,629</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>47,141</t>
-[...2 lines deleted...]
-    <t>43,046</t>
+    <t>66,116</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>6,338,992</t>
+    <t>19,826,854</t>
+  </si>
+  <si>
+    <t>8,475,741</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>10,624,908</t>
-[...5 lines deleted...]
-    <t>10,119,771</t>
+    <t>22,572,657</t>
+  </si>
+  <si>
+    <t>8,943,179</t>
+  </si>
+  <si>
+    <t>11,369,990</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>406,423</t>
-[...5 lines deleted...]
-    <t>348,130</t>
+    <t>2,467,253</t>
+  </si>
+  <si>
+    <t>3,974,937</t>
+  </si>
+  <si>
+    <t>329,571</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>17,644</t>
+    <t>174,280</t>
+  </si>
+  <si>
+    <t>2,333</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>43,535</t>
-[...5 lines deleted...]
-    <t>1,797</t>
+    <t>12,609</t>
+  </si>
+  <si>
+    <t>19,307</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>1,421,211</t>
-[...11 lines deleted...]
-    <t>206</t>
+    <t>33,251</t>
+  </si>
+  <si>
+    <t>88,800</t>
+  </si>
+  <si>
+    <t>84,175</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>1,134,373</t>
-[...5 lines deleted...]
-    <t>659,110</t>
+    <t>67,132</t>
+  </si>
+  <si>
+    <t>639,400</t>
+  </si>
+  <si>
+    <t>799,844</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>4,569,375</t>
-[...5 lines deleted...]
-    <t>6,531,614</t>
+    <t>2,847,222</t>
+  </si>
+  <si>
+    <t>23,180,090</t>
+  </si>
+  <si>
+    <t>69,838</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>7,923,710</t>
-[...5 lines deleted...]
-    <t>43,712</t>
+    <t>184,784</t>
+  </si>
+  <si>
+    <t>3,655,442</t>
+  </si>
+  <si>
+    <t>7,595,008</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>55,493</t>
-[...5 lines deleted...]
-    <t>64,749</t>
+    <t>2,417,370</t>
+  </si>
+  <si>
+    <t>57,569</t>
+  </si>
+  <si>
+    <t>212,270</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>1,628,244</t>
-[...5 lines deleted...]
-    <t>1,124,523</t>
+    <t>664,923</t>
+  </si>
+  <si>
+    <t>317,661</t>
+  </si>
+  <si>
+    <t>184,991</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>3,663,570</t>
-[...5 lines deleted...]
-    <t>3,002,891</t>
+    <t>5,351,331</t>
+  </si>
+  <si>
+    <t>3,641,800</t>
+  </si>
+  <si>
+    <t>1,167,897</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>345,458</t>
-[...5 lines deleted...]
-    <t>4,611,535</t>
+    <t>2,286,595</t>
+  </si>
+  <si>
+    <t>6,599,043</t>
+  </si>
+  <si>
+    <t>89,966</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>2,480,812</t>
-[...5 lines deleted...]
-    <t>2,159,475</t>
+    <t>3,419,209</t>
+  </si>
+  <si>
+    <t>1,997,698</t>
+  </si>
+  <si>
+    <t>4,629,028</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>7,215,956</t>
-[...5 lines deleted...]
-    <t>3,025,876</t>
+    <t>4,027,480</t>
+  </si>
+  <si>
+    <t>5,023,959</t>
+  </si>
+  <si>
+    <t>4,033,271</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>9,036,358</t>
-[...5 lines deleted...]
-    <t>10,143,322</t>
+    <t>10,052,417</t>
+  </si>
+  <si>
+    <t>8,804,706</t>
+  </si>
+  <si>
+    <t>9,130,467</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>374,355</t>
-[...5 lines deleted...]
-    <t>2,218,220</t>
+    <t>4,511,174</t>
+  </si>
+  <si>
+    <t>1,058,436</t>
+  </si>
+  <si>
+    <t>256,273</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>13,151</t>
-[...5 lines deleted...]
-    <t>61,772</t>
+    <t>98,235</t>
+  </si>
+  <si>
+    <t>171,096</t>
+  </si>
+  <si>
+    <t>45,346</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>1,772</t>
+    <t>21,924</t>
+  </si>
+  <si>
+    <t>25,707</t>
+  </si>
+  <si>
+    <t>1,110</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>380,115</t>
-[...5 lines deleted...]
-    <t>479,521</t>
+    <t>321,487</t>
+  </si>
+  <si>
+    <t>423,553</t>
+  </si>
+  <si>
+    <t>397,468</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>3,070,613</t>
-[...5 lines deleted...]
-    <t>6,336,370</t>
+    <t>3,490,185</t>
+  </si>
+  <si>
+    <t>13,059,401</t>
+  </si>
+  <si>
+    <t>6,773,226</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>7,141,628</t>
-[...5 lines deleted...]
-    <t>5,981,049</t>
+    <t>3,111,142</t>
+  </si>
+  <si>
+    <t>4,975,011</t>
+  </si>
+  <si>
+    <t>980,795</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>9,088,604</t>
-[...5 lines deleted...]
-    <t>11,876,041</t>
+    <t>1,741,321</t>
+  </si>
+  <si>
+    <t>1,985,925</t>
+  </si>
+  <si>
+    <t>3,312,988</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>4,551,229,361</t>
-[...5 lines deleted...]
-    <t>2,025,161,415</t>
+    <t>2,193,525,491</t>
+  </si>
+  <si>
+    <t>2,675,545,377</t>
+  </si>
+  <si>
+    <t>2,027,861,171</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>8,953,164</t>
-[...5 lines deleted...]
-    <t>15,675,607</t>
+    <t>1,300,985</t>
+  </si>
+  <si>
+    <t>8,792,835</t>
+  </si>
+  <si>
+    <t>5,026,653</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>1,101,037,330</t>
-[...5 lines deleted...]
-    <t>1,161,158,317</t>
+    <t>1,235,888,979</t>
+  </si>
+  <si>
+    <t>1,245,351,456</t>
+  </si>
+  <si>
+    <t>1,062,773,563</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>6,760,501</t>
-[...5 lines deleted...]
-    <t>15,114,233</t>
+    <t>13,168,913</t>
+  </si>
+  <si>
+    <t>17,888,118</t>
+  </si>
+  <si>
+    <t>7,331,997</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>71,780</t>
-[...2 lines deleted...]
-    <t>1,923,493</t>
+    <t>48,507</t>
+  </si>
+  <si>
+    <t>1,491,500</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>17,582,494</t>
-[...5 lines deleted...]
-    <t>18,741,105</t>
+    <t>16,161,623</t>
+  </si>
+  <si>
+    <t>16,913,725</t>
+  </si>
+  <si>
+    <t>46,049,663</t>
+  </si>
+  <si>
+    <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
+  </si>
+  <si>
+    <t>2,783</t>
+  </si>
+  <si>
+    <t>620</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>1,153</t>
-[...2 lines deleted...]
-    <t>2,948</t>
+    <t>14,381</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>1,575</t>
-[...5 lines deleted...]
-    <t>888</t>
+    <t>2,438</t>
+  </si>
+  <si>
+    <t>1,505</t>
+  </si>
+  <si>
+    <t>1,450</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>17,472</t>
-[...2 lines deleted...]
-    <t>598,674</t>
+    <t>10,007</t>
+  </si>
+  <si>
+    <t>188,790</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>15,234,808</t>
-[...5 lines deleted...]
-    <t>10,586,232</t>
+    <t>46,590,895</t>
+  </si>
+  <si>
+    <t>19,178,676</t>
+  </si>
+  <si>
+    <t>20,007,296</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>8,962,289</t>
-[...5 lines deleted...]
-    <t>2,895,234</t>
+    <t>13,618,993</t>
+  </si>
+  <si>
+    <t>14,132,633</t>
+  </si>
+  <si>
+    <t>5,760,340</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,783,576,078</t>
-[...5 lines deleted...]
-    <t>1,954,324,625</t>
+    <t>767,219,489</t>
+  </si>
+  <si>
+    <t>1,077,744,871</t>
+  </si>
+  <si>
+    <t>1,919,076,055</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>6,127,222,623</t>
-[...5 lines deleted...]
-    <t>7,115,491,621</t>
+    <t>7,728,232,180</t>
+  </si>
+  <si>
+    <t>7,337,285,229</t>
+  </si>
+  <si>
+    <t>6,684,972,505</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>35,969,513</t>
-[...5 lines deleted...]
-    <t>29,946,184</t>
+    <t>42,612,478</t>
+  </si>
+  <si>
+    <t>32,874,719</t>
+  </si>
+  <si>
+    <t>30,681,761</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>85,975,032</t>
-[...5 lines deleted...]
-    <t>52,226,468</t>
+    <t>128,201,891</t>
+  </si>
+  <si>
+    <t>43,132,922</t>
+  </si>
+  <si>
+    <t>66,725,678</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>2,007,810</t>
-[...5 lines deleted...]
-    <t>1,229,736</t>
+    <t>2,221,377</t>
+  </si>
+  <si>
+    <t>1,345,368</t>
+  </si>
+  <si>
+    <t>2,026,027</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>17,788,552</t>
-[...5 lines deleted...]
-    <t>748,614</t>
+    <t>2,243,164</t>
+  </si>
+  <si>
+    <t>817,053</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>335,817,277</t>
-[...5 lines deleted...]
-    <t>330,352,575</t>
+    <t>241,835,494</t>
+  </si>
+  <si>
+    <t>471,477,730</t>
+  </si>
+  <si>
+    <t>358,986,211</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>22,526,601</t>
-[...5 lines deleted...]
-    <t>19,431,825</t>
+    <t>36,437,179</t>
+  </si>
+  <si>
+    <t>28,918,492</t>
+  </si>
+  <si>
+    <t>33,420,163</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>33,454</t>
-[...5 lines deleted...]
-    <t>16,132</t>
+    <t>259,899</t>
+  </si>
+  <si>
+    <t>9,063</t>
+  </si>
+  <si>
+    <t>97,688</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>339,896</t>
-[...2 lines deleted...]
-    <t>3,972</t>
+    <t>791,278</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>11,521,408</t>
-[...5 lines deleted...]
-    <t>14,991,579</t>
+    <t>14,059,357</t>
+  </si>
+  <si>
+    <t>11,825,718</t>
+  </si>
+  <si>
+    <t>9,733,120</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>13,791,393</t>
-[...5 lines deleted...]
-    <t>11,292,908</t>
+    <t>8,455,205</t>
+  </si>
+  <si>
+    <t>7,402,144</t>
+  </si>
+  <si>
+    <t>2,091,066</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>1,098,950</t>
-[...5 lines deleted...]
-    <t>41,848,255</t>
+    <t>5,476,252</t>
+  </si>
+  <si>
+    <t>1,279,125</t>
+  </si>
+  <si>
+    <t>887,100</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>38,425,342</t>
-[...5 lines deleted...]
-    <t>2,495</t>
+    <t>8,851,565</t>
+  </si>
+  <si>
+    <t>22,789,865</t>
+  </si>
+  <si>
+    <t>3,967,968</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1412,1383 +1403,1369 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D101"/>
+  <dimension ref="A1:D100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A101" sqref="A101"/>
+      <selection activeCell="A100" sqref="A100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C11" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="C14" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D14" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C15" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B16" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C16" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B17" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D17" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B18" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D18" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C19" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B20" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C20" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D20" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C21" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D21" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B22" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C22" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D22" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B23" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C23" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D23" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B24" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="C24" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B25" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C25" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D25" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B26" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C26" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D26" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B27" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C27" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D27" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B28" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C28" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B29" t="s">
-        <v>9</v>
+        <v>104</v>
       </c>
       <c r="C29" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B30" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C30" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D30" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B31" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C31" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D31" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B32" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C32" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D32" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B33" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C33" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>119</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B34" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>123</v>
       </c>
       <c r="B35" t="s">
         <v>124</v>
       </c>
       <c r="C35" t="s">
         <v>125</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>126</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B36" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C36" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D36" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B37" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C37" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D37" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B38" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C38" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D38" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B39" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C39" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D39" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B40" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C40" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D40" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B41" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C41" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D41" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B42" t="s">
-        <v>151</v>
+        <v>18</v>
       </c>
       <c r="C42" t="s">
         <v>152</v>
       </c>
       <c r="D42" t="s">
-        <v>153</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>153</v>
+      </c>
+      <c r="B43" t="s">
         <v>154</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>156</v>
+      </c>
+      <c r="B44" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>158</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B45" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C45" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D45" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B46" t="s">
-        <v>164</v>
+        <v>18</v>
       </c>
       <c r="C46" t="s">
         <v>165</v>
       </c>
       <c r="D46" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>167</v>
       </c>
       <c r="B47" t="s">
         <v>168</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B48" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C48" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D48" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B49" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C49" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D49" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>179</v>
       </c>
       <c r="C50" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
       <c r="D50" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B51" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C51" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D51" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B52" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C52" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D52" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B53" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C53" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D53" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B54" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C54" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D54" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B55" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C55" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D55" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B56" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C56" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D56" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B57" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C57" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D57" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B58" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C58" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D58" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B59" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C59" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D59" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B60" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C60" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D60" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B61" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C61" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D61" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B62" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C62" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D62" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>231</v>
       </c>
       <c r="C63" t="s">
-        <v>9</v>
+        <v>232</v>
       </c>
       <c r="D63" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="B64" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C64" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="D64" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B65" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C65" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="D65" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B66" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C66" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D66" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B67" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C67" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="D67" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B68" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C68" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="D68" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="B69" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="C69" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D69" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="B70" t="s">
-        <v>254</v>
+        <v>18</v>
       </c>
       <c r="C70" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D70" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B71" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C71" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D71" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B72" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C72" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B73" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="C73" t="s">
-        <v>266</v>
+        <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B74" t="s">
-        <v>9</v>
+        <v>271</v>
       </c>
       <c r="C74" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D74" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B75" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C75" t="s">
-        <v>273</v>
+        <v>18</v>
       </c>
       <c r="D75" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>278</v>
       </c>
       <c r="C76" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D76" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B77" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C77" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D77" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B78" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C78" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D78" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B79" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C79" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D79" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B80" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C80" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D80" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B81" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C81" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D81" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B82" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C82" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D82" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B83" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C83" t="s">
-        <v>304</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B84" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C84" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D84" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B85" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C85" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D85" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B86" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C86" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D86" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B87" t="s">
-        <v>319</v>
+        <v>18</v>
       </c>
       <c r="C87" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D87" t="s">
-        <v>321</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>322</v>
       </c>
       <c r="B88" t="s">
         <v>323</v>
       </c>
       <c r="C88" t="s">
         <v>324</v>
       </c>
       <c r="D88" t="s">
-        <v>9</v>
+        <v>325</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B89" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C89" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D89" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B90" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C90" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D90" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B91" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C91" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D91" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="92" spans="1:4">
-      <c r="A92" t="s">
-[...13 lines deleted...]
-      <c r="A93" s="2" t="s">
+      <c r="A92" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B93" s="2" t="s">
+      <c r="B92" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C93" s="2" t="s">
+      <c r="C92" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D93" s="2" t="s">
+      <c r="D92" s="2" t="s">
         <v>7</v>
       </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" s="3"/>
+      <c r="B99" s="3"/>
+      <c r="C99" s="3"/>
+      <c r="D99" s="3"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="3"/>
       <c r="B100" s="3"/>
       <c r="C100" s="3"/>
       <c r="D100" s="3"/>
     </row>
-    <row r="101" spans="1:4">
-[...4 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
+    <mergeCell ref="A99:D99"/>
     <mergeCell ref="A100:D100"/>
-    <mergeCell ref="A101:D101"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>