--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,1049 +12,1076 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="342">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>19,669,123,554</t>
-[...5 lines deleted...]
-    <t>23,162,757,280</t>
+    <t>25,099,278,186</t>
+  </si>
+  <si>
+    <t>17,223,731,553</t>
+  </si>
+  <si>
+    <t>19,306,245,480</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>20,405</t>
-[...1 lines deleted...]
-  <si>
     <t>0</t>
   </si>
   <si>
-    <t>10,000</t>
+    <t>881,178</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>361,601</t>
+    <t>19,765</t>
+  </si>
+  <si>
+    <t>1,321,164</t>
+  </si>
+  <si>
+    <t>2,489,918</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>2,382,677</t>
+    <t>620,945</t>
+  </si>
+  <si>
+    <t>229,282</t>
+  </si>
+  <si>
+    <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
+  </si>
+  <si>
+    <t>4,664</t>
+  </si>
+  <si>
+    <t>130,949</t>
+  </si>
+  <si>
+    <t>231,180</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>9,154,270</t>
-[...5 lines deleted...]
-    <t>1,392,715</t>
+    <t>11,626</t>
+  </si>
+  <si>
+    <t>28,715,893</t>
+  </si>
+  <si>
+    <t>1,559,381</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>9,411,439</t>
-[...5 lines deleted...]
-    <t>14,646,690</t>
+    <t>16,049,267</t>
+  </si>
+  <si>
+    <t>8,432,662</t>
+  </si>
+  <si>
+    <t>5,875,948</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>252</t>
+    <t>346</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>3,937,746</t>
-[...5 lines deleted...]
-    <t>11,871,914</t>
+    <t>3,382,435</t>
+  </si>
+  <si>
+    <t>2,392,023</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>18,911,984</t>
-[...5 lines deleted...]
-    <t>44,713,431</t>
+    <t>43,704,388</t>
+  </si>
+  <si>
+    <t>31,791,695</t>
+  </si>
+  <si>
+    <t>30,617,629</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>12,593,719</t>
-[...5 lines deleted...]
-    <t>1,467,931</t>
+    <t>12,620,003</t>
+  </si>
+  <si>
+    <t>3,505,225</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>4,724,115</t>
-[...5 lines deleted...]
-    <t>12,663,803</t>
+    <t>7,666,884</t>
+  </si>
+  <si>
+    <t>13,255,349</t>
+  </si>
+  <si>
+    <t>10,020,115</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>126,551,901</t>
-[...5 lines deleted...]
-    <t>108,259,885</t>
+    <t>81,317,249</t>
+  </si>
+  <si>
+    <t>104,255,754</t>
+  </si>
+  <si>
+    <t>79,424,100</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>281,710,643</t>
-[...5 lines deleted...]
-    <t>261,548,763</t>
+    <t>344,809,184</t>
+  </si>
+  <si>
+    <t>123,410,873</t>
+  </si>
+  <si>
+    <t>293,756,400</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>7,891,815</t>
-[...5 lines deleted...]
-    <t>3,808,412</t>
+    <t>555,833</t>
+  </si>
+  <si>
+    <t>3,204,096</t>
+  </si>
+  <si>
+    <t>7,368,635</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>1,059,317,971</t>
-[...5 lines deleted...]
-    <t>587,420,182</t>
+    <t>844,717,978</t>
+  </si>
+  <si>
+    <t>834,302,916</t>
+  </si>
+  <si>
+    <t>813,132,055</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>12,296,087</t>
-[...5 lines deleted...]
-    <t>6,560,922</t>
+    <t>12,337,271</t>
+  </si>
+  <si>
+    <t>1,916,666</t>
+  </si>
+  <si>
+    <t>8,681,409</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>82,419,486</t>
-[...5 lines deleted...]
-    <t>86,632,803</t>
+    <t>66,157,834</t>
+  </si>
+  <si>
+    <t>80,729,832</t>
+  </si>
+  <si>
+    <t>94,831,706</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>9,047,049</t>
+    <t>106,085</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>2,222,525</t>
-[...5 lines deleted...]
-    <t>12,816</t>
+    <t>1,070,275</t>
+  </si>
+  <si>
+    <t>1,410,351</t>
+  </si>
+  <si>
+    <t>2,707,492</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>2,175,891</t>
-[...5 lines deleted...]
-    <t>1,039,842</t>
+    <t>450,862</t>
+  </si>
+  <si>
+    <t>92,996</t>
+  </si>
+  <si>
+    <t>562,539</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>1,805,884,115</t>
-[...5 lines deleted...]
-    <t>1,137,888,728</t>
+    <t>2,097,307,121</t>
+  </si>
+  <si>
+    <t>1,184,501,189</t>
+  </si>
+  <si>
+    <t>1,922,173,698</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>10,173,297</t>
-[...5 lines deleted...]
-    <t>15,741,057</t>
+    <t>16,831,862</t>
+  </si>
+  <si>
+    <t>18,967,191</t>
+  </si>
+  <si>
+    <t>16,941,121</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>509,823,091</t>
-[...5 lines deleted...]
-    <t>443,269,368</t>
+    <t>1,151,771,429</t>
+  </si>
+  <si>
+    <t>522,749,938</t>
+  </si>
+  <si>
+    <t>534,853,017</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>326,657,914</t>
-[...5 lines deleted...]
-    <t>433,987,071</t>
+    <t>61,749,560</t>
+  </si>
+  <si>
+    <t>194,769,828</t>
+  </si>
+  <si>
+    <t>508,016,934</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>561,115</t>
-[...5 lines deleted...]
-    <t>2,255,208</t>
+    <t>487,732</t>
+  </si>
+  <si>
+    <t>804,812</t>
+  </si>
+  <si>
+    <t>1,203,539</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>64,743,526</t>
-[...5 lines deleted...]
-    <t>74,089,599</t>
+    <t>82,780,866</t>
+  </si>
+  <si>
+    <t>79,164,738</t>
+  </si>
+  <si>
+    <t>79,615,549</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>1,496,989,517</t>
-[...5 lines deleted...]
-    <t>1,429,822,127</t>
+    <t>1,448,247,808</t>
+  </si>
+  <si>
+    <t>1,593,625,657</t>
+  </si>
+  <si>
+    <t>1,214,265,832</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>102,209,065</t>
-[...5 lines deleted...]
-    <t>79,791,589</t>
+    <t>54,650,906</t>
+  </si>
+  <si>
+    <t>72,936,988</t>
+  </si>
+  <si>
+    <t>81,105,866</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>42,649,476</t>
-[...5 lines deleted...]
-    <t>32,250,998</t>
+    <t>25,631,655</t>
+  </si>
+  <si>
+    <t>49,777,694</t>
+  </si>
+  <si>
+    <t>30,989,142</t>
+  </si>
+  <si>
+    <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
+  </si>
+  <si>
+    <t>808</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>2,561,624</t>
-[...5 lines deleted...]
-    <t>5,447,799</t>
+    <t>2,140,212</t>
+  </si>
+  <si>
+    <t>828,365</t>
+  </si>
+  <si>
+    <t>855,686</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>659,856,551</t>
-[...5 lines deleted...]
-    <t>668,041,463</t>
+    <t>721,699,772</t>
+  </si>
+  <si>
+    <t>524,444,545</t>
+  </si>
+  <si>
+    <t>688,721,019</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>1,113,424,570</t>
-[...5 lines deleted...]
-    <t>1,267,449,835</t>
+    <t>982,462,812</t>
+  </si>
+  <si>
+    <t>892,549,871</t>
+  </si>
+  <si>
+    <t>950,518,818</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>227,603,019</t>
-[...5 lines deleted...]
-    <t>375,583,511</t>
+    <t>244,875,765</t>
+  </si>
+  <si>
+    <t>284,818,624</t>
+  </si>
+  <si>
+    <t>283,740,931</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>43,005</t>
-[...5 lines deleted...]
-    <t>23,109</t>
+    <t>29,576</t>
+  </si>
+  <si>
+    <t>7,353</t>
+  </si>
+  <si>
+    <t>22,727</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>2,778,070</t>
-[...5 lines deleted...]
-    <t>1,370,940</t>
+    <t>4,406,360</t>
+  </si>
+  <si>
+    <t>6,363,773</t>
+  </si>
+  <si>
+    <t>1,723,506</t>
   </si>
   <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
-    <t>1,019</t>
+    <t>39,310</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>2,943,204</t>
-[...11 lines deleted...]
-    <t>18,585</t>
+    <t>93,255</t>
+  </si>
+  <si>
+    <t>481,764</t>
+  </si>
+  <si>
+    <t>653,719</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>6,303,790</t>
-[...5 lines deleted...]
-    <t>9,519,970</t>
+    <t>12,716,999</t>
+  </si>
+  <si>
+    <t>11,282,468</t>
+  </si>
+  <si>
+    <t>7,083,544</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>50,066,265</t>
-[...5 lines deleted...]
-    <t>46,054,926</t>
+    <t>72,184,400</t>
+  </si>
+  <si>
+    <t>66,789,040</t>
+  </si>
+  <si>
+    <t>64,825,903</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>46,846,944</t>
-[...5 lines deleted...]
-    <t>27,688,791</t>
+    <t>38,499,192</t>
+  </si>
+  <si>
+    <t>29,530,791</t>
+  </si>
+  <si>
+    <t>30,991,558</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>580</t>
+    <t>2,750</t>
+  </si>
+  <si>
+    <t>3,306</t>
+  </si>
+  <si>
+    <t>5,522</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>36,651</t>
-[...5 lines deleted...]
-    <t>139,820</t>
+    <t>52,758</t>
+  </si>
+  <si>
+    <t>6,296</t>
+  </si>
+  <si>
+    <t>15,857</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>13,020</t>
+    <t>2,796</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>3,510,184</t>
-[...5 lines deleted...]
-    <t>5,996,113</t>
+    <t>4,688,702</t>
+  </si>
+  <si>
+    <t>6,619,572</t>
+  </si>
+  <si>
+    <t>4,061,668</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>34,317</t>
-[...2 lines deleted...]
-    <t>112,678</t>
+    <t>54,395</t>
+  </si>
+  <si>
+    <t>69,055</t>
+  </si>
+  <si>
+    <t>33,759</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>350,468</t>
-[...5 lines deleted...]
-    <t>1,060,072</t>
+    <t>1,919,767</t>
+  </si>
+  <si>
+    <t>797,571</t>
+  </si>
+  <si>
+    <t>309,329</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>315,720</t>
-[...5 lines deleted...]
-    <t>593,593</t>
+    <t>30,356</t>
+  </si>
+  <si>
+    <t>28,060</t>
+  </si>
+  <si>
+    <t>1,011,535</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>25,036,881</t>
-[...5 lines deleted...]
-    <t>11,496,426</t>
+    <t>519,820</t>
+  </si>
+  <si>
+    <t>24,011</t>
+  </si>
+  <si>
+    <t>100,969</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>191,586</t>
-[...5 lines deleted...]
-    <t>159,783</t>
+    <t>1,608,471</t>
+  </si>
+  <si>
+    <t>713,222</t>
+  </si>
+  <si>
+    <t>469,378</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>569,359</t>
-[...5 lines deleted...]
-    <t>32,792</t>
+    <t>50,617</t>
+  </si>
+  <si>
+    <t>276,695</t>
+  </si>
+  <si>
+    <t>123,315</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>5,505,626</t>
-[...5 lines deleted...]
-    <t>1,933,066</t>
+    <t>3,758,309</t>
+  </si>
+  <si>
+    <t>2,837,647</t>
+  </si>
+  <si>
+    <t>1,853,442</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>7,814,105</t>
-[...5 lines deleted...]
-    <t>16,456,695</t>
+    <t>15,419,111</t>
+  </si>
+  <si>
+    <t>11,748,259</t>
+  </si>
+  <si>
+    <t>13,622,754</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>5,637,835</t>
-[...5 lines deleted...]
-    <t>24,318,928</t>
+    <t>14,493,239</t>
+  </si>
+  <si>
+    <t>10,501,301</t>
+  </si>
+  <si>
+    <t>35,421,270</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>14,427,506</t>
-[...5 lines deleted...]
-    <t>17,415,194</t>
+    <t>16,489,893</t>
+  </si>
+  <si>
+    <t>14,822,345</t>
+  </si>
+  <si>
+    <t>28,777,634</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>264,173</t>
-[...5 lines deleted...]
-    <t>334,896</t>
+    <t>1,864,473</t>
+  </si>
+  <si>
+    <t>320,429</t>
+  </si>
+  <si>
+    <t>116,440</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>61,855</t>
-[...5 lines deleted...]
-    <t>60,971</t>
+    <t>38,211</t>
+  </si>
+  <si>
+    <t>20,844</t>
+  </si>
+  <si>
+    <t>64,028</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>3,986</t>
-[...5 lines deleted...]
-    <t>8,267</t>
+    <t>1,938</t>
+  </si>
+  <si>
+    <t>27,578</t>
+  </si>
+  <si>
+    <t>26,337</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>14,083,201</t>
-[...5 lines deleted...]
-    <t>5,744,637</t>
+    <t>1,538,039</t>
+  </si>
+  <si>
+    <t>3,248,342</t>
+  </si>
+  <si>
+    <t>7,057,042</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>3,829,418</t>
-[...5 lines deleted...]
-    <t>3,397,348</t>
+    <t>3,559,888</t>
+  </si>
+  <si>
+    <t>4,367,380</t>
+  </si>
+  <si>
+    <t>6,661,994</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>5,585,177</t>
-[...5 lines deleted...]
-    <t>9,120,544</t>
+    <t>14,182,127</t>
+  </si>
+  <si>
+    <t>6,241,705</t>
+  </si>
+  <si>
+    <t>7,158,435</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>2,361,076,282</t>
-[...5 lines deleted...]
-    <t>1,516,319,870</t>
+    <t>4,353,212,848</t>
+  </si>
+  <si>
+    <t>84,082,788</t>
+  </si>
+  <si>
+    <t>2,644,181,366</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>18,662,217</t>
-[...5 lines deleted...]
-    <t>5,383,496</t>
+    <t>8,896,574</t>
+  </si>
+  <si>
+    <t>20,804,353</t>
+  </si>
+  <si>
+    <t>14,957,852</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>198,097,728</t>
-[...5 lines deleted...]
-    <t>154,498,439</t>
+    <t>345,880,521</t>
+  </si>
+  <si>
+    <t>258,010,450</t>
+  </si>
+  <si>
+    <t>186,408,576</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>8,583,691</t>
-[...5 lines deleted...]
-    <t>12,597,535</t>
+    <t>11,475,430</t>
+  </si>
+  <si>
+    <t>6,838,762</t>
+  </si>
+  <si>
+    <t>13,316,459</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>11,276,722</t>
-[...5 lines deleted...]
-    <t>504,305</t>
+    <t>7,182,293</t>
+  </si>
+  <si>
+    <t>1,480,193</t>
+  </si>
+  <si>
+    <t>55,417,702</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>36,423,187</t>
-[...5 lines deleted...]
-    <t>56,139,561</t>
+    <t>55,968,143</t>
+  </si>
+  <si>
+    <t>62,765,233</t>
+  </si>
+  <si>
+    <t>44,077,449</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>58,662,291</t>
-[...5 lines deleted...]
-    <t>116,528,995</t>
+    <t>99,757,038</t>
+  </si>
+  <si>
+    <t>83,822,018</t>
+  </si>
+  <si>
+    <t>28,296,024</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>1,127,754</t>
-[...5 lines deleted...]
-    <t>5,422,322</t>
+    <t>32,052,254</t>
+  </si>
+  <si>
+    <t>1,423,898</t>
+  </si>
+  <si>
+    <t>657,401</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>3,338,393</t>
-[...5 lines deleted...]
-    <t>1,564,698</t>
+    <t>120,978</t>
+  </si>
+  <si>
+    <t>1,348,956</t>
+  </si>
+  <si>
+    <t>1,681,965</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>5,420,099</t>
-[...5 lines deleted...]
-    <t>1,491,957</t>
+    <t>656,762</t>
+  </si>
+  <si>
+    <t>1,418,153</t>
+  </si>
+  <si>
+    <t>444,819</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>20,114,411</t>
-[...5 lines deleted...]
-    <t>30,624,425</t>
+    <t>26,039,293</t>
+  </si>
+  <si>
+    <t>40,600,851</t>
+  </si>
+  <si>
+    <t>30,563,344</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>13,683,253</t>
-[...5 lines deleted...]
-    <t>14,422,019</t>
+    <t>18,996,969</t>
+  </si>
+  <si>
+    <t>47,726,488</t>
+  </si>
+  <si>
+    <t>15,022,241</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,487,061,116</t>
-[...5 lines deleted...]
-    <t>1,530,916,253</t>
+    <t>1,418,446,557</t>
+  </si>
+  <si>
+    <t>1,594,975,343</t>
+  </si>
+  <si>
+    <t>1,155,424,122</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>6,669,623,172</t>
-[...5 lines deleted...]
-    <t>6,946,051,963</t>
+    <t>9,294,911,731</t>
+  </si>
+  <si>
+    <t>7,345,997,298</t>
+  </si>
+  <si>
+    <t>6,843,622,010</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,379,722</t>
-[...5 lines deleted...]
-    <t>4,145,906</t>
+    <t>1,785,358</t>
+  </si>
+  <si>
+    <t>8,446,739</t>
+  </si>
+  <si>
+    <t>4,742,017</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>13,462,455</t>
-[...5 lines deleted...]
-    <t>351,984,685</t>
+    <t>132,322,652</t>
+  </si>
+  <si>
+    <t>78,258,081</t>
+  </si>
+  <si>
+    <t>7,933,381</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>18,424,112</t>
-[...5 lines deleted...]
-    <t>74,109,643</t>
+    <t>775,365</t>
+  </si>
+  <si>
+    <t>67,003,160</t>
+  </si>
+  <si>
+    <t>58,990,362</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>4,353,656</t>
-[...5 lines deleted...]
-    <t>4,500,511,935</t>
+    <t>293,951,675</t>
+  </si>
+  <si>
+    <t>182,253</t>
+  </si>
+  <si>
+    <t>97,644</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>471,987,186</t>
-[...5 lines deleted...]
-    <t>460,326,244</t>
+    <t>299,226,181</t>
+  </si>
+  <si>
+    <t>441,900,962</t>
+  </si>
+  <si>
+    <t>275,288,873</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>17,234,081</t>
-[...5 lines deleted...]
-    <t>2,655,504</t>
+    <t>4,719,760</t>
+  </si>
+  <si>
+    <t>4,793,272</t>
+  </si>
+  <si>
+    <t>3,568,724</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>42,485</t>
-[...5 lines deleted...]
-    <t>506,424</t>
+    <t>629,815</t>
+  </si>
+  <si>
+    <t>66,554</t>
+  </si>
+  <si>
+    <t>236,460</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>21,527,220</t>
+    <t>127,515,962</t>
+  </si>
+  <si>
+    <t>222,887,562</t>
+  </si>
+  <si>
+    <t>880,695</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>41,001,589</t>
-[...5 lines deleted...]
-    <t>36,074,255</t>
+    <t>15,133,771</t>
+  </si>
+  <si>
+    <t>3,543,503</t>
+  </si>
+  <si>
+    <t>16,212,461</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>1,287,492</t>
-[...5 lines deleted...]
-    <t>2,690,530</t>
+    <t>2,574,770</t>
+  </si>
+  <si>
+    <t>1,848,038</t>
+  </si>
+  <si>
+    <t>9,547,447</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>13,553,409</t>
-[...5 lines deleted...]
-    <t>14,676,911</t>
+    <t>12,485,363</t>
+  </si>
+  <si>
+    <t>12,295,943</t>
+  </si>
+  <si>
+    <t>12,167,442</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>156,227</t>
-[...5 lines deleted...]
-    <t>1,000,677</t>
+    <t>116,275</t>
+  </si>
+  <si>
+    <t>58,003</t>
+  </si>
+  <si>
+    <t>120,762</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1388,227 +1415,227 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D97"/>
+  <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A97" sqref="A97"/>
+      <selection activeCell="A98" sqref="A98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="D12" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" t="s">
         <v>44</v>
       </c>
       <c r="D13" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>47</v>
@@ -1659,71 +1686,71 @@
         <v>60</v>
       </c>
       <c r="D17" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>62</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
       <c r="C18" t="s">
         <v>64</v>
       </c>
       <c r="D18" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="C19" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="D19" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B20" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="D20" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>72</v>
       </c>
       <c r="B21" t="s">
         <v>73</v>
       </c>
       <c r="C21" t="s">
         <v>74</v>
       </c>
       <c r="D21" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>76</v>
       </c>
       <c r="B22" t="s">
         <v>77</v>
       </c>
       <c r="C22" t="s">
         <v>78</v>
@@ -1844,871 +1871,885 @@
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>112</v>
       </c>
       <c r="B31" t="s">
         <v>113</v>
       </c>
       <c r="C31" t="s">
         <v>114</v>
       </c>
       <c r="D31" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>116</v>
       </c>
       <c r="B32" t="s">
         <v>117</v>
       </c>
       <c r="C32" t="s">
-        <v>118</v>
+        <v>9</v>
       </c>
       <c r="D32" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" t="s">
+        <v>119</v>
+      </c>
+      <c r="C33" t="s">
         <v>120</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>122</v>
+      </c>
+      <c r="B34" t="s">
+        <v>123</v>
+      </c>
+      <c r="C34" t="s">
         <v>124</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>126</v>
+      </c>
+      <c r="B35" t="s">
+        <v>127</v>
+      </c>
+      <c r="C35" t="s">
         <v>128</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>130</v>
+      </c>
+      <c r="B36" t="s">
+        <v>131</v>
+      </c>
+      <c r="C36" t="s">
         <v>132</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>134</v>
+      </c>
+      <c r="B37" t="s">
+        <v>135</v>
+      </c>
+      <c r="C37" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D37" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>138</v>
       </c>
       <c r="B38" t="s">
         <v>139</v>
       </c>
       <c r="C38" t="s">
         <v>140</v>
       </c>
       <c r="D38" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>142</v>
       </c>
       <c r="B39" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C39" t="s">
+        <v>9</v>
+      </c>
+      <c r="D39" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>144</v>
       </c>
       <c r="B40" t="s">
         <v>145</v>
       </c>
       <c r="C40" t="s">
         <v>146</v>
       </c>
       <c r="D40" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>148</v>
       </c>
       <c r="B41" t="s">
         <v>149</v>
       </c>
       <c r="C41" t="s">
         <v>150</v>
       </c>
       <c r="D41" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>152</v>
       </c>
       <c r="B42" t="s">
         <v>153</v>
       </c>
       <c r="C42" t="s">
         <v>154</v>
       </c>
       <c r="D42" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>156</v>
       </c>
       <c r="B43" t="s">
-        <v>10</v>
+        <v>157</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>158</v>
       </c>
       <c r="D43" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B44" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C44" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D44" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B45" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C45" t="s">
-        <v>10</v>
+        <v>166</v>
       </c>
       <c r="D45" t="s">
-        <v>10</v>
+        <v>167</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B46" t="s">
-        <v>165</v>
+        <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D46" t="s">
-        <v>167</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B47" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C47" t="s">
-        <v>10</v>
+        <v>172</v>
       </c>
       <c r="D47" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B48" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C48" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D48" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B49" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C49" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D49" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B50" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C50" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D50" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B51" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C51" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D51" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B52" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C52" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D52" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B53" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C53" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D53" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B54" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C54" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D54" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B55" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C55" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D55" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B56" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C56" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D56" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B57" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C57" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D57" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B58" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C58" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D58" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B59" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C59" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D59" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B60" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C60" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D60" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B61" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C61" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D61" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B62" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C62" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D62" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B63" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C63" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D63" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B64" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C64" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D64" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B65" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C65" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D65" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B66" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C66" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D66" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B67" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C67" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D67" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B68" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C68" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D68" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B69" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C69" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D69" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B70" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C70" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D70" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B71" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C71" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D71" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B72" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C72" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D72" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B73" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C73" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D73" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B74" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C74" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D74" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B75" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C75" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D75" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B76" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C76" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D76" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B77" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C77" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="D77" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B78" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C78" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="D78" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B79" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C79" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D79" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B80" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C80" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="D80" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B81" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C81" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D81" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B82" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C82" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="D82" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B83" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C83" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="D83" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B84" t="s">
-        <v>10</v>
+        <v>319</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>320</v>
       </c>
       <c r="D84" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="B85" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C85" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="D85" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="B86" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C86" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="D86" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="B87" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="C87" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="D87" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B88" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C88" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="D88" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
     </row>
     <row r="89" spans="1:4">
-      <c r="A89" s="2" t="s">
+      <c r="A89" t="s">
+        <v>338</v>
+      </c>
+      <c r="B89" t="s">
+        <v>339</v>
+      </c>
+      <c r="C89" t="s">
+        <v>340</v>
+      </c>
+      <c r="D89" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B89" s="2" t="s">
+      <c r="B90" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C89" s="2" t="s">
+      <c r="C90" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D89" s="2" t="s">
+      <c r="D90" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D96" s="3"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3"/>
       <c r="B97" s="3"/>
       <c r="C97" s="3"/>
       <c r="D97" s="3"/>
     </row>
+    <row r="98" spans="1:4">
+      <c r="A98" s="3"/>
+      <c r="B98" s="3"/>
+      <c r="C98" s="3"/>
+      <c r="D98" s="3"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A96:D96"/>
     <mergeCell ref="A97:D97"/>
+    <mergeCell ref="A98:D98"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>