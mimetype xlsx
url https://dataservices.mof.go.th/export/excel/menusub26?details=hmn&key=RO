--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,653 +12,638 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>516,925,177</t>
-[...5 lines deleted...]
-    <t>517,518,019</t>
+    <t>447,240,784</t>
+  </si>
+  <si>
+    <t>473,898,998</t>
+  </si>
+  <si>
+    <t>803,153,278</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>47,304</t>
+    <t>0</t>
   </si>
   <si>
     <t>5,000</t>
   </si>
   <si>
-    <t>177,161</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>71,616</t>
-[...29 lines deleted...]
-    <t>1,339</t>
+    <t>59,056</t>
+  </si>
+  <si>
+    <t>10 ธัญพืช</t>
+  </si>
+  <si>
+    <t>375,843,077</t>
+  </si>
+  <si>
+    <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
+  </si>
+  <si>
+    <t>1,601,732</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>1,280,191</t>
-[...5 lines deleted...]
-    <t>97,954</t>
+    <t>143,174</t>
+  </si>
+  <si>
+    <t>69,762</t>
+  </si>
+  <si>
+    <t>612,085</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>7,884</t>
+    <t>26,282</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>6,824,462</t>
-[...5 lines deleted...]
-    <t>43,613,829</t>
+    <t>11,911,686</t>
+  </si>
+  <si>
+    <t>7,065,077</t>
+  </si>
+  <si>
+    <t>2,200,602</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>2,537,804</t>
-[...5 lines deleted...]
-    <t>922,422</t>
+    <t>2,233,878</t>
+  </si>
+  <si>
+    <t>1,144,833</t>
+  </si>
+  <si>
+    <t>2,820,041</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>490,862</t>
+    <t>487,732</t>
+  </si>
+  <si>
+    <t>489,149</t>
+  </si>
+  <si>
+    <t>492,789</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>3,657,900</t>
-[...2 lines deleted...]
-    <t>3,159,084</t>
+    <t>2,514,811</t>
+  </si>
+  <si>
+    <t>2,121,250</t>
+  </si>
+  <si>
+    <t>2,209,867</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>4,447,771</t>
-[...5 lines deleted...]
-    <t>16,787,932</t>
+    <t>4,856,826</t>
+  </si>
+  <si>
+    <t>4,959,840</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>13,252</t>
-[...5 lines deleted...]
-    <t>761,790</t>
+    <t>2,881,436</t>
+  </si>
+  <si>
+    <t>5,177,032</t>
+  </si>
+  <si>
+    <t>3,664,637</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>57,221</t>
-[...5 lines deleted...]
-    <t>5,775</t>
+    <t>38,757</t>
+  </si>
+  <si>
+    <t>36,701</t>
+  </si>
+  <si>
+    <t>454</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>485</t>
+    <t>54,672</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>4,781,168</t>
-[...5 lines deleted...]
-    <t>2,168,274</t>
+    <t>692,310</t>
+  </si>
+  <si>
+    <t>2,065,132</t>
+  </si>
+  <si>
+    <t>3,266,217</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>3,311,759</t>
-[...5 lines deleted...]
-    <t>2,806,857</t>
+    <t>2,984,653</t>
+  </si>
+  <si>
+    <t>1,498,747</t>
+  </si>
+  <si>
+    <t>1,340,641</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>30,243,879</t>
-[...5 lines deleted...]
-    <t>45,717,418</t>
+    <t>64,997,783</t>
+  </si>
+  <si>
+    <t>33,906,925</t>
+  </si>
+  <si>
+    <t>31,455,135</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>1,922,114</t>
-[...5 lines deleted...]
-    <t>4,270,955</t>
+    <t>5,098,104</t>
+  </si>
+  <si>
+    <t>4,861,327</t>
+  </si>
+  <si>
+    <t>6,525,981</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>1,956,380</t>
-[...5 lines deleted...]
-    <t>980,242</t>
+    <t>1,529,253</t>
+  </si>
+  <si>
+    <t>1,673,737</t>
+  </si>
+  <si>
+    <t>2,826,042</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>28,097</t>
-[...5 lines deleted...]
-    <t>209,699</t>
+    <t>146,467</t>
+  </si>
+  <si>
+    <t>1,308,867</t>
+  </si>
+  <si>
+    <t>37,745</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>103,778</t>
-[...5 lines deleted...]
-    <t>10,893</t>
+    <t>26,831</t>
+  </si>
+  <si>
+    <t>36,036</t>
+  </si>
+  <si>
+    <t>17,633</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>234</t>
+    <t>777,274</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>1,510,775</t>
-[...5 lines deleted...]
-    <t>5,930</t>
+    <t>26,400</t>
+  </si>
+  <si>
+    <t>2,403,961</t>
+  </si>
+  <si>
+    <t>6,364,960</t>
+  </si>
+  <si>
+    <t>55 เส้นใยสั้นประดิษฐ์</t>
+  </si>
+  <si>
+    <t>232</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>420,687</t>
-[...2 lines deleted...]
-    <t>18,318</t>
+    <t>459</t>
+  </si>
+  <si>
+    <t>400</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>10,288</t>
+    <t>9,754</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>2,822</t>
-[...5 lines deleted...]
-    <t>95,309</t>
+    <t>436</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>2,113,499</t>
-[...11 lines deleted...]
-    <t>69,728</t>
+    <t>1,388,290</t>
+  </si>
+  <si>
+    <t>1,066,538</t>
+  </si>
+  <si>
+    <t>1,574,550</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>2,082,372</t>
-[...5 lines deleted...]
-    <t>4,953,603</t>
+    <t>5,670,158</t>
+  </si>
+  <si>
+    <t>4,324,446</t>
+  </si>
+  <si>
+    <t>4,652,701</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>18,755,183</t>
-[...5 lines deleted...]
-    <t>32,472,030</t>
+    <t>29,365,819</t>
+  </si>
+  <si>
+    <t>8,393,664</t>
+  </si>
+  <si>
+    <t>12,815,137</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>1,014,026</t>
-[...5 lines deleted...]
-    <t>2,664,888</t>
+    <t>121,042</t>
+  </si>
+  <si>
+    <t>478,747</t>
+  </si>
+  <si>
+    <t>912,141</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>884,739</t>
-[...5 lines deleted...]
-    <t>351,651</t>
+    <t>437,206</t>
+  </si>
+  <si>
+    <t>706,674</t>
+  </si>
+  <si>
+    <t>240,085</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>3,933</t>
-[...5 lines deleted...]
-    <t>26,453</t>
+    <t>1,130</t>
+  </si>
+  <si>
+    <t>147,276</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>36,559</t>
-[...5 lines deleted...]
-    <t>13,064</t>
+    <t>16,281</t>
+  </si>
+  <si>
+    <t>4,196,260</t>
+  </si>
+  <si>
+    <t>20,572</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>266,163</t>
-[...5 lines deleted...]
-    <t>148,793</t>
+    <t>99,119</t>
+  </si>
+  <si>
+    <t>150,164</t>
+  </si>
+  <si>
+    <t>103,909</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>5,193,875</t>
-[...5 lines deleted...]
-    <t>4,323,113</t>
+    <t>55,972</t>
+  </si>
+  <si>
+    <t>1,195,262</t>
+  </si>
+  <si>
+    <t>4,020,734</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>24,870</t>
+    <t>31,976</t>
+  </si>
+  <si>
+    <t>936</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>7,937,303</t>
-[...5 lines deleted...]
-    <t>4,355,568</t>
+    <t>3,008,743</t>
+  </si>
+  <si>
+    <t>7,391,969</t>
+  </si>
+  <si>
+    <t>5,362,858</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>17,218,581</t>
-[...5 lines deleted...]
-    <t>9,571,002</t>
+    <t>7,596,162</t>
+  </si>
+  <si>
+    <t>4,273,656</t>
+  </si>
+  <si>
+    <t>3,126,699</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>4,737</t>
-[...2 lines deleted...]
-    <t>5,032</t>
+    <t>10,259</t>
+  </si>
+  <si>
+    <t>9,342</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>1,566,279</t>
-[...5 lines deleted...]
-    <t>2,055,581</t>
+    <t>1,727,679</t>
+  </si>
+  <si>
+    <t>1,618,019</t>
+  </si>
+  <si>
+    <t>955,436</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>20,660</t>
-[...5 lines deleted...]
-    <t>8,341</t>
+    <t>25,166</t>
+  </si>
+  <si>
+    <t>21,942</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>17,723</t>
-[...5 lines deleted...]
-    <t>1,785,975</t>
+    <t>48,049</t>
+  </si>
+  <si>
+    <t>39,570</t>
+  </si>
+  <si>
+    <t>133,740</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>11,508,742</t>
-[...5 lines deleted...]
-    <t>2,470,771</t>
+    <t>1,673,072</t>
+  </si>
+  <si>
+    <t>1,553,327</t>
+  </si>
+  <si>
+    <t>596,626</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>70,658,968</t>
-[...5 lines deleted...]
-    <t>57,626,038</t>
+    <t>38,667,276</t>
+  </si>
+  <si>
+    <t>53,007,810</t>
+  </si>
+  <si>
+    <t>35,053,054</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>135,363,973</t>
-[...5 lines deleted...]
-    <t>104,231,327</t>
+    <t>107,812,892</t>
+  </si>
+  <si>
+    <t>168,531,411</t>
+  </si>
+  <si>
+    <t>148,173,416</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>77,598,602</t>
-[...5 lines deleted...]
-    <t>60,433,531</t>
+    <t>70,198,875</t>
+  </si>
+  <si>
+    <t>44,108,491</t>
+  </si>
+  <si>
+    <t>51,892,906</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>1,769,832</t>
-[...5 lines deleted...]
-    <t>1,769,395</t>
+    <t>605,591</t>
+  </si>
+  <si>
+    <t>789,668</t>
+  </si>
+  <si>
+    <t>1,050,935</t>
+  </si>
+  <si>
+    <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
+  </si>
+  <si>
+    <t>9,856</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>89,583,046</t>
-[...5 lines deleted...]
-    <t>98,960,705</t>
+    <t>75,491,849</t>
+  </si>
+  <si>
+    <t>105,752,198</t>
+  </si>
+  <si>
+    <t>83,246,623</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,700</t>
-[...5 lines deleted...]
-    <t>8,879</t>
+    <t>2,702</t>
+  </si>
+  <si>
+    <t>35,329</t>
+  </si>
+  <si>
+    <t>10,787</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>8,725,579</t>
-[...5 lines deleted...]
-    <t>3,508,700</t>
+    <t>1,537,887</t>
+  </si>
+  <si>
+    <t>1,816,588</t>
+  </si>
+  <si>
+    <t>1,349,568</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>9,988</t>
-[...2 lines deleted...]
-    <t>729,321</t>
+    <t>458,715</t>
+  </si>
+  <si>
+    <t>12,644</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>707,624</t>
-[...2 lines deleted...]
-    <t>1,348,420</t>
+    <t>633,494</t>
+  </si>
+  <si>
+    <t>277,685</t>
+  </si>
+  <si>
+    <t>804,027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1001,837 +986,837 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A65" sqref="A65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="B9" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>31</v>
+      </c>
+      <c r="B11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" t="s">
         <v>40</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" t="s">
         <v>43</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>44</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" t="s">
         <v>47</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>48</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>51</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" t="s">
+        <v>54</v>
+      </c>
+      <c r="D17" t="s">
         <v>55</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" t="s">
         <v>57</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>58</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>60</v>
+      </c>
+      <c r="B19" t="s">
         <v>61</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>62</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" t="s">
         <v>65</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>66</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" t="s">
         <v>69</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>70</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>72</v>
+      </c>
+      <c r="B22" t="s">
         <v>73</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>74</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>76</v>
+      </c>
+      <c r="B23" t="s">
         <v>77</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>78</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>80</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" t="s">
         <v>81</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>82</v>
+      </c>
+      <c r="B25" t="s">
+        <v>83</v>
+      </c>
+      <c r="C25" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" t="s">
         <v>87</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="D26" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B27" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C27" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B28" t="s">
-        <v>14</v>
+        <v>92</v>
       </c>
       <c r="C28" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D28" t="s">
-        <v>95</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B29" t="s">
-        <v>97</v>
+        <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="D29" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B30" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C30" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D30" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B31" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C31" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>102</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>103</v>
+      </c>
+      <c r="B32" t="s">
+        <v>104</v>
+      </c>
+      <c r="C32" t="s">
+        <v>105</v>
+      </c>
+      <c r="D32" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>107</v>
+      </c>
+      <c r="B33" t="s">
+        <v>108</v>
+      </c>
+      <c r="C33" t="s">
+        <v>109</v>
+      </c>
+      <c r="D33" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>111</v>
+      </c>
+      <c r="B34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C34" t="s">
+        <v>113</v>
+      </c>
+      <c r="D34" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B35" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C35" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D35" t="s">
-        <v>121</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B36" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C36" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D36" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B37" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C37" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D37" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B38" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C38" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D38" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B39" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C39" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D39" t="s">
-        <v>137</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B40" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C40" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D40" t="s">
-        <v>14</v>
+        <v>136</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>137</v>
+      </c>
+      <c r="B41" t="s">
+        <v>138</v>
+      </c>
+      <c r="C41" t="s">
+        <v>139</v>
+      </c>
+      <c r="D41" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B42" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C42" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D42" t="s">
-        <v>147</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B43" t="s">
-        <v>14</v>
+        <v>145</v>
       </c>
       <c r="C43" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="D43" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B44" t="s">
-        <v>152</v>
+        <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D44" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B45" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C45" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D45" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B46" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C46" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D46" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B47" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C47" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D47" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B48" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C48" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D48" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B49" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C49" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D49" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B50" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C50" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="D50" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B51" t="s">
-        <v>180</v>
+        <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="D51" t="s">
-        <v>182</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B52" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C52" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="D52" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="B53" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="C53" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="D53" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="B54" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C54" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="D54" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="B55" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="C55" t="s">
-        <v>197</v>
+        <v>9</v>
       </c>
       <c r="D55" t="s">
-        <v>14</v>
+        <v>191</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B56" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="C56" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="D56" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3"/>
       <c r="B64" s="3"/>
       <c r="C64" s="3"/>
       <c r="D64" s="3"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3"/>
       <c r="B65" s="3"/>