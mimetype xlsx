--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,752 +12,740 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>1,234,002,340</t>
-[...5 lines deleted...]
-    <t>1,468,089,549</t>
+    <t>611,739,182</t>
+  </si>
+  <si>
+    <t>363,441,118</t>
+  </si>
+  <si>
+    <t>1,230,268,747</t>
+  </si>
+  <si>
+    <t>01 สัตว์มีชีวิต</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>9,000</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>109,385,203</t>
-[...5 lines deleted...]
-    <t>317,663,693</t>
+    <t>252,948,559</t>
+  </si>
+  <si>
+    <t>195,587,383</t>
+  </si>
+  <si>
+    <t>172,508,829</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>1,364,101</t>
-[...8 lines deleted...]
-    <t>6,631</t>
+    <t>1,123,118</t>
+  </si>
+  <si>
+    <t>2,700,230</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>1,009,337</t>
+    <t>165,129</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>25,108</t>
+    <t>904</t>
+  </si>
+  <si>
+    <t>1,043,414</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>3,576,892</t>
-[...5 lines deleted...]
-    <t>7,522,222</t>
+    <t>6,317,757</t>
+  </si>
+  <si>
+    <t>3,945,619</t>
+  </si>
+  <si>
+    <t>4,368,663</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>910,895</t>
-[...5 lines deleted...]
-    <t>2,246,213</t>
+    <t>3,302,297</t>
+  </si>
+  <si>
+    <t>483,117</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>1,802,226</t>
+    <t>351,010</t>
+  </si>
+  <si>
+    <t>691,656</t>
+  </si>
+  <si>
+    <t>3,071,272</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>1,205</t>
-[...2 lines deleted...]
-    <t>1,052,818</t>
+    <t>1,055,890</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>144,942</t>
-[...5 lines deleted...]
-    <t>724,229</t>
+    <t>246,062</t>
+  </si>
+  <si>
+    <t>139,192</t>
+  </si>
+  <si>
+    <t>109,872</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>5,440</t>
-[...2 lines deleted...]
-    <t>20,008</t>
+    <t>953</t>
+  </si>
+  <si>
+    <t>15,809</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>2,760,791</t>
-[...8 lines deleted...]
-    <t>324,608</t>
+    <t>2,773,928</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>15,877,103</t>
-[...5 lines deleted...]
-    <t>13,166,143</t>
+    <t>19,814,050</t>
+  </si>
+  <si>
+    <t>20,935,213</t>
+  </si>
+  <si>
+    <t>18,413,740</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>3,431,756</t>
-[...5 lines deleted...]
-    <t>9,184,519</t>
+    <t>12,838,904</t>
+  </si>
+  <si>
+    <t>2,353,147</t>
+  </si>
+  <si>
+    <t>6,345,352</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>3,790,794</t>
-[...5 lines deleted...]
-    <t>9,318,012</t>
+    <t>24,002,188</t>
+  </si>
+  <si>
+    <t>12,709,960</t>
+  </si>
+  <si>
+    <t>16,783,759</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>943,724,104</t>
-[...5 lines deleted...]
-    <t>922,000,067</t>
+    <t>158,736,287</t>
+  </si>
+  <si>
+    <t>11,103</t>
+  </si>
+  <si>
+    <t>820,624,880</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>1,363,952</t>
+    <t>1,317,440</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>3,276,479</t>
-[...2 lines deleted...]
-    <t>9,152,333</t>
+    <t>2,290,768</t>
+  </si>
+  <si>
+    <t>1,069,235</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>5,842,139</t>
-[...5 lines deleted...]
-    <t>4,022,991</t>
+    <t>13,583,488</t>
+  </si>
+  <si>
+    <t>3,873,481</t>
+  </si>
+  <si>
+    <t>4,066,594</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>4,794,623</t>
-[...11 lines deleted...]
-    <t>3,755</t>
+    <t>21,683</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>2,965,510</t>
-[...5 lines deleted...]
-    <t>5,920,933</t>
+    <t>841</t>
+  </si>
+  <si>
+    <t>5,619</t>
+  </si>
+  <si>
+    <t>2,262,654</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>11,908</t>
-[...2 lines deleted...]
-    <t>356,683</t>
+    <t>840</t>
+  </si>
+  <si>
+    <t>12,093</t>
+  </si>
+  <si>
+    <t>543,373</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>49,396</t>
-[...5 lines deleted...]
-    <t>1,803,451</t>
+    <t>51,767</t>
+  </si>
+  <si>
+    <t>1,139,381</t>
+  </si>
+  <si>
+    <t>148,156</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>597,177</t>
-[...5 lines deleted...]
-    <t>1,064,503</t>
+    <t>1,480,711</t>
+  </si>
+  <si>
+    <t>224,098</t>
+  </si>
+  <si>
+    <t>1,194,750</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>279,377</t>
-[...5 lines deleted...]
-    <t>3,055,804</t>
+    <t>829,700</t>
+  </si>
+  <si>
+    <t>1,489,535</t>
+  </si>
+  <si>
+    <t>1,496,155</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>2,487,957</t>
-[...5 lines deleted...]
-    <t>4,110,673</t>
+    <t>2,794,003</t>
+  </si>
+  <si>
+    <t>2,208,851</t>
+  </si>
+  <si>
+    <t>5,573,698</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>182</t>
-[...5 lines deleted...]
-    <t>44,879</t>
+    <t>866</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>27,671,693</t>
-[...5 lines deleted...]
-    <t>35,726,994</t>
+    <t>84</t>
+  </si>
+  <si>
+    <t>2,860,843</t>
+  </si>
+  <si>
+    <t>20,218,558</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>22,140</t>
-[...5 lines deleted...]
-    <t>33,475</t>
+    <t>64,440</t>
+  </si>
+  <si>
+    <t>53,537</t>
+  </si>
+  <si>
+    <t>21,721</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>1,348,627</t>
-[...5 lines deleted...]
-    <t>562,509</t>
+    <t>2,712,755</t>
+  </si>
+  <si>
+    <t>1,734,153</t>
+  </si>
+  <si>
+    <t>64,552</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>2,393,408</t>
-[...5 lines deleted...]
-    <t>2,350,239</t>
+    <t>2,246,801</t>
+  </si>
+  <si>
+    <t>14,276</t>
+  </si>
+  <si>
+    <t>2,354,234</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>677,031</t>
-[...2 lines deleted...]
-    <t>256,696</t>
+    <t>198,702</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>869,650</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>88,974</t>
-[...5 lines deleted...]
-    <t>1,045,838</t>
+    <t>593,173</t>
+  </si>
+  <si>
+    <t>17,058</t>
+  </si>
+  <si>
+    <t>156,456</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>106,192</t>
-[...5 lines deleted...]
-    <t>30,659</t>
+    <t>14,758</t>
+  </si>
+  <si>
+    <t>25,304</t>
+  </si>
+  <si>
+    <t>3,445,760</t>
+  </si>
+  <si>
+    <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
+  </si>
+  <si>
+    <t>26,128</t>
+  </si>
+  <si>
+    <t>12,463</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>5,527</t>
-[...5 lines deleted...]
-    <t>724</t>
+    <t>531</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>232</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>20,621,610</t>
-[...5 lines deleted...]
-    <t>21,136,169</t>
+    <t>25,006,175</t>
+  </si>
+  <si>
+    <t>18,450,010</t>
+  </si>
+  <si>
+    <t>34,035,733</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>13,996,286</t>
-[...5 lines deleted...]
-    <t>15,063,887</t>
+    <t>18,916,845</t>
+  </si>
+  <si>
+    <t>11,702,538</t>
+  </si>
+  <si>
+    <t>17,078,262</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>20,473,008</t>
-[...5 lines deleted...]
-    <t>22,386,173</t>
+    <t>16,055,293</t>
+  </si>
+  <si>
+    <t>18,224,565</t>
+  </si>
+  <si>
+    <t>21,965,140</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>866,703</t>
-[...5 lines deleted...]
-    <t>1,159,779</t>
+    <t>1,163,670</t>
+  </si>
+  <si>
+    <t>695,812</t>
+  </si>
+  <si>
+    <t>1,539,913</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>651,722</t>
-[...5 lines deleted...]
-    <t>711,864</t>
+    <t>603,478</t>
+  </si>
+  <si>
+    <t>556,714</t>
+  </si>
+  <si>
+    <t>921,680</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>29,424</t>
+    <t>245,797</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>380,415</t>
-[...2 lines deleted...]
-    <t>16,206</t>
+    <t>10,000</t>
+  </si>
+  <si>
+    <t>16,272</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>523</t>
-[...5 lines deleted...]
-    <t>71,131</t>
+    <t>50,849</t>
+  </si>
+  <si>
+    <t>880</t>
+  </si>
+  <si>
+    <t>13,173</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>726,314</t>
-[...5 lines deleted...]
-    <t>276,521</t>
+    <t>390,374</t>
+  </si>
+  <si>
+    <t>459,369</t>
+  </si>
+  <si>
+    <t>10,658,998</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>6,547,120</t>
-[...5 lines deleted...]
-    <t>13,253,276</t>
+    <t>9,747,405</t>
+  </si>
+  <si>
+    <t>15,111,782</t>
+  </si>
+  <si>
+    <t>22,684,997</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>3,334,988</t>
-[...5 lines deleted...]
-    <t>862,679</t>
+    <t>12,146,581</t>
+  </si>
+  <si>
+    <t>7,488,577</t>
+  </si>
+  <si>
+    <t>4,132,288</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>803,815</t>
+    <t>5,355</t>
+  </si>
+  <si>
+    <t>9,931</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>3,830,505</t>
-[...2 lines deleted...]
-    <t>4,199,296</t>
+    <t>5,200,322</t>
+  </si>
+  <si>
+    <t>4,061,740</t>
+  </si>
+  <si>
+    <t>6,874,429</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>1,599</t>
-[...5 lines deleted...]
-    <t>17,282,952</t>
+    <t>2,182</t>
+  </si>
+  <si>
+    <t>2,949</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>3,394,442</t>
-[...2 lines deleted...]
-    <t>3,377,528</t>
+    <t>3,447,251</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>398,075</t>
-[...5 lines deleted...]
-    <t>725,115</t>
+    <t>1,460,363</t>
+  </si>
+  <si>
+    <t>813,498</t>
+  </si>
+  <si>
+    <t>751,965</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>10,534</t>
-[...5 lines deleted...]
-    <t>1,439</t>
+    <t>630,192</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>2,778</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,106,335</t>
-[...5 lines deleted...]
-    <t>2,762,638</t>
+    <t>482,273</t>
+  </si>
+  <si>
+    <t>5,900,544</t>
+  </si>
+  <si>
+    <t>5,093,738</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>293,740</t>
-[...5 lines deleted...]
-    <t>214,462</t>
+    <t>547,775</t>
+  </si>
+  <si>
+    <t>52,625</t>
+  </si>
+  <si>
+    <t>53,992</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>334,683</t>
-[...5 lines deleted...]
-    <t>447,959</t>
+    <t>151,745</t>
+  </si>
+  <si>
+    <t>13,129</t>
+  </si>
+  <si>
+    <t>503,548</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>11,724,093</t>
-[...5 lines deleted...]
-    <t>8,899,561</t>
+    <t>6,498,767</t>
+  </si>
+  <si>
+    <t>4,948,564</t>
+  </si>
+  <si>
+    <t>5,924,868</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>9,073</t>
+    <t>5,458</t>
+  </si>
+  <si>
+    <t>1,278</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>444</t>
-[...2 lines deleted...]
-    <t>32,700</t>
+    <t>41,242</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>10,401</t>
-[...2 lines deleted...]
-    <t>17,553</t>
+    <t>64,107</t>
+  </si>
+  <si>
+    <t>9,619</t>
+  </si>
+  <si>
+    <t>81,829</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>805,985</t>
-[...2 lines deleted...]
-    <t>1,598,040</t>
+    <t>26,346</t>
+  </si>
+  <si>
+    <t>8,428</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>10,198,294</t>
-[...5 lines deleted...]
-    <t>4,912,265</t>
+    <t>7,160,515</t>
+  </si>
+  <si>
+    <t>13,792,606</t>
+  </si>
+  <si>
+    <t>8,832,158</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>17,989</t>
-[...14 lines deleted...]
-    <t>36,736</t>
+    <t>131</t>
+  </si>
+  <si>
+    <t>1,740</t>
+  </si>
+  <si>
+    <t>305</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1091,1033 +1079,1005 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D76"/>
+  <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A76" sqref="A76"/>
+      <selection activeCell="A74" sqref="A74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B13" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B14" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D16" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D17" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B18" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C18" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D18" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B19" t="s">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D19" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B20" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C20" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C21" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>68</v>
+        <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C23" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D23" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B24" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C24" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B25" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C25" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D25" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B26" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C26" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B27" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D27" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B28" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C28" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D28" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B29" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C29" t="s">
-        <v>94</v>
+        <v>9</v>
       </c>
       <c r="D29" t="s">
-        <v>95</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B30" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C30" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D30" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B31" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C31" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D31" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B32" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C32" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D32" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B33" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C33" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D33" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B34" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C34" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D34" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B35" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C35" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D35" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B36" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C36" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D36" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B37" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C37" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D37" t="s">
-        <v>126</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B38" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C38" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D38" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B39" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C39" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D39" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B40" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C40" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D40" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B41" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C41" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D41" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B42" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C42" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D42" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B43" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C43" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D43" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B44" t="s">
-        <v>152</v>
+        <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D44" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>155</v>
       </c>
       <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>156</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B46" t="s">
-        <v>14</v>
+        <v>159</v>
       </c>
       <c r="C46" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D46" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B47" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C47" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D47" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B48" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C48" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D48" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B49" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C49" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D49" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B50" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C50" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D50" t="s">
-        <v>175</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B51" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C51" t="s">
-        <v>14</v>
+        <v>179</v>
       </c>
       <c r="D51" t="s">
-        <v>14</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B52" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C52" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D52" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B53" t="s">
-        <v>182</v>
+        <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D53" t="s">
-        <v>184</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B54" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
       <c r="C54" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D54" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B55" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C55" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D55" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B56" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C56" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D56" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B57" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C57" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D57" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B58" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C58" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D58" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B59" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C59" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D59" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B60" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C60" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D60" t="s">
-        <v>211</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B61" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D61" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B62" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C62" t="s">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="D62" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B63" t="s">
-        <v>218</v>
+        <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>14</v>
+        <v>220</v>
       </c>
       <c r="D63" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B64" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C64" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D64" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B65" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C65" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D65" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="66" spans="1:4">
-      <c r="A66" t="s">
-[...27 lines deleted...]
-      <c r="A68" s="2" t="s">
+      <c r="A66" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B68" s="2" t="s">
+      <c r="B66" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C68" s="2" t="s">
+      <c r="C66" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D68" s="2" t="s">
+      <c r="D66" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="75" spans="1:4">
-[...9 lines deleted...]
-      <c r="D76" s="3"/>
+    <row r="73" spans="1:4">
+      <c r="A73" s="3"/>
+      <c r="B73" s="3"/>
+      <c r="C73" s="3"/>
+      <c r="D73" s="3"/>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" s="3"/>
+      <c r="B74" s="3"/>
+      <c r="C74" s="3"/>
+      <c r="D74" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A75:D75"/>
-    <mergeCell ref="A76:D76"/>
+    <mergeCell ref="A73:D73"/>
+    <mergeCell ref="A74:D74"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>