--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,695 +12,734 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>1,633,616,730</t>
-[...11 lines deleted...]
-    <t>5,000</t>
+    <t>1,384,494,969</t>
+  </si>
+  <si>
+    <t>2,775,041,997</t>
+  </si>
+  <si>
+    <t>1,657,693,699</t>
+  </si>
+  <si>
+    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
+  </si>
+  <si>
+    <t>1,163,853,102</t>
+  </si>
+  <si>
+    <t>1,597,161,648</t>
+  </si>
+  <si>
+    <t>1,386,781,268</t>
+  </si>
+  <si>
+    <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
+  </si>
+  <si>
+    <t>856,740</t>
+  </si>
+  <si>
+    <t>1,772,967</t>
+  </si>
+  <si>
+    <t>1,775,502</t>
+  </si>
+  <si>
+    <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
-[...29 lines deleted...]
-    <t>5,904,476</t>
+    <t>6,505,983</t>
+  </si>
+  <si>
+    <t>236,403</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>4,270,430</t>
-[...2 lines deleted...]
-    <t>8,020,307</t>
+    <t>1,670,182</t>
+  </si>
+  <si>
+    <t>13,093,467</t>
+  </si>
+  <si>
+    <t>3,720,340</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>334,070</t>
-[...5 lines deleted...]
-    <t>1,034</t>
+    <t>16,109</t>
+  </si>
+  <si>
+    <t>219,567</t>
+  </si>
+  <si>
+    <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
+  </si>
+  <si>
+    <t>2,310</t>
+  </si>
+  <si>
+    <t>2,275</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>2,463,734</t>
-[...2 lines deleted...]
-    <t>2,456,805</t>
+    <t>557,452</t>
+  </si>
+  <si>
+    <t>1,656,649</t>
+  </si>
+  <si>
+    <t>2,212,325</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>3,669</t>
+    <t>11,766</t>
+  </si>
+  <si>
+    <t>3,046</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>6,883,945</t>
-[...5 lines deleted...]
-    <t>4,490,562</t>
+    <t>1,169,660</t>
+  </si>
+  <si>
+    <t>4,360,071</t>
+  </si>
+  <si>
+    <t>12,312,468</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>1,696,207</t>
-[...5 lines deleted...]
-    <t>2,937,975</t>
+    <t>2,882,456</t>
+  </si>
+  <si>
+    <t>3,677,919</t>
+  </si>
+  <si>
+    <t>2,637,258</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>26,068,527</t>
-[...5 lines deleted...]
-    <t>18,054,018</t>
+    <t>30,490,058</t>
+  </si>
+  <si>
+    <t>11,201,031</t>
+  </si>
+  <si>
+    <t>21,228,522</t>
+  </si>
+  <si>
+    <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
+  </si>
+  <si>
+    <t>4,000</t>
+  </si>
+  <si>
+    <t>7,788</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>2,522,913</t>
-[...5 lines deleted...]
-    <t>2,724,189</t>
+    <t>2,519,863</t>
+  </si>
+  <si>
+    <t>538,783</t>
+  </si>
+  <si>
+    <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
+  </si>
+  <si>
+    <t>2,804</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>2,918,098</t>
-[...2 lines deleted...]
-    <t>7,293,806</t>
+    <t>2,571,689</t>
+  </si>
+  <si>
+    <t>4,154,690</t>
+  </si>
+  <si>
+    <t>6,948,224</t>
+  </si>
+  <si>
+    <t>29 เคมีภัณฑ์อินทรีย์</t>
+  </si>
+  <si>
+    <t>19,652</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>1,891,453</t>
-[...5 lines deleted...]
-    <t>799,707</t>
+    <t>1,107,624</t>
+  </si>
+  <si>
+    <t>736,984</t>
+  </si>
+  <si>
+    <t>12,368,268</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>350,545,533</t>
-[...5 lines deleted...]
-    <t>364,082,535</t>
+    <t>1,442,130</t>
+  </si>
+  <si>
+    <t>821,864,807</t>
+  </si>
+  <si>
+    <t>15,412,251</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>4,445,086</t>
-[...5 lines deleted...]
-    <t>754,374</t>
+    <t>1,246,907</t>
+  </si>
+  <si>
+    <t>1,822,197</t>
+  </si>
+  <si>
+    <t>546,229</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>624</t>
-[...5 lines deleted...]
-    <t>3,399</t>
+    <t>32,853</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>857,900</t>
-[...5 lines deleted...]
-    <t>1,132,486</t>
+    <t>6,791</t>
+  </si>
+  <si>
+    <t>935,113</t>
+  </si>
+  <si>
+    <t>348,124</t>
+  </si>
+  <si>
+    <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
+  </si>
+  <si>
+    <t>251,844</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>19,181,427</t>
-[...5 lines deleted...]
-    <t>20,097,138</t>
+    <t>9,854,422</t>
+  </si>
+  <si>
+    <t>11,294,404</t>
+  </si>
+  <si>
+    <t>4,211,478</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>8,584,578</t>
-[...5 lines deleted...]
-    <t>14,870,201</t>
+    <t>17,216,771</t>
+  </si>
+  <si>
+    <t>7,459,421</t>
+  </si>
+  <si>
+    <t>9,709,871</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>295,747</t>
-[...14 lines deleted...]
-    <t>23,447</t>
+    <t>280,086</t>
+  </si>
+  <si>
+    <t>336,886</t>
+  </si>
+  <si>
+    <t>114,575</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>45,700</t>
-[...5 lines deleted...]
-    <t>21,968</t>
+    <t>5,689</t>
+  </si>
+  <si>
+    <t>18,261</t>
+  </si>
+  <si>
+    <t>97,593</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>1,143</t>
-[...2 lines deleted...]
-    <t>1,140</t>
+    <t>1,686</t>
+  </si>
+  <si>
+    <t>6,598</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>22,620,785</t>
-[...5 lines deleted...]
-    <t>60,817,485</t>
+    <t>955,307</t>
+  </si>
+  <si>
+    <t>63,476,510</t>
+  </si>
+  <si>
+    <t>57,914,805</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>2,194</t>
-[...5 lines deleted...]
-    <t>13,421</t>
+    <t>4,368,862</t>
+  </si>
+  <si>
+    <t>20,273</t>
+  </si>
+  <si>
+    <t>25,501,748</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>314,992</t>
-[...5 lines deleted...]
-    <t>151,777</t>
+    <t>1,524,170</t>
+  </si>
+  <si>
+    <t>91,002</t>
+  </si>
+  <si>
+    <t>21,732</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>66,324</t>
+    <t>73,441</t>
+  </si>
+  <si>
+    <t>83,816</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>4,155,427</t>
-[...5 lines deleted...]
-    <t>1,083,127</t>
+    <t>1,210,603</t>
+  </si>
+  <si>
+    <t>2,459,191</t>
+  </si>
+  <si>
+    <t>2,090,768</t>
+  </si>
+  <si>
+    <t>52 ฝ้าย</t>
+  </si>
+  <si>
+    <t>975,411</t>
+  </si>
+  <si>
+    <t>278,752</t>
+  </si>
+  <si>
+    <t>99,994</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>37,134</t>
-[...11 lines deleted...]
-    <t>1,620</t>
+    <t>522</t>
+  </si>
+  <si>
+    <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
+  </si>
+  <si>
+    <t>5,191</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>30,812</t>
-[...2 lines deleted...]
-    <t>149,279</t>
+    <t>281,166</t>
+  </si>
+  <si>
+    <t>369,062</t>
+  </si>
+  <si>
+    <t>182,820</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>83,044</t>
-[...2 lines deleted...]
-    <t>33,177</t>
+    <t>7,581</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>17,505</t>
-[...2 lines deleted...]
-    <t>47,190</t>
+    <t>59,450</t>
+  </si>
+  <si>
+    <t>41,771</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>16,198</t>
-[...5 lines deleted...]
-    <t>405,272</t>
+    <t>194,282</t>
+  </si>
+  <si>
+    <t>178,608</t>
+  </si>
+  <si>
+    <t>170,533</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>499,628</t>
-[...5 lines deleted...]
-    <t>6,500</t>
+    <t>20,449</t>
+  </si>
+  <si>
+    <t>24,683</t>
+  </si>
+  <si>
+    <t>23,011</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>3,291</t>
+    <t>2,684</t>
+  </si>
+  <si>
+    <t>6,000</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>3,103</t>
+    <t>2,581</t>
+  </si>
+  <si>
+    <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
+  </si>
+  <si>
+    <t>788</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>104,572</t>
-[...5 lines deleted...]
-    <t>1,438,009</t>
+    <t>5,905,478</t>
+  </si>
+  <si>
+    <t>66,031</t>
+  </si>
+  <si>
+    <t>99,093</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>14,093</t>
-[...5 lines deleted...]
-    <t>70 แก้วและเครื่องแก้ว</t>
+    <t>3,000</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>3,188</t>
-[...5 lines deleted...]
-    <t>34,906</t>
+    <t>289,232</t>
+  </si>
+  <si>
+    <t>63,172</t>
+  </si>
+  <si>
+    <t>6,800</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>185,538</t>
-[...5 lines deleted...]
-    <t>31,279</t>
+    <t>856,519</t>
+  </si>
+  <si>
+    <t>160,673</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>45,208,359</t>
-[...5 lines deleted...]
-    <t>22,786,530</t>
+    <t>32,449,365</t>
+  </si>
+  <si>
+    <t>21,797,645</t>
+  </si>
+  <si>
+    <t>4,753,647</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>64,308</t>
-[...5 lines deleted...]
-    <t>20,180</t>
+    <t>31,270</t>
+  </si>
+  <si>
+    <t>170,888</t>
+  </si>
+  <si>
+    <t>75,402</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>15,176,650</t>
-[...5 lines deleted...]
-    <t>3,424,768</t>
+    <t>19,210,880</t>
+  </si>
+  <si>
+    <t>32,765,394</t>
+  </si>
+  <si>
+    <t>14,654,923</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>383,304</t>
-[...5 lines deleted...]
-    <t>14,141,496</t>
+    <t>4,128,870</t>
+  </si>
+  <si>
+    <t>29,241,740</t>
+  </si>
+  <si>
+    <t>33,788</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>1,727,802</t>
-[...5 lines deleted...]
-    <t>1,843,912</t>
+    <t>21,159</t>
+  </si>
+  <si>
+    <t>127,194</t>
+  </si>
+  <si>
+    <t>170,499</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>16,400</t>
-[...5 lines deleted...]
-    <t>177,040</t>
+    <t>14,756</t>
+  </si>
+  <si>
+    <t>1,496,278</t>
+  </si>
+  <si>
+    <t>693,677</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>11,851,234</t>
-[...5 lines deleted...]
-    <t>21,404,099</t>
+    <t>4,265,558</t>
+  </si>
+  <si>
+    <t>9,225,080</t>
+  </si>
+  <si>
+    <t>17,596,599</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>10,438,063</t>
-[...5 lines deleted...]
-    <t>27,394,309</t>
+    <t>13,048,351</t>
+  </si>
+  <si>
+    <t>88,070,123</t>
+  </si>
+  <si>
+    <t>7,138,757</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,544,603</t>
-[...5 lines deleted...]
-    <t>492,329</t>
+    <t>865,340</t>
+  </si>
+  <si>
+    <t>767,284</t>
+  </si>
+  <si>
+    <t>1,426,769</t>
+  </si>
+  <si>
+    <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
+  </si>
+  <si>
+    <t>412,851</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>1,356,402</t>
-[...2 lines deleted...]
-    <t>3,089,323,593</t>
+    <t>5,384</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>17,437,640</t>
-[...5 lines deleted...]
-    <t>58,067,970</t>
+    <t>16,521,445</t>
+  </si>
+  <si>
+    <t>27,141,478</t>
+  </si>
+  <si>
+    <t>3,059,267</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>27,425</t>
-[...5 lines deleted...]
-    <t>119,348</t>
+    <t>2,196</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>12,311,381</t>
-[...5 lines deleted...]
-    <t>16,986,888</t>
+    <t>39,485,854</t>
+  </si>
+  <si>
+    <t>8,088,467</t>
+  </si>
+  <si>
+    <t>40,251,375</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>3,245</t>
-[...2 lines deleted...]
-    <t>55,049</t>
+    <t>8,903</t>
+  </si>
+  <si>
+    <t>11,001</t>
+  </si>
+  <si>
+    <t>195,288</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>24,560</t>
-[...2 lines deleted...]
-    <t>12,880</t>
+    <t>1,473</t>
+  </si>
+  <si>
+    <t>27,552</t>
+  </si>
+  <si>
+    <t>11,700</t>
+  </si>
+  <si>
+    <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
+  </si>
+  <si>
+    <t>28,530</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1034,1005 +1073,1033 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D74"/>
+  <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A74" sqref="A74"/>
+      <selection activeCell="A76" sqref="A76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="D16" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="D17" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B18" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="C18" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="D18" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="C19" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B20" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C20" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="D20" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B21" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C21" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="D21" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="C22" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B23" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C23" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D23" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B24" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="C24" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D24" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B25" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C25" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D25" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B26" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C26" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D26" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B27" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C27" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D27" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B28" t="s">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="C28" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D28" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B29" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C29" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D29" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B30" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C30" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D30" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B31" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C31" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D31" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B32" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="C32" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="D32" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B33" t="s">
-        <v>110</v>
+        <v>17</v>
       </c>
       <c r="C33" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D33" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B34" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="D34" t="s">
-        <v>10</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B35" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="D35" t="s">
-        <v>10</v>
+        <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="B36" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="C36" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
-        <v>118</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="B37" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>128</v>
       </c>
       <c r="D37" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="B38" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D38" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="B39" t="s">
-        <v>10</v>
+        <v>132</v>
       </c>
       <c r="C39" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="D39" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B40" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
       <c r="C40" t="s">
-        <v>128</v>
+        <v>17</v>
       </c>
       <c r="D40" t="s">
-        <v>129</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="B41" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="C41" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D41" t="s">
-        <v>133</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B42" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C42" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="D42" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B43" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="D43" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="B44" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C44" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="D44" t="s">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="B45" t="s">
-        <v>143</v>
+        <v>17</v>
       </c>
       <c r="C45" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="D45" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="B46" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="C46" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B47" t="s">
-        <v>10</v>
+        <v>156</v>
       </c>
       <c r="C47" t="s">
-        <v>10</v>
+        <v>157</v>
       </c>
       <c r="D47" t="s">
-        <v>120</v>
+        <v>158</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="B48" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="C48" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D48" t="s">
-        <v>153</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B49" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C49" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="D49" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="B50" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="C50" t="s">
-        <v>160</v>
+        <v>17</v>
       </c>
       <c r="D50" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B51" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="C51" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="D51" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B52" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="C52" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="D52" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B53" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C53" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="D53" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="B54" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="C54" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="D54" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B55" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C55" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="D55" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="B56" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C56" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="D56" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="B57" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="C57" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="D57" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B58" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C58" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="D58" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B59" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C59" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="D59" t="s">
-        <v>10</v>
+        <v>203</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B60" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
       <c r="C60" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="D60" t="s">
-        <v>200</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B61" t="s">
-        <v>202</v>
+        <v>17</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D61" t="s">
-        <v>10</v>
+        <v>207</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B62" t="s">
-        <v>10</v>
+        <v>209</v>
       </c>
       <c r="C62" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="D62" t="s">
-        <v>10</v>
+        <v>211</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="B63" t="s">
-        <v>206</v>
+        <v>17</v>
       </c>
       <c r="C63" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="D63" t="s">
-        <v>208</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B64" t="s">
-        <v>10</v>
+        <v>215</v>
       </c>
       <c r="C64" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="D64" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="B65" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C65" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="D65" t="s">
-        <v>10</v>
+        <v>221</v>
       </c>
     </row>
     <row r="66" spans="1:4">
-      <c r="A66" s="2" t="s">
+      <c r="A66" t="s">
+        <v>222</v>
+      </c>
+      <c r="B66" t="s">
+        <v>223</v>
+      </c>
+      <c r="C66" t="s">
+        <v>224</v>
+      </c>
+      <c r="D66" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>226</v>
+      </c>
+      <c r="B67" t="s">
+        <v>227</v>
+      </c>
+      <c r="C67" t="s">
+        <v>17</v>
+      </c>
+      <c r="D67" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B66" s="2" t="s">
+      <c r="B68" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C66" s="2" t="s">
+      <c r="C68" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D66" s="2" t="s">
+      <c r="D68" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="73" spans="1:4">
-[...9 lines deleted...]
-      <c r="D74" s="3"/>
+    <row r="75" spans="1:4">
+      <c r="A75" s="3"/>
+      <c r="B75" s="3"/>
+      <c r="C75" s="3"/>
+      <c r="D75" s="3"/>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" s="3"/>
+      <c r="B76" s="3"/>
+      <c r="C76" s="3"/>
+      <c r="D76" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A73:D73"/>
-    <mergeCell ref="A74:D74"/>
+    <mergeCell ref="A75:D75"/>
+    <mergeCell ref="A76:D76"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>