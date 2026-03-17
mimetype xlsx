--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,110 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>2,463,360</t>
-[...8 lines deleted...]
-    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
+    <t>1,424,036</t>
+  </si>
+  <si>
+    <t>1,502,370</t>
+  </si>
+  <si>
+    <t>2,838</t>
+  </si>
+  <si>
+    <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>110,543</t>
-[...14 lines deleted...]
-    <t>19,035</t>
+    <t>217,621</t>
+  </si>
+  <si>
+    <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
+  </si>
+  <si>
+    <t>1,076</t>
+  </si>
+  <si>
+    <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
+  </si>
+  <si>
+    <t>1,423,549</t>
+  </si>
+  <si>
+    <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
+  </si>
+  <si>
+    <t>65,705</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>2,454,171</t>
+    <t>1,219,037</t>
+  </si>
+  <si>
+    <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
+  </si>
+  <si>
+    <t>7</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>698</t>
+    <t>1,762</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -449,193 +464,235 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A16" sqref="A16"/>
+      <selection activeCell="A19" sqref="A19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="76.552734" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>9</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="2" t="s">
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="2" t="s">
+      <c r="B11" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="C11" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D11" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="15" spans="1:4">
-[...9 lines deleted...]
-      <c r="D16" s="3"/>
+    <row r="18" spans="1:4">
+      <c r="A18" s="3"/>
+      <c r="B18" s="3"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" s="3"/>
+      <c r="B19" s="3"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A15:D15"/>
-    <mergeCell ref="A16:D16"/>
+    <mergeCell ref="A18:D18"/>
+    <mergeCell ref="A19:D19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>