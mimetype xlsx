--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
+    <t>ธันวาคม 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>97</t>
+    <t>213</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>