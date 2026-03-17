--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,362 +12,380 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>22,742,124</t>
-[...5 lines deleted...]
-    <t>32,915,664</t>
+    <t>53,762,903</t>
+  </si>
+  <si>
+    <t>44,643,617</t>
+  </si>
+  <si>
+    <t>34,962,115</t>
+  </si>
+  <si>
+    <t>01 สัตว์มีชีวิต</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>340,707</t>
+  </si>
+  <si>
+    <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
+  </si>
+  <si>
+    <t>1,798</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>0</t>
-[...5 lines deleted...]
-    <t>2,608</t>
+    <t>2,563</t>
+  </si>
+  <si>
+    <t>3,778</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>49,698</t>
-[...5 lines deleted...]
-    <t>30,115</t>
+    <t>20,119</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>1,286,129</t>
+    <t>213</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>2,150,157</t>
-[...2 lines deleted...]
-    <t>207</t>
+    <t>12,343</t>
+  </si>
+  <si>
+    <t>2,185</t>
+  </si>
+  <si>
+    <t>8,052</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>1,325,861</t>
-[...5 lines deleted...]
-    <t>2,988,924</t>
+    <t>2,436,886</t>
+  </si>
+  <si>
+    <t>92,782</t>
+  </si>
+  <si>
+    <t>414,726</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>464,847</t>
-[...5 lines deleted...]
-    <t>40,424</t>
+    <t>7,495</t>
+  </si>
+  <si>
+    <t>93,695</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>2,781,477</t>
-[...5 lines deleted...]
-    <t>2,691,650</t>
+    <t>443,738</t>
+  </si>
+  <si>
+    <t>11,428,188</t>
+  </si>
+  <si>
+    <t>3,141,577</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>609,068</t>
-[...5 lines deleted...]
-    <t>1,576,656</t>
+    <t>508,850</t>
+  </si>
+  <si>
+    <t>408,052</t>
+  </si>
+  <si>
+    <t>62,112</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>4,141</t>
-[...2 lines deleted...]
-    <t>13,940</t>
+    <t>25,626</t>
+  </si>
+  <si>
+    <t>4,559</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>485,819</t>
-[...5 lines deleted...]
-    <t>1,984,246</t>
+    <t>2,566,288</t>
+  </si>
+  <si>
+    <t>2,783,080</t>
+  </si>
+  <si>
+    <t>2,591,318</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>14,635</t>
-[...5 lines deleted...]
-    <t>31,182</t>
+    <t>6,751</t>
+  </si>
+  <si>
+    <t>125,123</t>
+  </si>
+  <si>
+    <t>73,389</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>1,666,059</t>
-[...11 lines deleted...]
-    <t>324,477</t>
+    <t>3,045,214</t>
+  </si>
+  <si>
+    <t>6,336,608</t>
+  </si>
+  <si>
+    <t>8,829,389</t>
+  </si>
+  <si>
+    <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
+  </si>
+  <si>
+    <t>226,554</t>
+  </si>
+  <si>
+    <t>10,918</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>6,192</t>
-[...11 lines deleted...]
-    <t>12,556</t>
+    <t>189,685</t>
+  </si>
+  <si>
+    <t>704</t>
+  </si>
+  <si>
+    <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
+  </si>
+  <si>
+    <t>14,432</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>94,943</t>
-[...17 lines deleted...]
-    <t>10,481</t>
+    <t>39,230</t>
+  </si>
+  <si>
+    <t>31,527</t>
+  </si>
+  <si>
+    <t>42,532</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>769,720</t>
-[...2 lines deleted...]
-    <t>4,277,441</t>
+    <t>878,356</t>
+  </si>
+  <si>
+    <t>1,633,429</t>
+  </si>
+  <si>
+    <t>4,246,377</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>1,890,338</t>
-[...5 lines deleted...]
-    <t>3,742,268</t>
+    <t>32,357,575</t>
+  </si>
+  <si>
+    <t>3,288,130</t>
+  </si>
+  <si>
+    <t>2,835,470</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>189,538</t>
-[...2 lines deleted...]
-    <t>452,367</t>
+    <t>33,709</t>
+  </si>
+  <si>
+    <t>493</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>131,425</t>
-[...2 lines deleted...]
-    <t>126,294</t>
+    <t>570,535</t>
+  </si>
+  <si>
+    <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
+  </si>
+  <si>
+    <t>46,724</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>237,597</t>
-[...5 lines deleted...]
-    <t>508,677</t>
+    <t>1,181,248</t>
+  </si>
+  <si>
+    <t>701,727</t>
+  </si>
+  <si>
+    <t>443,895</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>158,822</t>
-[...2 lines deleted...]
-    <t>257,396</t>
+    <t>173,192</t>
+  </si>
+  <si>
+    <t>353,651</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>6,003,453</t>
-[...5 lines deleted...]
-    <t>3,786,178</t>
+    <t>4,308,284</t>
+  </si>
+  <si>
+    <t>2,615,513</t>
+  </si>
+  <si>
+    <t>7,227,867</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,881,671</t>
-[...5 lines deleted...]
-    <t>1,913,072</t>
+    <t>380,207</t>
+  </si>
+  <si>
+    <t>4,896,391</t>
+  </si>
+  <si>
+    <t>3,044,455</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,572,831</t>
-[...5 lines deleted...]
-    <t>3,655,522</t>
+    <t>3,643,039</t>
+  </si>
+  <si>
+    <t>1,739,889</t>
+  </si>
+  <si>
+    <t>1,010,126</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>3,289,859</t>
-[...5 lines deleted...]
-    <t>3,492,992</t>
+    <t>1,506,458</t>
+  </si>
+  <si>
+    <t>7,351,019</t>
+  </si>
+  <si>
+    <t>503,368</t>
+  </si>
+  <si>
+    <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
+  </si>
+  <si>
+    <t>2,210</t>
+  </si>
+  <si>
+    <t>2,897</t>
+  </si>
+  <si>
+    <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
+  </si>
+  <si>
+    <t>3,008</t>
+  </si>
+  <si>
+    <t>16,607</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -710,515 +728,515 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A42" sqref="A42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" t="s">
         <v>21</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>22</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C16" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B17" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="C18" t="s">
-        <v>9</v>
+        <v>59</v>
       </c>
       <c r="D18" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B20" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C26" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B27" t="s">
-        <v>79</v>
+        <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C28" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="D28" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="B29" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="B30" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="C30" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="D30" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B31" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="C31" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="D31" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="B32" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="C32" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="D32" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="B33" t="s">
-        <v>101</v>
+        <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D33" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3"/>
       <c r="B41" s="3"/>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>