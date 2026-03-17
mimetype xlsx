--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,284 +12,269 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>3,268,072</t>
-[...5 lines deleted...]
-    <t>110,647,821</t>
+    <t>26,444,209</t>
+  </si>
+  <si>
+    <t>25,531,971</t>
+  </si>
+  <si>
+    <t>106,150,519</t>
+  </si>
+  <si>
+    <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
+  </si>
+  <si>
+    <t>331,984</t>
+  </si>
+  <si>
+    <t>0</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>0</t>
-[...2 lines deleted...]
-    <t>15,645</t>
+    <t>21,367</t>
+  </si>
+  <si>
+    <t>14,706</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>92,201,245</t>
+    <t>101,232,987</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>2,061,618</t>
-[...5 lines deleted...]
-    <t>4,073,839</t>
+    <t>1,982,396</t>
+  </si>
+  <si>
+    <t>2,054,424</t>
+  </si>
+  <si>
+    <t>4,012,364</t>
+  </si>
+  <si>
+    <t>31 ปุ๋ย</t>
+  </si>
+  <si>
+    <t>9,656</t>
+  </si>
+  <si>
+    <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
+  </si>
+  <si>
+    <t>172,108</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>14,292</t>
-[...11 lines deleted...]
-    <t>971</t>
+    <t>65,516</t>
+  </si>
+  <si>
+    <t>46,306</t>
+  </si>
+  <si>
+    <t>4,170</t>
+  </si>
+  <si>
+    <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
+  </si>
+  <si>
+    <t>1,901</t>
+  </si>
+  <si>
+    <t>69,920</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>17,671</t>
-[...5 lines deleted...]
-    <t>16,114</t>
+    <t>61,465</t>
+  </si>
+  <si>
+    <t>137,777</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>8,814</t>
-[...14 lines deleted...]
-    <t>1,342</t>
+    <t>12,481</t>
+  </si>
+  <si>
+    <t>7,913</t>
+  </si>
+  <si>
+    <t>7,962</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>718</t>
-[...2 lines deleted...]
-    <t>13,549</t>
+    <t>9,392</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>1,963</t>
-[...11 lines deleted...]
-    <t>8,879</t>
+    <t>23,147</t>
+  </si>
+  <si>
+    <t>9,783</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>7,212</t>
-[...11 lines deleted...]
-    <t>16,561</t>
+    <t>7,174</t>
+  </si>
+  <si>
+    <t>69 ผลิตภัณฑ์เซรามิก</t>
+  </si>
+  <si>
+    <t>20,000</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>11,331</t>
-[...5 lines deleted...]
-    <t>1,117,755</t>
+    <t>7,696,910</t>
+  </si>
+  <si>
+    <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
+  </si>
+  <si>
+    <t>9,608</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>15,708</t>
-[...5 lines deleted...]
-    <t>14,799</t>
+    <t>31,152</t>
+  </si>
+  <si>
+    <t>55,763</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>14,093,923</t>
-[...2 lines deleted...]
-    <t>14,180,026</t>
+    <t>16,163,401</t>
+  </si>
+  <si>
+    <t>21,842,089</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>8,246</t>
-[...8 lines deleted...]
-    <t>361</t>
+    <t>5,870</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>228</t>
-[...2 lines deleted...]
-    <t>9,577</t>
+    <t>5,000</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>315</t>
-[...2 lines deleted...]
-    <t>105,682</t>
+    <t>3,000</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>180,574</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>6,305</t>
-[...5 lines deleted...]
-    <t>2,280</t>
+    <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
+  </si>
+  <si>
+    <t>522,470</t>
+  </si>
+  <si>
+    <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
+  </si>
+  <si>
+    <t>31,200</t>
+  </si>
+  <si>
+    <t>1,254,513</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>6,911</t>
-[...2 lines deleted...]
-    <t>12,984</t>
+    <t>3,178</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -632,431 +617,431 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A36" sqref="A36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
         <v>17</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
         <v>21</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="C18" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" t="s">
         <v>53</v>
       </c>
-      <c r="B19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="C21" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C22" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B26" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>10</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3"/>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3"/>
       <c r="B36" s="3"/>