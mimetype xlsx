--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,392 +12,395 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>158,049,852</t>
-[...5 lines deleted...]
-    <t>20,541,995</t>
+    <t>163,886,888</t>
+  </si>
+  <si>
+    <t>50,285,784</t>
+  </si>
+  <si>
+    <t>18,624,652</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>10,000</t>
-[...1 lines deleted...]
-  <si>
     <t>0</t>
   </si>
   <si>
+    <t>5,000</t>
+  </si>
+  <si>
+    <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>1,737,585</t>
+  </si>
+  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>42,361</t>
+    <t>40,907</t>
+  </si>
+  <si>
+    <t>10 ธัญพืช</t>
+  </si>
+  <si>
+    <t>441</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>137,919</t>
-[...2 lines deleted...]
-    <t>250,891</t>
+    <t>225,616</t>
+  </si>
+  <si>
+    <t>118,269</t>
+  </si>
+  <si>
+    <t>5,488,642</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>99,005</t>
+    <t>53,493</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>2,128</t>
+    <t>1,225,027</t>
+  </si>
+  <si>
+    <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
+  </si>
+  <si>
+    <t>93,771</t>
+  </si>
+  <si>
+    <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
+  </si>
+  <si>
+    <t>3,776</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>4,247</t>
-[...11 lines deleted...]
-    <t>796</t>
+    <t>25,173</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>6,474,003</t>
-[...5 lines deleted...]
-    <t>4,381,061</t>
+    <t>3,932,697</t>
+  </si>
+  <si>
+    <t>10,374,122</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>3,534,202</t>
-[...5 lines deleted...]
-    <t>3,646,444</t>
+    <t>8,501,645</t>
+  </si>
+  <si>
+    <t>10,557,038</t>
+  </si>
+  <si>
+    <t>7,285,392</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>956</t>
+    <t>50,754</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>133,210,639</t>
-[...2 lines deleted...]
-    <t>439,488,937</t>
+    <t>121,863,838</t>
+  </si>
+  <si>
+    <t>1,147,139</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>124,258</t>
-[...2 lines deleted...]
-    <t>73,102</t>
+    <t>122,500</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>274,929</t>
-[...2 lines deleted...]
-    <t>320,431</t>
+    <t>115,639</t>
+  </si>
+  <si>
+    <t>27,941</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>1,477</t>
-[...2 lines deleted...]
-    <t>1,446</t>
+    <t>20,492</t>
+  </si>
+  <si>
+    <t>42 เครื่องหนัง</t>
+  </si>
+  <si>
+    <t>12,441</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>16,398</t>
-[...2 lines deleted...]
-    <t>168</t>
+    <t>150,431</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>5,581</t>
-[...5 lines deleted...]
-    <t>2,540</t>
+    <t>4,488</t>
+  </si>
+  <si>
+    <t>2,343</t>
+  </si>
+  <si>
+    <t>1,222</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>199</t>
-[...2 lines deleted...]
-    <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
+    <t>561</t>
   </si>
   <si>
     <t>1,156</t>
   </si>
   <si>
-    <t>198</t>
+    <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
+  </si>
+  <si>
+    <t>21,192</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>9,159,103</t>
-[...5 lines deleted...]
-    <t>8,737,984</t>
+    <t>15,566,655</t>
+  </si>
+  <si>
+    <t>8,525,552</t>
+  </si>
+  <si>
+    <t>2,614,531</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>3,221,691</t>
-[...5 lines deleted...]
-    <t>1,436,659</t>
+    <t>7,003,716</t>
+  </si>
+  <si>
+    <t>2,088,891</t>
+  </si>
+  <si>
+    <t>685,544</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>50,272</t>
-[...11 lines deleted...]
-    <t>8,254</t>
+    <t>9,739</t>
+  </si>
+  <si>
+    <t>20,184</t>
+  </si>
+  <si>
+    <t>10,729</t>
+  </si>
+  <si>
+    <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
+  </si>
+  <si>
+    <t>329</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>5,630</t>
-[...2 lines deleted...]
-    <t>67,124</t>
+    <t>1,125</t>
+  </si>
+  <si>
+    <t>8,588</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>1,314</t>
+    <t>237</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>325,153</t>
-[...2 lines deleted...]
-    <t>165</t>
+    <t>1,501</t>
+  </si>
+  <si>
+    <t>72 เหล็กและเหล็กกล้า</t>
+  </si>
+  <si>
+    <t>110,844</t>
+  </si>
+  <si>
+    <t>107,808</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>1,266,015</t>
-[...5 lines deleted...]
-    <t>325,114</t>
+    <t>43,629</t>
+  </si>
+  <si>
+    <t>2,339</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>1,235,557</t>
-[...8 lines deleted...]
-    <t>1,592</t>
+    <t>4,351,306</t>
+  </si>
+  <si>
+    <t>16,797,740</t>
+  </si>
+  <si>
+    <t>1,213,926</t>
+  </si>
+  <si>
+    <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
+  </si>
+  <si>
+    <t>239</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>132,484</t>
-[...5 lines deleted...]
-    <t>177,285</t>
+    <t>46,208</t>
+  </si>
+  <si>
+    <t>20,463</t>
+  </si>
+  <si>
+    <t>4,236</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>50,731</t>
-[...5 lines deleted...]
-    <t>57,821</t>
+    <t>2,700</t>
+  </si>
+  <si>
+    <t>166,281</t>
+  </si>
+  <si>
+    <t>30,210</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>11,322</t>
+    <t>2,788</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>25,527</t>
-[...11 lines deleted...]
-    <t>881</t>
+    <t>29,338</t>
+  </si>
+  <si>
+    <t>79,169</t>
+  </si>
+  <si>
+    <t>33,682</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>3,272</t>
-[...2 lines deleted...]
-    <t>3,246</t>
+    <t>500</t>
+  </si>
+  <si>
+    <t>4,449</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>5,228</t>
-[...5 lines deleted...]
-    <t>196</t>
+    <t>1,417</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -731,627 +734,669 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D47"/>
+  <dimension ref="A1:D50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A47" sqref="A47"/>
+      <selection activeCell="A50" sqref="A50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>16</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>19</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>24</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" t="s">
         <v>26</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="D16" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="B19" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="B20" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B22" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="D22" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="B23" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="B24" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>72</v>
+        <v>9</v>
       </c>
       <c r="D24" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="B25" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="D25" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="B26" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="C26" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="D26" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="B27" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="C27" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="D27" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>84</v>
+        <v>9</v>
       </c>
       <c r="D28" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="B29" t="s">
-        <v>10</v>
+        <v>78</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>79</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="B30" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="B31" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="D31" t="s">
-        <v>94</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="B32" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="D32" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="B33" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="C33" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="D33" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="B34" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="C34" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="D34" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="B35" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>106</v>
+        <v>9</v>
       </c>
       <c r="D35" t="s">
-        <v>10</v>
+        <v>95</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="B36" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C36" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="D36" t="s">
-        <v>10</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="B37" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="D37" t="s">
-        <v>10</v>
+        <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>104</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>9</v>
+      </c>
+      <c r="D38" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>106</v>
+      </c>
+      <c r="B39" t="s">
+        <v>107</v>
+      </c>
+      <c r="C39" t="s">
+        <v>108</v>
+      </c>
+      <c r="D39" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>110</v>
+      </c>
+      <c r="B40" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" t="s">
         <v>112</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D40" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
         <v>113</v>
       </c>
-      <c r="D38" t="s">
-[...4 lines deleted...]
-      <c r="A39" s="2" t="s">
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>114</v>
+      </c>
+      <c r="D41" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B39" s="2" t="s">
+      <c r="B42" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C39" s="2" t="s">
+      <c r="C42" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D39" s="2" t="s">
+      <c r="D42" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="46" spans="1:4">
-[...9 lines deleted...]
-      <c r="D47" s="3"/>
+    <row r="49" spans="1:4">
+      <c r="A49" s="3"/>
+      <c r="B49" s="3"/>
+      <c r="C49" s="3"/>
+      <c r="D49" s="3"/>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" s="3"/>
+      <c r="B50" s="3"/>
+      <c r="C50" s="3"/>
+      <c r="D50" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A46:D46"/>
-    <mergeCell ref="A47:D47"/>
+    <mergeCell ref="A49:D49"/>
+    <mergeCell ref="A50:D50"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>