--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,737 +12,725 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>1,220,715,200</t>
-[...5 lines deleted...]
-    <t>1,680,614,071</t>
+    <t>1,636,718,254</t>
+  </si>
+  <si>
+    <t>1,410,850,366</t>
+  </si>
+  <si>
+    <t>1,175,994,323</t>
+  </si>
+  <si>
+    <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>254,390</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>4,264,320</t>
-[...5 lines deleted...]
-    <t>20,251,934</t>
+    <t>15,194,921</t>
+  </si>
+  <si>
+    <t>9,180,441</t>
+  </si>
+  <si>
+    <t>21,315,414</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>20,575,982</t>
-[...23 lines deleted...]
-    <t>243,633</t>
+    <t>3,312,181</t>
+  </si>
+  <si>
+    <t>26,677,559</t>
+  </si>
+  <si>
+    <t>17,106,683</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>2,660,701</t>
+    <t>928,104</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>181,825</t>
-[...2 lines deleted...]
-    <t>98,470</t>
+    <t>171,664</t>
+  </si>
+  <si>
+    <t>512,305</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>346,835</t>
-[...5 lines deleted...]
-    <t>561,932</t>
+    <t>345,477</t>
+  </si>
+  <si>
+    <t>16,163</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>1,219,399</t>
-[...5 lines deleted...]
-    <t>179,126</t>
+    <t>1,205,916</t>
+  </si>
+  <si>
+    <t>877,348</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>101,297,151</t>
-[...5 lines deleted...]
-    <t>116,657,939</t>
+    <t>210,211,610</t>
+  </si>
+  <si>
+    <t>117,569,403</t>
+  </si>
+  <si>
+    <t>161,667,603</t>
+  </si>
+  <si>
+    <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
+  </si>
+  <si>
+    <t>251,678</t>
+  </si>
+  <si>
+    <t>85,840</t>
+  </si>
+  <si>
+    <t>4,800</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>44,201,346</t>
-[...5 lines deleted...]
-    <t>61,180,029</t>
+    <t>74,984,038</t>
+  </si>
+  <si>
+    <t>51,122,733</t>
+  </si>
+  <si>
+    <t>43,694,565</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>10,519,167</t>
-[...5 lines deleted...]
-    <t>10,370,770</t>
+    <t>12,152,204</t>
+  </si>
+  <si>
+    <t>10,206,080</t>
+  </si>
+  <si>
+    <t>9,585,360</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>5,104,353</t>
-[...5 lines deleted...]
-    <t>8,898,161</t>
+    <t>12,707,712</t>
+  </si>
+  <si>
+    <t>9,608,787</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>7,811</t>
-[...8 lines deleted...]
-    <t>1,492</t>
+    <t>7,064</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>942,473</t>
-[...5 lines deleted...]
-    <t>481,182</t>
+    <t>547,160</t>
+  </si>
+  <si>
+    <t>364,228</t>
+  </si>
+  <si>
+    <t>828,152</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>3,620,104</t>
-[...5 lines deleted...]
-    <t>5,898,392</t>
+    <t>88,144</t>
+  </si>
+  <si>
+    <t>7,748,962</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>256,982,330</t>
-[...5 lines deleted...]
-    <t>308,266,511</t>
+    <t>348,889,843</t>
+  </si>
+  <si>
+    <t>477,017,424</t>
+  </si>
+  <si>
+    <t>277,894,478</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>789,312</t>
-[...5 lines deleted...]
-    <t>1,861,662</t>
+    <t>564,742</t>
+  </si>
+  <si>
+    <t>337,136</t>
+  </si>
+  <si>
+    <t>1,445,634</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>53,620,313</t>
-[...5 lines deleted...]
-    <t>5,604,430</t>
+    <t>20,668,290</t>
+  </si>
+  <si>
+    <t>52,797,608</t>
+  </si>
+  <si>
+    <t>20,984,528</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>2,427,579</t>
-[...5 lines deleted...]
-    <t>4,114,637</t>
+    <t>692,092</t>
+  </si>
+  <si>
+    <t>1,427,233</t>
+  </si>
+  <si>
+    <t>660,406</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>33,799,052</t>
-[...14 lines deleted...]
-    <t>8,670</t>
+    <t>37,250,161</t>
+  </si>
+  <si>
+    <t>31,330,360</t>
+  </si>
+  <si>
+    <t>2,472,944</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>68,033,440</t>
-[...5 lines deleted...]
-    <t>56,647,514</t>
+    <t>78,308,264</t>
+  </si>
+  <si>
+    <t>106,203,557</t>
+  </si>
+  <si>
+    <t>144,030,593</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>10,874,724</t>
-[...5 lines deleted...]
-    <t>16,103,180</t>
+    <t>23,888,584</t>
+  </si>
+  <si>
+    <t>9,299,038</t>
+  </si>
+  <si>
+    <t>20,150,363</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>566,942</t>
-[...5 lines deleted...]
-    <t>334,623</t>
+    <t>1,360,995</t>
+  </si>
+  <si>
+    <t>298,867</t>
+  </si>
+  <si>
+    <t>420,449</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>41,273</t>
-[...8 lines deleted...]
-    <t>1,339</t>
+    <t>2,691</t>
+  </si>
+  <si>
+    <t>7,951</t>
+  </si>
+  <si>
+    <t>47 เยื่อไม้</t>
+  </si>
+  <si>
+    <t>8,056,112</t>
+  </si>
+  <si>
+    <t>5,173,091</t>
+  </si>
+  <si>
+    <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
+  </si>
+  <si>
+    <t>283,278</t>
+  </si>
+  <si>
+    <t>149,942</t>
+  </si>
+  <si>
+    <t>190,766</t>
+  </si>
+  <si>
+    <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
+  </si>
+  <si>
+    <t>134,614</t>
+  </si>
+  <si>
+    <t>152,441</t>
+  </si>
+  <si>
+    <t>970,730</t>
+  </si>
+  <si>
+    <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
+  </si>
+  <si>
+    <t>507,007</t>
+  </si>
+  <si>
+    <t>70,092</t>
+  </si>
+  <si>
+    <t>276,727</t>
+  </si>
+  <si>
+    <t>52 ฝ้าย</t>
+  </si>
+  <si>
+    <t>578,057</t>
+  </si>
+  <si>
+    <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
+  </si>
+  <si>
+    <t>245,383</t>
+  </si>
+  <si>
+    <t>940,525</t>
+  </si>
+  <si>
+    <t>188,144</t>
+  </si>
+  <si>
+    <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
+  </si>
+  <si>
+    <t>112,998</t>
+  </si>
+  <si>
+    <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>1,605,441</t>
+  </si>
+  <si>
+    <t>129,466</t>
+  </si>
+  <si>
+    <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
+  </si>
+  <si>
+    <t>35,536</t>
+  </si>
+  <si>
+    <t>28,462</t>
+  </si>
+  <si>
+    <t>29,343</t>
+  </si>
+  <si>
+    <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
+  </si>
+  <si>
+    <t>80,215</t>
+  </si>
+  <si>
+    <t>162,318</t>
+  </si>
+  <si>
+    <t>72,231</t>
+  </si>
+  <si>
+    <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
+  </si>
+  <si>
+    <t>42,291</t>
+  </si>
+  <si>
+    <t>30,682</t>
+  </si>
+  <si>
+    <t>12,917</t>
+  </si>
+  <si>
+    <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
+  </si>
+  <si>
+    <t>17,069</t>
+  </si>
+  <si>
+    <t>12,823</t>
+  </si>
+  <si>
+    <t>64 รองเท้า</t>
+  </si>
+  <si>
+    <t>13,412</t>
+  </si>
+  <si>
+    <t>28,391</t>
+  </si>
+  <si>
+    <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
+  </si>
+  <si>
+    <t>4,027</t>
+  </si>
+  <si>
+    <t>22,484</t>
+  </si>
+  <si>
+    <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
+  </si>
+  <si>
+    <t>88,411</t>
+  </si>
+  <si>
+    <t>14,223</t>
+  </si>
+  <si>
+    <t>108,186</t>
+  </si>
+  <si>
+    <t>69 ผลิตภัณฑ์เซรามิก</t>
+  </si>
+  <si>
+    <t>1,500</t>
+  </si>
+  <si>
+    <t>8,000</t>
+  </si>
+  <si>
+    <t>70 แก้วและเครื่องแก้ว</t>
+  </si>
+  <si>
+    <t>139,380</t>
+  </si>
+  <si>
+    <t>62,195</t>
+  </si>
+  <si>
+    <t>13,820</t>
+  </si>
+  <si>
+    <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
+  </si>
+  <si>
+    <t>5,355,234</t>
+  </si>
+  <si>
+    <t>3,934,291</t>
+  </si>
+  <si>
+    <t>4,074,872</t>
+  </si>
+  <si>
+    <t>72 เหล็กและเหล็กกล้า</t>
+  </si>
+  <si>
+    <t>408,265</t>
+  </si>
+  <si>
+    <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
+  </si>
+  <si>
+    <t>4,719,158</t>
+  </si>
+  <si>
+    <t>3,035,949</t>
+  </si>
+  <si>
+    <t>3,332,540</t>
+  </si>
+  <si>
+    <t>74 ทองแดงและชองทำด้วยทองแดง</t>
+  </si>
+  <si>
+    <t>288,423</t>
+  </si>
+  <si>
+    <t>6,331,403</t>
+  </si>
+  <si>
+    <t>81,042</t>
+  </si>
+  <si>
+    <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
+  </si>
+  <si>
+    <t>717,012</t>
+  </si>
+  <si>
+    <t>386,767</t>
+  </si>
+  <si>
+    <t>1,941,649</t>
+  </si>
+  <si>
+    <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
+  </si>
+  <si>
+    <t>7,301,285</t>
+  </si>
+  <si>
+    <t>18,017,001</t>
+  </si>
+  <si>
+    <t>126,615</t>
+  </si>
+  <si>
+    <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
+  </si>
+  <si>
+    <t>26,754</t>
+  </si>
+  <si>
+    <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
+  </si>
+  <si>
+    <t>2,978,787</t>
+  </si>
+  <si>
+    <t>6,349,761</t>
+  </si>
+  <si>
+    <t>6,194,671</t>
+  </si>
+  <si>
+    <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
+  </si>
+  <si>
+    <t>23,348</t>
+  </si>
+  <si>
+    <t>258,856</t>
+  </si>
+  <si>
+    <t>38,216</t>
+  </si>
+  <si>
+    <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
+  </si>
+  <si>
+    <t>373,927,711</t>
+  </si>
+  <si>
+    <t>66,847,870</t>
+  </si>
+  <si>
+    <t>48,497,410</t>
+  </si>
+  <si>
+    <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
+  </si>
+  <si>
+    <t>63,245,372</t>
+  </si>
+  <si>
+    <t>68,207,403</t>
+  </si>
+  <si>
+    <t>55,846,791</t>
+  </si>
+  <si>
+    <t>87 ยานยนต์และส่วนประกอบ</t>
+  </si>
+  <si>
+    <t>2,130,617</t>
+  </si>
+  <si>
+    <t>649,380</t>
+  </si>
+  <si>
+    <t>1,378,530</t>
+  </si>
+  <si>
+    <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
+  </si>
+  <si>
+    <t>5,659,645</t>
+  </si>
+  <si>
+    <t>9,345</t>
+  </si>
+  <si>
+    <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
+  </si>
+  <si>
+    <t>318,915,455</t>
+  </si>
+  <si>
+    <t>322,812,718</t>
+  </si>
+  <si>
+    <t>318,151,347</t>
+  </si>
+  <si>
+    <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
+  </si>
+  <si>
+    <t>4,783</t>
+  </si>
+  <si>
+    <t>37,494</t>
+  </si>
+  <si>
+    <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
     <t>5,000</t>
   </si>
   <si>
-    <t>47 เยื่อไม้</t>
-[...332 lines deleted...]
-    <t>2,487</t>
+    <t>4,000</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>41,508</t>
-[...5 lines deleted...]
-    <t>82,675</t>
+    <t>62,403</t>
+  </si>
+  <si>
+    <t>62,103</t>
+  </si>
+  <si>
+    <t>14,616</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>7,121</t>
-[...5 lines deleted...]
-    <t>8,426</t>
+    <t>33,718</t>
+  </si>
+  <si>
+    <t>20,342</t>
+  </si>
+  <si>
+    <t>40,317</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>33,502</t>
-[...5 lines deleted...]
-    <t>727,941</t>
+    <t>704,338</t>
+  </si>
+  <si>
+    <t>8,824</t>
+  </si>
+  <si>
+    <t>627,543</t>
+  </si>
+  <si>
+    <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
+  </si>
+  <si>
+    <t>3,000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1087,947 +1075,947 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A73" sqref="A73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>17</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>28</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" t="s">
         <v>31</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>32</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
         <v>35</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>36</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" t="s">
         <v>39</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>40</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" t="s">
         <v>43</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>44</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" t="s">
         <v>47</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>48</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B15" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>55</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
         <v>56</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>58</v>
+      </c>
+      <c r="B18" t="s">
+        <v>59</v>
+      </c>
+      <c r="C18" t="s">
         <v>60</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" t="s">
         <v>64</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>66</v>
+      </c>
+      <c r="B20" t="s">
+        <v>67</v>
+      </c>
+      <c r="C20" t="s">
         <v>68</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>70</v>
+      </c>
+      <c r="B21" t="s">
+        <v>71</v>
+      </c>
+      <c r="C21" t="s">
         <v>72</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" t="s">
+        <v>75</v>
+      </c>
+      <c r="C22" t="s">
         <v>76</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>78</v>
+      </c>
+      <c r="B23" t="s">
+        <v>79</v>
+      </c>
+      <c r="C23" t="s">
         <v>80</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>82</v>
+      </c>
+      <c r="B24" t="s">
+        <v>83</v>
+      </c>
+      <c r="C24" t="s">
         <v>84</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>86</v>
+      </c>
+      <c r="B25" t="s">
         <v>87</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>88</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>90</v>
+      </c>
+      <c r="B26" t="s">
         <v>91</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>93</v>
+      </c>
+      <c r="B27" t="s">
+        <v>94</v>
+      </c>
+      <c r="C27" t="s">
         <v>95</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>96</v>
+      </c>
+      <c r="B28" t="s">
+        <v>97</v>
+      </c>
+      <c r="C28" t="s">
+        <v>98</v>
+      </c>
+      <c r="D28" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>100</v>
+      </c>
+      <c r="B29" t="s">
+        <v>101</v>
+      </c>
+      <c r="C29" t="s">
         <v>102</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>104</v>
+      </c>
+      <c r="B30" t="s">
         <v>105</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>106</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>108</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>9</v>
+      </c>
+      <c r="D31" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>110</v>
+      </c>
+      <c r="B32" t="s">
+        <v>111</v>
+      </c>
+      <c r="C32" t="s">
+        <v>112</v>
+      </c>
+      <c r="D32" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B33" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D33" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B34" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C34" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="D34" t="s">
-        <v>19</v>
+        <v>119</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B35" t="s">
-        <v>123</v>
+        <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D35" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>122</v>
+      </c>
+      <c r="B36" t="s">
+        <v>123</v>
+      </c>
+      <c r="C36" t="s">
+        <v>124</v>
+      </c>
+      <c r="D36" t="s">
         <v>125</v>
-      </c>
-[...7 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>126</v>
+      </c>
+      <c r="B37" t="s">
+        <v>127</v>
+      </c>
+      <c r="C37" t="s">
+        <v>128</v>
+      </c>
+      <c r="D37" t="s">
         <v>129</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>130</v>
+      </c>
+      <c r="B38" t="s">
         <v>131</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" t="s">
-        <v>19</v>
+        <v>132</v>
       </c>
       <c r="D38" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B39" t="s">
-        <v>19</v>
+        <v>135</v>
       </c>
       <c r="C39" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D39" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B40" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C40" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D40" t="s">
-        <v>138</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B41" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C41" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D41" t="s">
-        <v>142</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>143</v>
       </c>
       <c r="B42" t="s">
         <v>144</v>
       </c>
       <c r="C42" t="s">
         <v>145</v>
       </c>
       <c r="D42" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>147</v>
       </c>
       <c r="B43" t="s">
         <v>148</v>
       </c>
       <c r="C43" t="s">
+        <v>9</v>
+      </c>
+      <c r="D43" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>150</v>
+      </c>
+      <c r="B44" t="s">
         <v>151</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>152</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>154</v>
       </c>
       <c r="B45" t="s">
         <v>155</v>
       </c>
       <c r="C45" t="s">
         <v>156</v>
       </c>
       <c r="D45" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>158</v>
       </c>
       <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>160</v>
+      </c>
+      <c r="B47" t="s">
+        <v>161</v>
+      </c>
+      <c r="C47" t="s">
         <v>162</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>164</v>
+      </c>
+      <c r="B48" t="s">
+        <v>165</v>
+      </c>
+      <c r="C48" t="s">
         <v>166</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>168</v>
+      </c>
+      <c r="B49" t="s">
+        <v>169</v>
+      </c>
+      <c r="C49" t="s">
         <v>170</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>172</v>
+      </c>
+      <c r="B50" t="s">
+        <v>173</v>
+      </c>
+      <c r="C50" t="s">
         <v>174</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B51" t="s">
-        <v>179</v>
+        <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D51" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>178</v>
+      </c>
+      <c r="B52" t="s">
+        <v>179</v>
+      </c>
+      <c r="C52" t="s">
+        <v>180</v>
+      </c>
+      <c r="D52" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>182</v>
+      </c>
+      <c r="B53" t="s">
+        <v>183</v>
+      </c>
+      <c r="C53" t="s">
         <v>184</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>186</v>
+      </c>
+      <c r="B54" t="s">
+        <v>187</v>
+      </c>
+      <c r="C54" t="s">
         <v>188</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>190</v>
+      </c>
+      <c r="B55" t="s">
+        <v>191</v>
+      </c>
+      <c r="C55" t="s">
         <v>192</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>194</v>
+      </c>
+      <c r="B56" t="s">
+        <v>195</v>
+      </c>
+      <c r="C56" t="s">
         <v>196</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>198</v>
+      </c>
+      <c r="B57" t="s">
+        <v>199</v>
+      </c>
+      <c r="C57" t="s">
         <v>200</v>
       </c>
-      <c r="B57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57" t="s">
-        <v>203</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>201</v>
+      </c>
+      <c r="B58" t="s">
+        <v>202</v>
+      </c>
+      <c r="C58" t="s">
+        <v>203</v>
+      </c>
+      <c r="D58" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B59" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C59" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D59" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B60" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C60" t="s">
-        <v>214</v>
+        <v>9</v>
       </c>
       <c r="D60" t="s">
-        <v>19</v>
+        <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B61" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C61" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="D61" t="s">
-        <v>19</v>
+        <v>214</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>215</v>
+      </c>
+      <c r="B62" t="s">
+        <v>216</v>
+      </c>
+      <c r="C62" t="s">
         <v>217</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>219</v>
+      </c>
+      <c r="B63" t="s">
+        <v>220</v>
+      </c>
+      <c r="C63" t="s">
         <v>221</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B64" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C64" t="s">
-        <v>227</v>
+        <v>9</v>
       </c>
       <c r="D64" t="s">
-        <v>228</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3"/>
       <c r="B72" s="3"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3"/>
       <c r="B73" s="3"/>