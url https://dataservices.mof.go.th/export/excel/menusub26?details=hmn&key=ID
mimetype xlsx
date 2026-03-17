--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -17,1116 +17,1116 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="357">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>25,388,527,229</t>
-[...5 lines deleted...]
-    <t>25,931,179,429</t>
+    <t>31,735,751,702</t>
+  </si>
+  <si>
+    <t>22,507,613,965</t>
+  </si>
+  <si>
+    <t>31,266,814,183</t>
+  </si>
+  <si>
+    <t>01 สัตว์มีชีวิต</t>
+  </si>
+  <si>
+    <t>5,000</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>5,521</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>500,214,818</t>
-[...5 lines deleted...]
-    <t>259,084,017</t>
+    <t>233,203,328</t>
+  </si>
+  <si>
+    <t>487,125,471</t>
+  </si>
+  <si>
+    <t>795,517,359</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>96,903,890</t>
-[...5 lines deleted...]
-    <t>163,365,526</t>
+    <t>107,008,070</t>
+  </si>
+  <si>
+    <t>117,554,764</t>
+  </si>
+  <si>
+    <t>56,164,742</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>354,879</t>
-[...5 lines deleted...]
-    <t>78,827</t>
+    <t>311,019</t>
+  </si>
+  <si>
+    <t>204,116</t>
+  </si>
+  <si>
+    <t>191,326</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>11,687,270</t>
-[...5 lines deleted...]
-    <t>2,114,337</t>
+    <t>16,935,246</t>
+  </si>
+  <si>
+    <t>24,288,512</t>
+  </si>
+  <si>
+    <t>13,286,608</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>21,635,174</t>
-[...5 lines deleted...]
-    <t>4,058,443</t>
+    <t>746,947</t>
+  </si>
+  <si>
+    <t>3,919,665</t>
+  </si>
+  <si>
+    <t>15,783,528</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>256,232,893</t>
-[...5 lines deleted...]
-    <t>326,461,641</t>
+    <t>178,024,670</t>
+  </si>
+  <si>
+    <t>214,384,982</t>
+  </si>
+  <si>
+    <t>468,546,638</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>276,969,023</t>
-[...5 lines deleted...]
-    <t>399,714,854</t>
+    <t>40,605,093</t>
+  </si>
+  <si>
+    <t>145,687,345</t>
+  </si>
+  <si>
+    <t>50,049,503</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>0</t>
-[...5 lines deleted...]
-    <t>21,096,107</t>
+    <t>4,726</t>
+  </si>
+  <si>
+    <t>6,712</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>6,528,936</t>
-[...5 lines deleted...]
-    <t>3,474,361</t>
+    <t>695,128</t>
+  </si>
+  <si>
+    <t>1,623,438</t>
+  </si>
+  <si>
+    <t>6,033,363</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>14,589,981</t>
-[...5 lines deleted...]
-    <t>28,842,994</t>
+    <t>3,604,172</t>
+  </si>
+  <si>
+    <t>3,001,164</t>
+  </si>
+  <si>
+    <t>5,501,318</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>9,846,703</t>
-[...5 lines deleted...]
-    <t>3,713,131</t>
+    <t>15,414,779</t>
+  </si>
+  <si>
+    <t>12,900,432</t>
+  </si>
+  <si>
+    <t>12,098,263</t>
   </si>
   <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
-    <t>63,294,751</t>
-[...5 lines deleted...]
-    <t>63,192,811</t>
+    <t>60,404,665</t>
+  </si>
+  <si>
+    <t>84,590,895</t>
+  </si>
+  <si>
+    <t>34,581,009</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>228,416,352</t>
-[...5 lines deleted...]
-    <t>207,910,942</t>
+    <t>402,643,969</t>
+  </si>
+  <si>
+    <t>283,357,097</t>
+  </si>
+  <si>
+    <t>312,664,154</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>186,415,175</t>
-[...5 lines deleted...]
-    <t>235,905,162</t>
+    <t>97,030,707</t>
+  </si>
+  <si>
+    <t>243,430,832</t>
+  </si>
+  <si>
+    <t>188,909,313</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>100,508,016</t>
-[...5 lines deleted...]
-    <t>100,158,411</t>
+    <t>87,300,833</t>
+  </si>
+  <si>
+    <t>92,549,745</t>
+  </si>
+  <si>
+    <t>149,982,451</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>202,407,685</t>
-[...5 lines deleted...]
-    <t>120,538,710</t>
+    <t>145,648,627</t>
+  </si>
+  <si>
+    <t>156,598,694</t>
+  </si>
+  <si>
+    <t>162,090,506</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>410,407,460</t>
-[...5 lines deleted...]
-    <t>298,067,131</t>
+    <t>285,002,014</t>
+  </si>
+  <si>
+    <t>304,349,511</t>
+  </si>
+  <si>
+    <t>274,478,079</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>33,226,747</t>
-[...5 lines deleted...]
-    <t>45,023,108</t>
+    <t>20,804,646</t>
+  </si>
+  <si>
+    <t>14,639,534</t>
+  </si>
+  <si>
+    <t>20,229,989</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>265,838,452</t>
-[...5 lines deleted...]
-    <t>279,682,774</t>
+    <t>243,475,439</t>
+  </si>
+  <si>
+    <t>281,803,356</t>
+  </si>
+  <si>
+    <t>235,047,108</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>30,339,430</t>
-[...5 lines deleted...]
-    <t>206,218,650</t>
+    <t>47,256,291</t>
+  </si>
+  <si>
+    <t>41,106,387</t>
+  </si>
+  <si>
+    <t>67,447,094</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>63,505,992</t>
-[...5 lines deleted...]
-    <t>52,608,922</t>
+    <t>140,335,423</t>
+  </si>
+  <si>
+    <t>150,919,376</t>
+  </si>
+  <si>
+    <t>63,945,997</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>210,638,162</t>
-[...5 lines deleted...]
-    <t>249,405,728</t>
+    <t>317,386,280</t>
+  </si>
+  <si>
+    <t>84,695,833</t>
+  </si>
+  <si>
+    <t>229,425,525</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>7,834,889</t>
-[...5 lines deleted...]
-    <t>6,576,527</t>
+    <t>3,458,656</t>
+  </si>
+  <si>
+    <t>2,634,739</t>
+  </si>
+  <si>
+    <t>2,444,338</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>120,105</t>
-[...2 lines deleted...]
-    <t>386,414</t>
+    <t>583,462</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>7,346,202,063</t>
-[...5 lines deleted...]
-    <t>5,662,655,695</t>
+    <t>6,363,220,986</t>
+  </si>
+  <si>
+    <t>6,890,193,746</t>
+  </si>
+  <si>
+    <t>6,112,991,265</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>113,179,045</t>
-[...5 lines deleted...]
-    <t>155,476,517</t>
+    <t>180,029,121</t>
+  </si>
+  <si>
+    <t>240,124,843</t>
+  </si>
+  <si>
+    <t>128,549,433</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>435,159,802</t>
-[...5 lines deleted...]
-    <t>494,602,195</t>
+    <t>378,165,883</t>
+  </si>
+  <si>
+    <t>522,516,534</t>
+  </si>
+  <si>
+    <t>422,459,492</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>75,620,858</t>
-[...5 lines deleted...]
-    <t>70,151,560</t>
+    <t>60,703,323</t>
+  </si>
+  <si>
+    <t>41,349,640</t>
+  </si>
+  <si>
+    <t>85,269,829</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>494,788</t>
-[...5 lines deleted...]
-    <t>305,971,782</t>
+    <t>4,064,228</t>
+  </si>
+  <si>
+    <t>57,803,631</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>67,174,399</t>
-[...5 lines deleted...]
-    <t>85,426,755</t>
+    <t>81,647,008</t>
+  </si>
+  <si>
+    <t>57,454,748</t>
+  </si>
+  <si>
+    <t>52,942,374</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>436,316,207</t>
-[...5 lines deleted...]
-    <t>605,761,590</t>
+    <t>338,304,215</t>
+  </si>
+  <si>
+    <t>379,340,298</t>
+  </si>
+  <si>
+    <t>312,388,243</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>115,398,695</t>
-[...5 lines deleted...]
-    <t>146,229,876</t>
+    <t>108,490,471</t>
+  </si>
+  <si>
+    <t>100,221,098</t>
+  </si>
+  <si>
+    <t>102,415,852</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>18,570,498</t>
-[...5 lines deleted...]
-    <t>24,858,482</t>
+    <t>13,690,282</t>
+  </si>
+  <si>
+    <t>15,071,123</t>
+  </si>
+  <si>
+    <t>13,551,802</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>2,170</t>
-[...2 lines deleted...]
-    <t>45,691</t>
+    <t>2,025</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>664,876,716</t>
-[...5 lines deleted...]
-    <t>995,087,620</t>
+    <t>512,523,389</t>
+  </si>
+  <si>
+    <t>837,856,206</t>
+  </si>
+  <si>
+    <t>1,025,112,377</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>312,641,901</t>
-[...5 lines deleted...]
-    <t>355,108,608</t>
+    <t>303,862,632</t>
+  </si>
+  <si>
+    <t>326,532,740</t>
+  </si>
+  <si>
+    <t>275,429,346</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>344,728,078</t>
-[...5 lines deleted...]
-    <t>290,751,167</t>
+    <t>211,731,008</t>
+  </si>
+  <si>
+    <t>226,891,694</t>
+  </si>
+  <si>
+    <t>276,576,679</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>1,654,392</t>
-[...5 lines deleted...]
-    <t>2,004,841</t>
+    <t>5,405,021</t>
+  </si>
+  <si>
+    <t>902,193</t>
+  </si>
+  <si>
+    <t>7,934,778</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>45,780,100</t>
-[...5 lines deleted...]
-    <t>49,032,875</t>
+    <t>71,322,087</t>
+  </si>
+  <si>
+    <t>108,266,746</t>
+  </si>
+  <si>
+    <t>41,339,413</t>
+  </si>
+  <si>
+    <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
+  </si>
+  <si>
+    <t>355</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>44,620,770</t>
-[...5 lines deleted...]
-    <t>47,094,271</t>
+    <t>35,432,469</t>
+  </si>
+  <si>
+    <t>31,714,226</t>
+  </si>
+  <si>
+    <t>36,065,862</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>836,242</t>
-[...5 lines deleted...]
-    <t>1,064,836</t>
+    <t>144,146</t>
+  </si>
+  <si>
+    <t>486,852</t>
+  </si>
+  <si>
+    <t>471,349</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>18,767,790</t>
-[...5 lines deleted...]
-    <t>53,286,201</t>
+    <t>11,868</t>
+  </si>
+  <si>
+    <t>17,674,479</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>442,152,761</t>
-[...5 lines deleted...]
-    <t>602,020,643</t>
+    <t>446,764,890</t>
+  </si>
+  <si>
+    <t>384,628,273</t>
+  </si>
+  <si>
+    <t>309,013,592</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>1,943,391</t>
-[...5 lines deleted...]
-    <t>2,164,958</t>
+    <t>2,184,174</t>
+  </si>
+  <si>
+    <t>2,300,010</t>
+  </si>
+  <si>
+    <t>1,884,153</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>1,380</t>
-[...2 lines deleted...]
-    <t>2,869</t>
+    <t>848</t>
+  </si>
+  <si>
+    <t>586</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>29,172,377</t>
-[...11 lines deleted...]
-    <t>64,229</t>
+    <t>23,918,308</t>
+  </si>
+  <si>
+    <t>24,583,674</t>
+  </si>
+  <si>
+    <t>35,475,147</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>119,433,345</t>
-[...5 lines deleted...]
-    <t>93,434,543</t>
+    <t>68,256,356</t>
+  </si>
+  <si>
+    <t>133,865,164</t>
+  </si>
+  <si>
+    <t>98,127,907</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>50,771,179</t>
-[...5 lines deleted...]
-    <t>69,947,430</t>
+    <t>73,863,868</t>
+  </si>
+  <si>
+    <t>37,004,197</t>
+  </si>
+  <si>
+    <t>65,618,050</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>17,835,830</t>
-[...5 lines deleted...]
-    <t>16,889,780</t>
+    <t>15,057,119</t>
+  </si>
+  <si>
+    <t>11,533,712</t>
+  </si>
+  <si>
+    <t>17,043,790</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>7,138,723</t>
-[...5 lines deleted...]
-    <t>6,961,369</t>
+    <t>3,904,445</t>
+  </si>
+  <si>
+    <t>6,187,628</t>
+  </si>
+  <si>
+    <t>2,327,514</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>1,525,424</t>
-[...5 lines deleted...]
-    <t>2,811,706</t>
+    <t>1,453,391</t>
+  </si>
+  <si>
+    <t>658,670</t>
+  </si>
+  <si>
+    <t>1,824,959</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>12,633,280</t>
-[...5 lines deleted...]
-    <t>8,085,699</t>
+    <t>14,694,225</t>
+  </si>
+  <si>
+    <t>11,712,282</t>
+  </si>
+  <si>
+    <t>11,017,409</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>20,105,167</t>
-[...5 lines deleted...]
-    <t>19,000,221</t>
+    <t>10,663,210</t>
+  </si>
+  <si>
+    <t>12,727,111</t>
+  </si>
+  <si>
+    <t>14,646,868</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>54,020,221</t>
-[...5 lines deleted...]
-    <t>73,432,544</t>
+    <t>78,162,570</t>
+  </si>
+  <si>
+    <t>65,378,054</t>
+  </si>
+  <si>
+    <t>131,250,346</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>42,192,578</t>
-[...5 lines deleted...]
-    <t>85,231,445</t>
+    <t>99,568,252</t>
+  </si>
+  <si>
+    <t>77,378,392</t>
+  </si>
+  <si>
+    <t>92,076,583</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>22,222,950</t>
-[...5 lines deleted...]
-    <t>14,537,061</t>
+    <t>14,513,814</t>
+  </si>
+  <si>
+    <t>4,096,329</t>
+  </si>
+  <si>
+    <t>11,995,042</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>182,155,232</t>
-[...5 lines deleted...]
-    <t>333,346,911</t>
+    <t>381,986,663</t>
+  </si>
+  <si>
+    <t>240,046,064</t>
+  </si>
+  <si>
+    <t>331,748,394</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>7,467,631</t>
-[...5 lines deleted...]
-    <t>7,292,031</t>
+    <t>6,900,065</t>
+  </si>
+  <si>
+    <t>6,626,629</t>
+  </si>
+  <si>
+    <t>2,744,622</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>123,495</t>
-[...5 lines deleted...]
-    <t>50,479</t>
+    <t>13,781</t>
+  </si>
+  <si>
+    <t>19,293</t>
+  </si>
+  <si>
+    <t>64,001</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>65,178</t>
-[...5 lines deleted...]
-    <t>284,997</t>
+    <t>56,386</t>
+  </si>
+  <si>
+    <t>95,634</t>
+  </si>
+  <si>
+    <t>116,281</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>6,448,143</t>
-[...5 lines deleted...]
-    <t>11,915,532</t>
+    <t>6,629,981</t>
+  </si>
+  <si>
+    <t>3,973,638</t>
+  </si>
+  <si>
+    <t>5,176,124</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>58,177,812</t>
-[...5 lines deleted...]
-    <t>38,349,602</t>
+    <t>76,710,302</t>
+  </si>
+  <si>
+    <t>30,549,947</t>
+  </si>
+  <si>
+    <t>49,290,142</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>67,318,690</t>
-[...5 lines deleted...]
-    <t>61,607,648</t>
+    <t>27,536,662</t>
+  </si>
+  <si>
+    <t>69,525,989</t>
+  </si>
+  <si>
+    <t>53,135,376</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>565,553,633</t>
-[...5 lines deleted...]
-    <t>241,950,790</t>
+    <t>10,886,083,236</t>
+  </si>
+  <si>
+    <t>1,389,593,020</t>
+  </si>
+  <si>
+    <t>9,982,542,690</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>569,424,298</t>
-[...5 lines deleted...]
-    <t>1,065,366,701</t>
+    <t>240,722,789</t>
+  </si>
+  <si>
+    <t>790,974,213</t>
+  </si>
+  <si>
+    <t>884,789,546</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>351,369,482</t>
-[...5 lines deleted...]
-    <t>295,787,187</t>
+    <t>336,679,081</t>
+  </si>
+  <si>
+    <t>271,115,209</t>
+  </si>
+  <si>
+    <t>299,091,095</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>1,184,403,757</t>
-[...5 lines deleted...]
-    <t>2,943,812,722</t>
+    <t>2,377,504,615</t>
+  </si>
+  <si>
+    <t>585,570,894</t>
+  </si>
+  <si>
+    <t>1,129,283,860</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>70,712</t>
+    <t>40,707</t>
+  </si>
+  <si>
+    <t>2,299,944</t>
+  </si>
+  <si>
+    <t>599,600</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>486,394,854</t>
-[...5 lines deleted...]
-    <t>427,036,422</t>
+    <t>412,394,976</t>
+  </si>
+  <si>
+    <t>125,994,949</t>
+  </si>
+  <si>
+    <t>130,100,295</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>2,063,927</t>
-[...5 lines deleted...]
-    <t>13,808,620</t>
+    <t>14,396,530</t>
+  </si>
+  <si>
+    <t>9,008,049</t>
+  </si>
+  <si>
+    <t>8,747,114</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>10,818,050</t>
-[...5 lines deleted...]
-    <t>178,781</t>
+    <t>10,236,579</t>
+  </si>
+  <si>
+    <t>2,926,364</t>
+  </si>
+  <si>
+    <t>224,599</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>278,828,302</t>
-[...5 lines deleted...]
-    <t>49,907,889</t>
+    <t>361,307,391</t>
+  </si>
+  <si>
+    <t>261,942,688</t>
+  </si>
+  <si>
+    <t>257,941,518</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>63,761</t>
+    <t>422,598</t>
+  </si>
+  <si>
+    <t>167,612</t>
+  </si>
+  <si>
+    <t>65,705</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>19,861,396</t>
-[...5 lines deleted...]
-    <t>15,512,942</t>
+    <t>11,379,456</t>
+  </si>
+  <si>
+    <t>8,299,503</t>
+  </si>
+  <si>
+    <t>27,011,905</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>25,310,902</t>
-[...5 lines deleted...]
-    <t>31,889,293</t>
+    <t>24,676,679</t>
+  </si>
+  <si>
+    <t>26,175,111</t>
+  </si>
+  <si>
+    <t>31,497,016</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,758,119,966</t>
-[...5 lines deleted...]
-    <t>1,620,317,536</t>
+    <t>1,286,479,170</t>
+  </si>
+  <si>
+    <t>1,533,901,125</t>
+  </si>
+  <si>
+    <t>1,665,123,810</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,966,648,795</t>
-[...5 lines deleted...]
-    <t>2,785,257,543</t>
+    <t>1,620,750,572</t>
+  </si>
+  <si>
+    <t>1,583,899,114</t>
+  </si>
+  <si>
+    <t>1,595,832,972</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>300,265</t>
-[...5 lines deleted...]
-    <t>3,124,208</t>
+    <t>146,745</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,085,422,477</t>
-[...5 lines deleted...]
-    <t>1,235,998,676</t>
+    <t>1,133,823,715</t>
+  </si>
+  <si>
+    <t>1,918,582,892</t>
+  </si>
+  <si>
+    <t>1,477,213,023</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>130,896</t>
-[...5 lines deleted...]
-    <t>310,115</t>
+    <t>809,172</t>
+  </si>
+  <si>
+    <t>363,635</t>
+  </si>
+  <si>
+    <t>3,115,281</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>591,352,934</t>
-[...5 lines deleted...]
-    <t>1,025,397,952</t>
+    <t>203,143,898</t>
+  </si>
+  <si>
+    <t>102,136,394</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>222,821,250</t>
-[...5 lines deleted...]
-    <t>164,119,774</t>
+    <t>240,603,203</t>
+  </si>
+  <si>
+    <t>238,917,825</t>
+  </si>
+  <si>
+    <t>189,569,441</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>3,955,099</t>
-[...5 lines deleted...]
-    <t>3,773,470</t>
+    <t>4,214,344</t>
+  </si>
+  <si>
+    <t>2,816,198</t>
+  </si>
+  <si>
+    <t>2,739,181</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>24,922,626</t>
-[...5 lines deleted...]
-    <t>23,135,576</t>
+    <t>15,922,940</t>
+  </si>
+  <si>
+    <t>20,653,941</t>
+  </si>
+  <si>
+    <t>16,964,729</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>3,275,896</t>
+    <t>18,757</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>30,803,302</t>
-[...5 lines deleted...]
-    <t>31,512,305</t>
+    <t>54,774,917</t>
+  </si>
+  <si>
+    <t>50,748,575</t>
+  </si>
+  <si>
+    <t>72,730,425</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>12,732,836</t>
-[...5 lines deleted...]
-    <t>11,088,275</t>
+    <t>7,178,510</t>
+  </si>
+  <si>
+    <t>6,610,052</t>
+  </si>
+  <si>
+    <t>5,719,337</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>14,530,718</t>
-[...5 lines deleted...]
-    <t>27,964,603</t>
+    <t>25,857,860</t>
+  </si>
+  <si>
+    <t>19,038,522</t>
+  </si>
+  <si>
+    <t>15,470,100</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>31,485</t>
-[...5 lines deleted...]
-    <t>64,971</t>
+    <t>1,534,879</t>
+  </si>
+  <si>
+    <t>23,388</t>
+  </si>
+  <si>
+    <t>302,256</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1460,54 +1460,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D101"/>
+  <dimension ref="A1:D102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A101" sqref="A101"/>
+      <selection activeCell="A102" sqref="A102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -1619,1224 +1619,1238 @@
         <v>34</v>
       </c>
       <c r="D9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>36</v>
       </c>
       <c r="B10" t="s">
         <v>37</v>
       </c>
       <c r="C10" t="s">
         <v>38</v>
       </c>
       <c r="D10" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>40</v>
       </c>
       <c r="B11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" t="s">
         <v>41</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
         <v>44</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>45</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" t="s">
         <v>48</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>49</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>51</v>
+      </c>
+      <c r="B14" t="s">
         <v>52</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>53</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" t="s">
         <v>56</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>57</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B16" t="s">
         <v>60</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>61</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>63</v>
+      </c>
+      <c r="B17" t="s">
         <v>64</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>65</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>67</v>
+      </c>
+      <c r="B18" t="s">
         <v>68</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>69</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>71</v>
+      </c>
+      <c r="B19" t="s">
         <v>72</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>73</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" t="s">
         <v>76</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>77</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" t="s">
         <v>80</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>81</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" t="s">
         <v>84</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>85</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>87</v>
+      </c>
+      <c r="B23" t="s">
         <v>88</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>89</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" t="s">
         <v>92</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>93</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" t="s">
         <v>96</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>97</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C26" t="s">
         <v>101</v>
       </c>
       <c r="D26" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>103</v>
       </c>
       <c r="B27" t="s">
+        <v>10</v>
+      </c>
+      <c r="C27" t="s">
         <v>104</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>106</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>105</v>
+      </c>
+      <c r="B28" t="s">
+        <v>106</v>
+      </c>
+      <c r="C28" t="s">
         <v>107</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>109</v>
+      </c>
+      <c r="B29" t="s">
+        <v>110</v>
+      </c>
+      <c r="C29" t="s">
         <v>111</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>113</v>
+      </c>
+      <c r="B30" t="s">
+        <v>114</v>
+      </c>
+      <c r="C30" t="s">
         <v>115</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>117</v>
+      </c>
+      <c r="B31" t="s">
+        <v>118</v>
+      </c>
+      <c r="C31" t="s">
         <v>119</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>121</v>
+      </c>
+      <c r="B32" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" t="s">
+        <v>122</v>
+      </c>
+      <c r="D32" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>124</v>
+      </c>
+      <c r="B33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C33" t="s">
+        <v>126</v>
+      </c>
+      <c r="D33" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>128</v>
+      </c>
+      <c r="B34" t="s">
+        <v>129</v>
+      </c>
+      <c r="C34" t="s">
+        <v>130</v>
+      </c>
+      <c r="D34" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>132</v>
+      </c>
+      <c r="B35" t="s">
+        <v>133</v>
+      </c>
+      <c r="C35" t="s">
+        <v>134</v>
+      </c>
+      <c r="D35" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>136</v>
+      </c>
+      <c r="B36" t="s">
+        <v>137</v>
+      </c>
+      <c r="C36" t="s">
+        <v>138</v>
+      </c>
+      <c r="D36" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B37" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C37" t="s">
-        <v>144</v>
+        <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B38" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C38" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D38" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B39" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C39" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D39" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B40" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C40" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D40" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B41" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C41" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D41" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B42" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C42" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D42" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B43" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C43" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>169</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="B44" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C44" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="D44" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="B45" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="C45" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="D45" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="B46" t="s">
-        <v>179</v>
+        <v>10</v>
       </c>
       <c r="C46" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="D46" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="B47" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="C47" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="D47" t="s">
-        <v>37</v>
+        <v>178</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B48" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C48" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="D48" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B49" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="C49" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="D49" t="s">
-        <v>37</v>
+        <v>185</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="B50" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="C50" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="D50" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B51" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C51" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="D51" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B52" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C52" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D52" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B53" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="C53" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="D53" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B54" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C54" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D54" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B55" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C55" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D55" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B56" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="C56" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="D56" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="B57" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C57" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="D57" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="B58" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C58" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D58" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B59" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C59" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D59" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B60" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="C60" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="D60" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="B61" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="C61" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="D61" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="B62" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="C62" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="D62" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="B63" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="C63" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D63" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="B64" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="C64" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="D64" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="B65" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="C65" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="D65" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="B66" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="C66" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="D66" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B67" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="C67" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="D67" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="B68" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="C68" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="D68" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="B69" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="C69" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="D69" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="B70" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="C70" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="D70" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="B71" t="s">
-        <v>37</v>
+        <v>271</v>
       </c>
       <c r="C71" t="s">
-        <v>37</v>
+        <v>272</v>
       </c>
       <c r="D71" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>274</v>
+      </c>
+      <c r="B72" t="s">
+        <v>275</v>
+      </c>
+      <c r="C72" t="s">
+        <v>276</v>
+      </c>
+      <c r="D72" t="s">
         <v>277</v>
-      </c>
-[...7 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>278</v>
+      </c>
+      <c r="B73" t="s">
+        <v>279</v>
+      </c>
+      <c r="C73" t="s">
+        <v>280</v>
+      </c>
+      <c r="D73" t="s">
         <v>281</v>
-      </c>
-[...7 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>282</v>
+      </c>
+      <c r="B74" t="s">
+        <v>283</v>
+      </c>
+      <c r="C74" t="s">
+        <v>284</v>
+      </c>
+      <c r="D74" t="s">
         <v>285</v>
-      </c>
-[...7 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>286</v>
+      </c>
+      <c r="B75" t="s">
+        <v>287</v>
+      </c>
+      <c r="C75" t="s">
+        <v>288</v>
+      </c>
+      <c r="D75" t="s">
         <v>289</v>
-      </c>
-[...7 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>290</v>
+      </c>
+      <c r="B76" t="s">
+        <v>291</v>
+      </c>
+      <c r="C76" t="s">
+        <v>292</v>
+      </c>
+      <c r="D76" t="s">
         <v>293</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>294</v>
+      </c>
+      <c r="B77" t="s">
         <v>295</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>296</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>298</v>
+      </c>
+      <c r="B78" t="s">
         <v>299</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>300</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>302</v>
+      </c>
+      <c r="B79" t="s">
         <v>303</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>304</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>306</v>
+      </c>
+      <c r="B80" t="s">
         <v>307</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>308</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>310</v>
+      </c>
+      <c r="B81" t="s">
         <v>311</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>312</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>314</v>
+      </c>
+      <c r="B82" t="s">
+        <v>10</v>
+      </c>
+      <c r="C82" t="s">
         <v>315</v>
       </c>
-      <c r="B82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D82" t="s">
-        <v>318</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>316</v>
+      </c>
+      <c r="B83" t="s">
+        <v>317</v>
+      </c>
+      <c r="C83" t="s">
+        <v>318</v>
+      </c>
+      <c r="D83" t="s">
         <v>319</v>
-      </c>
-[...7 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>320</v>
+      </c>
+      <c r="B84" t="s">
+        <v>321</v>
+      </c>
+      <c r="C84" t="s">
+        <v>322</v>
+      </c>
+      <c r="D84" t="s">
         <v>323</v>
-      </c>
-[...7 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B85" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C85" t="s">
-        <v>329</v>
+        <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="B86" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="C86" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="D86" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="B87" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C87" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D87" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B88" t="s">
-        <v>37</v>
+        <v>336</v>
       </c>
       <c r="C88" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="D88" t="s">
-        <v>37</v>
+        <v>338</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B89" t="s">
-        <v>342</v>
+        <v>10</v>
       </c>
       <c r="C89" t="s">
-        <v>343</v>
+        <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="B90" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="C90" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="D90" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B91" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C91" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="D91" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>349</v>
+      </c>
+      <c r="B92" t="s">
+        <v>350</v>
+      </c>
+      <c r="C92" t="s">
+        <v>351</v>
+      </c>
+      <c r="D92" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
         <v>353</v>
       </c>
-      <c r="B92" t="s">
+      <c r="B93" t="s">
         <v>354</v>
       </c>
-      <c r="C92" t="s">
+      <c r="C93" t="s">
         <v>355</v>
       </c>
-      <c r="D92" t="s">
+      <c r="D93" t="s">
         <v>356</v>
       </c>
     </row>
-    <row r="93" spans="1:4">
-      <c r="A93" s="2" t="s">
+    <row r="94" spans="1:4">
+      <c r="A94" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B93" s="2" t="s">
+      <c r="B94" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C93" s="2" t="s">
+      <c r="C94" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D93" s="2" t="s">
+      <c r="D94" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D100" s="3"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3"/>
       <c r="B101" s="3"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
     </row>
+    <row r="102" spans="1:4">
+      <c r="A102" s="3"/>
+      <c r="B102" s="3"/>
+      <c r="C102" s="3"/>
+      <c r="D102" s="3"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A100:D100"/>
     <mergeCell ref="A101:D101"/>
+    <mergeCell ref="A102:D102"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>