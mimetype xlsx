--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,722 +12,728 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>799,158,253</t>
-[...5 lines deleted...]
-    <t>1,191,558,707</t>
+    <t>576,451,648</t>
+  </si>
+  <si>
+    <t>830,658,625</t>
+  </si>
+  <si>
+    <t>565,433,287</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>1,990,925</t>
-[...4 lines deleted...]
-  <si>
     <t>0</t>
   </si>
   <si>
+    <t>5,000</t>
+  </si>
+  <si>
+    <t>1,664,494</t>
+  </si>
+  <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
-    <t>3,294,700</t>
+    <t>636,806</t>
+  </si>
+  <si>
+    <t>15,015,172</t>
+  </si>
+  <si>
+    <t>5,997,898</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>1,418,037</t>
+    <t>6,252,036</t>
+  </si>
+  <si>
+    <t>8,222,328</t>
+  </si>
+  <si>
+    <t>6,325,516</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>459</t>
-[...5 lines deleted...]
-    <t>312,074</t>
+    <t>890</t>
+  </si>
+  <si>
+    <t>280,242</t>
+  </si>
+  <si>
+    <t>922</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>498,218</t>
-[...8 lines deleted...]
-    <t>663</t>
+    <t>1,189,838</t>
+  </si>
+  <si>
+    <t>1,253,091</t>
+  </si>
+  <si>
+    <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
+  </si>
+  <si>
+    <t>4,693</t>
+  </si>
+  <si>
+    <t>462</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>1,199,334</t>
-[...8 lines deleted...]
-    <t>6,949</t>
+    <t>3,719,374</t>
+  </si>
+  <si>
+    <t>6,385,709</t>
+  </si>
+  <si>
+    <t>2,555,760</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>6,495,146</t>
-[...2 lines deleted...]
-    <t>4,294,844</t>
+    <t>2,427,355</t>
+  </si>
+  <si>
+    <t>2,095,954</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>294,565</t>
-[...5 lines deleted...]
-    <t>70,438</t>
+    <t>46,297</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>12,241</t>
-[...2 lines deleted...]
-    <t>9,037</t>
+    <t>17,203</t>
+  </si>
+  <si>
+    <t>3,996</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>386,109</t>
+    <t>140,959</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>358,924</t>
-[...5 lines deleted...]
-    <t>1,148,471</t>
+    <t>199,058</t>
+  </si>
+  <si>
+    <t>1,561,078</t>
+  </si>
+  <si>
+    <t>129,054</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>19,254</t>
-[...2 lines deleted...]
-    <t>75,408</t>
+    <t>303,659</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>396,716</t>
-[...2 lines deleted...]
-    <t>361,991</t>
+    <t>2,690,646</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>904,555</t>
-[...5 lines deleted...]
-    <t>17,283</t>
+    <t>31,154</t>
+  </si>
+  <si>
+    <t>1,855,328</t>
+  </si>
+  <si>
+    <t>53,876</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>1,141</t>
-[...11 lines deleted...]
-    <t>481,702</t>
+    <t>33,119</t>
+  </si>
+  <si>
+    <t>492</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>2,945,384</t>
-[...5 lines deleted...]
-    <t>93,336</t>
+    <t>1,523,052</t>
+  </si>
+  <si>
+    <t>3,832,457</t>
+  </si>
+  <si>
+    <t>4,255,409</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>40,846,216</t>
-[...5 lines deleted...]
-    <t>70,827,004</t>
+    <t>33,062,598</t>
+  </si>
+  <si>
+    <t>63,854,089</t>
+  </si>
+  <si>
+    <t>29,485,946</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>182,081</t>
-[...5 lines deleted...]
-    <t>299,311</t>
+    <t>177,576</t>
+  </si>
+  <si>
+    <t>408,816</t>
+  </si>
+  <si>
+    <t>205,190</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>2,298,719</t>
-[...5 lines deleted...]
-    <t>3,450,090</t>
+    <t>218,506</t>
+  </si>
+  <si>
+    <t>422,444</t>
+  </si>
+  <si>
+    <t>121,651</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>34,298</t>
-[...5 lines deleted...]
-    <t>186,536</t>
+    <t>36,877</t>
+  </si>
+  <si>
+    <t>25,592</t>
+  </si>
+  <si>
+    <t>473,146</t>
+  </si>
+  <si>
+    <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
+  </si>
+  <si>
+    <t>1,796</t>
+  </si>
+  <si>
+    <t>11,016</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>6,743,008</t>
-[...5 lines deleted...]
-    <t>12,864,612</t>
+    <t>763,887</t>
+  </si>
+  <si>
+    <t>3,999,613</t>
+  </si>
+  <si>
+    <t>3,866,973</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>17,193,334</t>
-[...5 lines deleted...]
-    <t>8,376,807</t>
+    <t>9,744,560</t>
+  </si>
+  <si>
+    <t>10,531,265</t>
+  </si>
+  <si>
+    <t>4,242,562</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>30,328,587</t>
-[...5 lines deleted...]
-    <t>33,515,277</t>
+    <t>20,777,130</t>
+  </si>
+  <si>
+    <t>30,014,694</t>
+  </si>
+  <si>
+    <t>21,937,702</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>6,587,468</t>
-[...11 lines deleted...]
-    <t>8,916</t>
+    <t>161,856</t>
+  </si>
+  <si>
+    <t>2,387,978</t>
+  </si>
+  <si>
+    <t>53,806</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>18,799</t>
-[...5 lines deleted...]
-    <t>22,822</t>
+    <t>2,460,264</t>
+  </si>
+  <si>
+    <t>1,619,413</t>
+  </si>
+  <si>
+    <t>6,965,335</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>21,005,247</t>
-[...5 lines deleted...]
-    <t>24,470,085</t>
+    <t>12,739,846</t>
+  </si>
+  <si>
+    <t>16,426,972</t>
+  </si>
+  <si>
+    <t>3,284,122</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>14,036</t>
-[...5 lines deleted...]
-    <t>38,539</t>
+    <t>40,761</t>
+  </si>
+  <si>
+    <t>17,560</t>
+  </si>
+  <si>
+    <t>33,539</t>
+  </si>
+  <si>
+    <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
+  </si>
+  <si>
+    <t>85,928</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>3,031</t>
-[...2 lines deleted...]
-    <t>2,776</t>
+    <t>4,949</t>
+  </si>
+  <si>
+    <t>263,338</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>26,130</t>
+    <t>1,113</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>57,347</t>
-[...5 lines deleted...]
-    <t>68,978</t>
+    <t>35,508</t>
+  </si>
+  <si>
+    <t>42,649</t>
+  </si>
+  <si>
+    <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
+  </si>
+  <si>
+    <t>3,938</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>49,618</t>
-[...5 lines deleted...]
-    <t>17,716</t>
+    <t>45,593</t>
+  </si>
+  <si>
+    <t>1,461</t>
+  </si>
+  <si>
+    <t>8,553</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>20,465</t>
-[...5 lines deleted...]
-    <t>17,932</t>
+    <t>22,162</t>
+  </si>
+  <si>
+    <t>14,256</t>
+  </si>
+  <si>
+    <t>64,463</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>631,812</t>
-[...5 lines deleted...]
-    <t>680,025</t>
+    <t>735,827</t>
+  </si>
+  <si>
+    <t>810,088</t>
+  </si>
+  <si>
+    <t>624,290</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>114,671</t>
-[...5 lines deleted...]
-    <t>466,561</t>
+    <t>226,404</t>
+  </si>
+  <si>
+    <t>36,310</t>
+  </si>
+  <si>
+    <t>101,149</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>23,302</t>
+    <t>8,821</t>
+  </si>
+  <si>
+    <t>109,979</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>6,663</t>
+    <t>2,595</t>
+  </si>
+  <si>
+    <t>2,198</t>
+  </si>
+  <si>
+    <t>11,047</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>13,991</t>
-[...2 lines deleted...]
-    <t>3,604</t>
+    <t>25,454</t>
+  </si>
+  <si>
+    <t>129,858</t>
+  </si>
+  <si>
+    <t>20,986</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>17,957,156</t>
-[...5 lines deleted...]
-    <t>22,836,859</t>
+    <t>12,186,128</t>
+  </si>
+  <si>
+    <t>17,411,998</t>
+  </si>
+  <si>
+    <t>18,288,836</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>3,877,960</t>
-[...5 lines deleted...]
-    <t>2,611,569</t>
+    <t>499,704</t>
+  </si>
+  <si>
+    <t>784,149</t>
+  </si>
+  <si>
+    <t>1,403,739</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>18,399</t>
-[...11 lines deleted...]
-    <t>326</t>
+    <t>7,753</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>6,147,882</t>
-[...5 lines deleted...]
-    <t>3,471,034</t>
+    <t>3,179,295</t>
+  </si>
+  <si>
+    <t>4,339,489</t>
+  </si>
+  <si>
+    <t>3,088,476</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>1,783</t>
-[...5 lines deleted...]
-    <t>10,843</t>
+    <t>165,305</t>
+  </si>
+  <si>
+    <t>58,375</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>2,289,655</t>
-[...5 lines deleted...]
-    <t>14,094,027</t>
+    <t>3,306,825</t>
+  </si>
+  <si>
+    <t>4,515,605</t>
+  </si>
+  <si>
+    <t>4,627,289</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>1,140,673</t>
-[...5 lines deleted...]
-    <t>1,604,023</t>
+    <t>3,219,483</t>
+  </si>
+  <si>
+    <t>832,452</t>
+  </si>
+  <si>
+    <t>819,269</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>251</t>
+    <t>224</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>2,645,519</t>
-[...5 lines deleted...]
-    <t>2,160,550</t>
+    <t>955,214</t>
+  </si>
+  <si>
+    <t>1,850,878</t>
+  </si>
+  <si>
+    <t>1,696,907</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>787,950</t>
-[...5 lines deleted...]
-    <t>361,668</t>
+    <t>898,886</t>
+  </si>
+  <si>
+    <t>125,356</t>
+  </si>
+  <si>
+    <t>202,406</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>206,169,144</t>
-[...5 lines deleted...]
-    <t>405,421,438</t>
+    <t>176,565,966</t>
+  </si>
+  <si>
+    <t>297,061,327</t>
+  </si>
+  <si>
+    <t>144,461,375</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>298,909,492</t>
-[...5 lines deleted...]
-    <t>452,486,367</t>
+    <t>196,854,181</t>
+  </si>
+  <si>
+    <t>226,371,669</t>
+  </si>
+  <si>
+    <t>215,495,175</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>66,524,469</t>
-[...5 lines deleted...]
-    <t>45,587,508</t>
+    <t>34,035,290</t>
+  </si>
+  <si>
+    <t>55,149,272</t>
+  </si>
+  <si>
+    <t>38,492,066</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>16,475</t>
-[...5 lines deleted...]
-    <t>1,826</t>
+    <t>29,165</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>46,171,198</t>
-[...5 lines deleted...]
-    <t>55,908,061</t>
+    <t>39,479,266</t>
+  </si>
+  <si>
+    <t>45,195,032</t>
+  </si>
+  <si>
+    <t>36,294,133</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>46,392</t>
-[...5 lines deleted...]
-    <t>65,734</t>
+    <t>86,488</t>
+  </si>
+  <si>
+    <t>60,863</t>
+  </si>
+  <si>
+    <t>68,221</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>5,539</t>
+    <t>5,529</t>
+  </si>
+  <si>
+    <t>12,550</t>
+  </si>
+  <si>
+    <t>1,646</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>9,144,583</t>
-[...5 lines deleted...]
-    <t>11,601,625</t>
+    <t>1,639,017</t>
+  </si>
+  <si>
+    <t>2,672,170</t>
+  </si>
+  <si>
+    <t>2,336,604</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>1,336,657</t>
-[...5 lines deleted...]
-    <t>170,219</t>
+    <t>5,555,539</t>
+  </si>
+  <si>
+    <t>2,083,850</t>
+  </si>
+  <si>
+    <t>3,255,364</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>2,850</t>
-[...5 lines deleted...]
-    <t>769,711</t>
+    <t>51,020</t>
+  </si>
+  <si>
+    <t>14,041</t>
+  </si>
+  <si>
+    <t>24,491</t>
+  </si>
+  <si>
+    <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
+  </si>
+  <si>
+    <t>3,830</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1070,53 +1076,53 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A74" sqref="A74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -1125,908 +1131,908 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B19" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D19" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B20" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C20" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B21" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B22" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C22" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D22" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B23" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C23" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D23" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B24" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C24" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D24" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B25" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C25" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="D25" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B26" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C26" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D26" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B27" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D27" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B28" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C28" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D28" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B29" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C29" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D29" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B30" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C30" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="D30" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B31" t="s">
-        <v>11</v>
+        <v>105</v>
       </c>
       <c r="C31" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B32" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C32" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="D32" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="D33" t="s">
-        <v>109</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B34" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C34" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D34" t="s">
-        <v>113</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B35" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D35" t="s">
-        <v>116</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B36" t="s">
-        <v>11</v>
+        <v>120</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D36" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B37" t="s">
-        <v>120</v>
+        <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D37" t="s">
-        <v>122</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B38" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C38" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D38" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B39" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C39" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D39" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B40" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C40" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D40" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B41" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C41" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D41" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B42" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>142</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B43" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C43" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>146</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B44" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C44" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B45" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C45" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D45" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B46" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C46" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="D46" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B47" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="D47" t="s">
-        <v>156</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B48" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="C48" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D48" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B49" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C49" t="s">
-        <v>162</v>
+        <v>9</v>
       </c>
       <c r="D49" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B50" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C50" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D50" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B51" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C51" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D51" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B52" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C52" t="s">
-        <v>174</v>
+        <v>9</v>
       </c>
       <c r="D52" t="s">
-        <v>175</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B53" t="s">
-        <v>11</v>
+        <v>179</v>
       </c>
       <c r="C53" t="s">
-        <v>11</v>
+        <v>180</v>
       </c>
       <c r="D53" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B54" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C54" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="D54" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B55" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C55" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D55" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B56" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C56" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D56" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B57" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C57" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="D57" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B58" t="s">
-        <v>195</v>
+        <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>196</v>
+        <v>9</v>
       </c>
       <c r="D58" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B59" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C59" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D59" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B60" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C60" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D60" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B61" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C61" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D61" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B62" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C62" t="s">
-        <v>11</v>
+        <v>214</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>215</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B63" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C63" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="D63" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B64" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C64" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D64" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B65" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C65" t="s">
-        <v>222</v>
+        <v>9</v>
       </c>
       <c r="D65" t="s">
-        <v>223</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3"/>
       <c r="B73" s="3"/>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3"/>
       <c r="B74" s="3"/>