--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,1223 +12,1214 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="391">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>308,658,834,208</t>
-[...5 lines deleted...]
-    <t>317,333,807,573</t>
+    <t>335,243,475,362</t>
+  </si>
+  <si>
+    <t>338,511,169,358</t>
+  </si>
+  <si>
+    <t>310,384,237,593</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>203,892</t>
-[...8 lines deleted...]
-    <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
+    <t>182,697</t>
+  </si>
+  <si>
+    <t>123,100</t>
+  </si>
+  <si>
+    <t>200,518</t>
+  </si>
+  <si>
+    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
+  </si>
+  <si>
+    <t>655,827,740</t>
+  </si>
+  <si>
+    <t>976,113,216</t>
+  </si>
+  <si>
+    <t>758,538,231</t>
+  </si>
+  <si>
+    <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
+  </si>
+  <si>
+    <t>89,119,836</t>
+  </si>
+  <si>
+    <t>61,709,345</t>
+  </si>
+  <si>
+    <t>77,140,306</t>
+  </si>
+  <si>
+    <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
+  </si>
+  <si>
+    <t>47,626,450</t>
+  </si>
+  <si>
+    <t>30,313,687</t>
+  </si>
+  <si>
+    <t>22,266,771</t>
+  </si>
+  <si>
+    <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
+  </si>
+  <si>
+    <t>92,162,884</t>
+  </si>
+  <si>
+    <t>96,731,987</t>
+  </si>
+  <si>
+    <t>88,279,910</t>
+  </si>
+  <si>
+    <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>1,633,878,434</t>
+  </si>
+  <si>
+    <t>2,431,787,870</t>
+  </si>
+  <si>
+    <t>1,846,758,420</t>
+  </si>
+  <si>
+    <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>1,725,364,430</t>
+  </si>
+  <si>
+    <t>2,253,636,587</t>
+  </si>
+  <si>
+    <t>2,131,617,521</t>
+  </si>
+  <si>
+    <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
+  </si>
+  <si>
+    <t>210,533,807</t>
+  </si>
+  <si>
+    <t>189,367,745</t>
+  </si>
+  <si>
+    <t>132,491,239</t>
+  </si>
+  <si>
+    <t>10 ธัญพืช</t>
+  </si>
+  <si>
+    <t>4,059,559</t>
+  </si>
+  <si>
+    <t>8,150,225</t>
+  </si>
+  <si>
+    <t>4,891,077</t>
+  </si>
+  <si>
+    <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
+  </si>
+  <si>
+    <t>370,637,237</t>
+  </si>
+  <si>
+    <t>304,775,388</t>
+  </si>
+  <si>
+    <t>289,587,603</t>
+  </si>
+  <si>
+    <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
+  </si>
+  <si>
+    <t>518,181,387</t>
+  </si>
+  <si>
+    <t>408,730,478</t>
+  </si>
+  <si>
+    <t>253,512,334</t>
+  </si>
+  <si>
+    <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
+  </si>
+  <si>
+    <t>134,062,789</t>
+  </si>
+  <si>
+    <t>111,929,961</t>
+  </si>
+  <si>
+    <t>118,967,420</t>
+  </si>
+  <si>
+    <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
+  </si>
+  <si>
+    <t>6,901,197</t>
+  </si>
+  <si>
+    <t>9,439,975</t>
+  </si>
+  <si>
+    <t>5,362,316</t>
+  </si>
+  <si>
+    <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
+  </si>
+  <si>
+    <t>65,257,817</t>
+  </si>
+  <si>
+    <t>229,973,672</t>
+  </si>
+  <si>
+    <t>127,473,948</t>
+  </si>
+  <si>
+    <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
+  </si>
+  <si>
+    <t>924,555,571</t>
+  </si>
+  <si>
+    <t>1,243,850,714</t>
+  </si>
+  <si>
+    <t>849,303,761</t>
+  </si>
+  <si>
+    <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
+  </si>
+  <si>
+    <t>497,511,682</t>
+  </si>
+  <si>
+    <t>523,939,518</t>
+  </si>
+  <si>
+    <t>395,499,698</t>
+  </si>
+  <si>
+    <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
+  </si>
+  <si>
+    <t>136,160,375</t>
+  </si>
+  <si>
+    <t>148,199,073</t>
+  </si>
+  <si>
+    <t>219,356,201</t>
+  </si>
+  <si>
+    <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
+  </si>
+  <si>
+    <t>428,676,978</t>
+  </si>
+  <si>
+    <t>446,969,713</t>
+  </si>
+  <si>
+    <t>331,905,812</t>
+  </si>
+  <si>
+    <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
+  </si>
+  <si>
+    <t>582,573,865</t>
+  </si>
+  <si>
+    <t>603,130,324</t>
+  </si>
+  <si>
+    <t>445,821,300</t>
+  </si>
+  <si>
+    <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>535,317,909</t>
+  </si>
+  <si>
+    <t>516,419,656</t>
+  </si>
+  <si>
+    <t>563,682,855</t>
+  </si>
+  <si>
+    <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
+  </si>
+  <si>
+    <t>75,669,549</t>
+  </si>
+  <si>
+    <t>66,676,712</t>
+  </si>
+  <si>
+    <t>87,376,881</t>
+  </si>
+  <si>
+    <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
+  </si>
+  <si>
+    <t>601,213,620</t>
+  </si>
+  <si>
+    <t>605,803,368</t>
+  </si>
+  <si>
+    <t>563,454,138</t>
+  </si>
+  <si>
+    <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
+  </si>
+  <si>
+    <t>3,421,907</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>84,770</t>
-[...263 lines deleted...]
-    <t>30,476,928</t>
+    <t>2,288,719</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>503,115,681</t>
-[...5 lines deleted...]
-    <t>507,788,227</t>
+    <t>613,924,039</t>
+  </si>
+  <si>
+    <t>469,879,525</t>
+  </si>
+  <si>
+    <t>422,833,186</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>30,013,625</t>
-[...5 lines deleted...]
-    <t>180,386,196</t>
+    <t>89,053,835</t>
+  </si>
+  <si>
+    <t>45,882,605</t>
+  </si>
+  <si>
+    <t>25,555,432</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>307,175,906</t>
-[...5 lines deleted...]
-    <t>198,795,243</t>
+    <t>195,818,447</t>
+  </si>
+  <si>
+    <t>382,948,131</t>
+  </si>
+  <si>
+    <t>289,740,459</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>2,439,130,382</t>
-[...5 lines deleted...]
-    <t>2,508,331,691</t>
+    <t>3,900,412,055</t>
+  </si>
+  <si>
+    <t>3,538,098,436</t>
+  </si>
+  <si>
+    <t>3,629,287,273</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>5,101,115,529</t>
-[...5 lines deleted...]
-    <t>5,624,691,920</t>
+    <t>4,678,157,266</t>
+  </si>
+  <si>
+    <t>5,560,390,630</t>
+  </si>
+  <si>
+    <t>5,198,040,035</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>480,073,953</t>
-[...5 lines deleted...]
-    <t>333,111,469</t>
+    <t>359,137,681</t>
+  </si>
+  <si>
+    <t>338,154,794</t>
+  </si>
+  <si>
+    <t>290,328,670</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>1,915,994,534</t>
-[...5 lines deleted...]
-    <t>4,170,659,762</t>
+    <t>256,840,745</t>
+  </si>
+  <si>
+    <t>1,154,223,887</t>
+  </si>
+  <si>
+    <t>633,133,711</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>1,367,738,517</t>
-[...5 lines deleted...]
-    <t>1,345,557,132</t>
+    <t>1,758,536,474</t>
+  </si>
+  <si>
+    <t>1,545,242,533</t>
+  </si>
+  <si>
+    <t>1,400,979,425</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>772,786,840</t>
-[...5 lines deleted...]
-    <t>868,770,339</t>
+    <t>1,130,730,971</t>
+  </si>
+  <si>
+    <t>977,170,480</t>
+  </si>
+  <si>
+    <t>865,448,487</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>728,629,876</t>
-[...5 lines deleted...]
-    <t>827,756,340</t>
+    <t>771,065,388</t>
+  </si>
+  <si>
+    <t>772,438,648</t>
+  </si>
+  <si>
+    <t>664,908,110</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>477,222,163</t>
-[...5 lines deleted...]
-    <t>497,330,791</t>
+    <t>567,545,131</t>
+  </si>
+  <si>
+    <t>582,632,584</t>
+  </si>
+  <si>
+    <t>529,366,425</t>
   </si>
   <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
-    <t>56,157,235</t>
-[...5 lines deleted...]
-    <t>56,623,968</t>
+    <t>65,146,659</t>
+  </si>
+  <si>
+    <t>79,006,421</t>
+  </si>
+  <si>
+    <t>44,078,876</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>160,465,259</t>
-[...5 lines deleted...]
-    <t>143,507,247</t>
+    <t>139,767,683</t>
+  </si>
+  <si>
+    <t>157,005,531</t>
+  </si>
+  <si>
+    <t>129,623,365</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>3,426,048,514</t>
-[...5 lines deleted...]
-    <t>3,818,614,130</t>
+    <t>4,354,049,220</t>
+  </si>
+  <si>
+    <t>4,206,985,882</t>
+  </si>
+  <si>
+    <t>3,251,450,126</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>14,490,531,256</t>
-[...5 lines deleted...]
-    <t>15,606,584,257</t>
+    <t>16,721,962,179</t>
+  </si>
+  <si>
+    <t>17,081,219,944</t>
+  </si>
+  <si>
+    <t>15,697,886,048</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>2,538,597,226</t>
-[...5 lines deleted...]
-    <t>2,802,106,407</t>
+    <t>2,659,694,011</t>
+  </si>
+  <si>
+    <t>2,569,008,647</t>
+  </si>
+  <si>
+    <t>2,268,464,911</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>77,721,735</t>
-[...5 lines deleted...]
-    <t>66,020,953</t>
+    <t>77,974,923</t>
+  </si>
+  <si>
+    <t>35,361,508</t>
+  </si>
+  <si>
+    <t>66,493,356</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>1,354,876,067</t>
-[...5 lines deleted...]
-    <t>1,293,312,684</t>
+    <t>1,364,854,256</t>
+  </si>
+  <si>
+    <t>1,451,455,152</t>
+  </si>
+  <si>
+    <t>1,338,920,986</t>
   </si>
   <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
-    <t>16,813,927</t>
-[...5 lines deleted...]
-    <t>11,996,716</t>
+    <t>12,804,441</t>
+  </si>
+  <si>
+    <t>30,050,386</t>
+  </si>
+  <si>
+    <t>7,501,285</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>872,261,142</t>
-[...5 lines deleted...]
-    <t>991,635,212</t>
+    <t>1,291,935,413</t>
+  </si>
+  <si>
+    <t>1,090,972,444</t>
+  </si>
+  <si>
+    <t>1,034,410,622</t>
   </si>
   <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
-    <t>10,832,408</t>
-[...5 lines deleted...]
-    <t>28,303,821</t>
+    <t>28,343,099</t>
+  </si>
+  <si>
+    <t>25,802,227</t>
+  </si>
+  <si>
+    <t>17,282,401</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>33,432,898</t>
-[...5 lines deleted...]
-    <t>5,485,871</t>
+    <t>4,177,797</t>
+  </si>
+  <si>
+    <t>8,255,933</t>
+  </si>
+  <si>
+    <t>25,246,777</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>143,637,481</t>
-[...5 lines deleted...]
-    <t>84,779,790</t>
+    <t>64,971,164</t>
+  </si>
+  <si>
+    <t>77,982,951</t>
+  </si>
+  <si>
+    <t>73,938,304</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>3,134,368,950</t>
-[...5 lines deleted...]
-    <t>3,199,956,792</t>
+    <t>3,433,812,665</t>
+  </si>
+  <si>
+    <t>3,645,394,747</t>
+  </si>
+  <si>
+    <t>3,289,144,900</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>140,298,117</t>
-[...5 lines deleted...]
-    <t>156,082,255</t>
+    <t>182,354,053</t>
+  </si>
+  <si>
+    <t>173,216,176</t>
+  </si>
+  <si>
+    <t>156,951,573</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>6,609,479</t>
-[...5 lines deleted...]
-    <t>5,574,788</t>
+    <t>22,147,956</t>
+  </si>
+  <si>
+    <t>1,943,700</t>
+  </si>
+  <si>
+    <t>7,194,328</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>43,166,015</t>
-[...5 lines deleted...]
-    <t>76,756,956</t>
+    <t>230,993,925</t>
+  </si>
+  <si>
+    <t>39,012,889</t>
+  </si>
+  <si>
+    <t>57,556,891</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>379,897,739</t>
-[...5 lines deleted...]
-    <t>300,916,035</t>
+    <t>411,328,176</t>
+  </si>
+  <si>
+    <t>403,376,471</t>
+  </si>
+  <si>
+    <t>317,791,110</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>25,758,163</t>
-[...5 lines deleted...]
-    <t>11,706,247</t>
+    <t>45,433,595</t>
+  </si>
+  <si>
+    <t>14,792,689</t>
+  </si>
+  <si>
+    <t>25,596,078</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>1,228,558,158</t>
-[...5 lines deleted...]
-    <t>1,227,694,336</t>
+    <t>1,357,246,014</t>
+  </si>
+  <si>
+    <t>1,409,888,717</t>
+  </si>
+  <si>
+    <t>1,271,510,336</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>465,771,715</t>
-[...5 lines deleted...]
-    <t>506,547,136</t>
+    <t>506,018,062</t>
+  </si>
+  <si>
+    <t>532,763,179</t>
+  </si>
+  <si>
+    <t>573,511,463</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>376,621,844</t>
-[...5 lines deleted...]
-    <t>506,819,693</t>
+    <t>528,292,096</t>
+  </si>
+  <si>
+    <t>466,489,323</t>
+  </si>
+  <si>
+    <t>413,421,773</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>134,504,251</t>
-[...5 lines deleted...]
-    <t>142,735,185</t>
+    <t>191,020,560</t>
+  </si>
+  <si>
+    <t>199,980,137</t>
+  </si>
+  <si>
+    <t>137,770,055</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>293,861,507</t>
-[...5 lines deleted...]
-    <t>280,752,532</t>
+    <t>261,663,702</t>
+  </si>
+  <si>
+    <t>275,893,897</t>
+  </si>
+  <si>
+    <t>269,573,691</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>1,030,451,348</t>
-[...5 lines deleted...]
-    <t>1,091,697,991</t>
+    <t>1,064,939,571</t>
+  </si>
+  <si>
+    <t>1,007,865,355</t>
+  </si>
+  <si>
+    <t>1,003,131,094</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>628,454,279</t>
-[...5 lines deleted...]
-    <t>568,505,286</t>
+    <t>603,230,514</t>
+  </si>
+  <si>
+    <t>621,664,003</t>
+  </si>
+  <si>
+    <t>606,470,029</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>1,082,933,209</t>
-[...5 lines deleted...]
-    <t>957,518,041</t>
+    <t>1,352,516,465</t>
+  </si>
+  <si>
+    <t>1,553,600,429</t>
+  </si>
+  <si>
+    <t>1,358,087,250</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>1,447,842,798</t>
-[...5 lines deleted...]
-    <t>1,501,813,211</t>
+    <t>1,840,572,190</t>
+  </si>
+  <si>
+    <t>2,150,092,715</t>
+  </si>
+  <si>
+    <t>1,998,007,420</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>826,592,877</t>
-[...5 lines deleted...]
-    <t>796,300,059</t>
+    <t>1,074,391,719</t>
+  </si>
+  <si>
+    <t>1,152,135,236</t>
+  </si>
+  <si>
+    <t>1,034,828,101</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>930,917,249</t>
-[...5 lines deleted...]
-    <t>1,074,953,767</t>
+    <t>1,089,512,814</t>
+  </si>
+  <si>
+    <t>1,177,892,384</t>
+  </si>
+  <si>
+    <t>931,783,109</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>120,316,743</t>
-[...5 lines deleted...]
-    <t>139,544,405</t>
+    <t>154,448,100</t>
+  </si>
+  <si>
+    <t>192,041,201</t>
+  </si>
+  <si>
+    <t>185,046,398</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>53,474,720</t>
-[...5 lines deleted...]
-    <t>84,056,265</t>
+    <t>45,470,819</t>
+  </si>
+  <si>
+    <t>83,085,678</t>
+  </si>
+  <si>
+    <t>69,482,881</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>80,193,639</t>
-[...5 lines deleted...]
-    <t>67,561,608</t>
+    <t>112,875,328</t>
+  </si>
+  <si>
+    <t>118,230,714</t>
+  </si>
+  <si>
+    <t>100,789,594</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>556,505,997</t>
-[...5 lines deleted...]
-    <t>577,958,263</t>
+    <t>651,659,004</t>
+  </si>
+  <si>
+    <t>719,112,313</t>
+  </si>
+  <si>
+    <t>637,034,144</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>1,106,481,784</t>
-[...5 lines deleted...]
-    <t>1,155,825,221</t>
+    <t>1,337,444,185</t>
+  </si>
+  <si>
+    <t>1,086,775,159</t>
+  </si>
+  <si>
+    <t>930,325,365</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>1,871,129,788</t>
-[...5 lines deleted...]
-    <t>2,188,104,030</t>
+    <t>2,144,251,779</t>
+  </si>
+  <si>
+    <t>2,105,886,473</t>
+  </si>
+  <si>
+    <t>1,926,620,782</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>11,063,398,502</t>
-[...5 lines deleted...]
-    <t>17,451,695,252</t>
+    <t>7,294,738,927</t>
+  </si>
+  <si>
+    <t>4,639,992,979</t>
+  </si>
+  <si>
+    <t>4,958,668,633</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>11,498,260,442</t>
-[...5 lines deleted...]
-    <t>11,602,677,864</t>
+    <t>10,286,500,961</t>
+  </si>
+  <si>
+    <t>12,238,931,153</t>
+  </si>
+  <si>
+    <t>10,396,718,236</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>14,209,684,295</t>
-[...5 lines deleted...]
-    <t>14,894,188,231</t>
+    <t>19,570,687,513</t>
+  </si>
+  <si>
+    <t>17,781,121,984</t>
+  </si>
+  <si>
+    <t>14,957,688,525</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>5,894,069,046</t>
-[...5 lines deleted...]
-    <t>6,558,695,059</t>
+    <t>9,837,701,320</t>
+  </si>
+  <si>
+    <t>8,872,881,867</t>
+  </si>
+  <si>
+    <t>7,964,373,098</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>41,074,375</t>
-[...5 lines deleted...]
-    <t>48,433,023</t>
+    <t>60,966,611</t>
+  </si>
+  <si>
+    <t>57,584,556</t>
+  </si>
+  <si>
+    <t>46,909,575</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>5,991,755,444</t>
-[...5 lines deleted...]
-    <t>5,251,575,225</t>
+    <t>5,914,674,683</t>
+  </si>
+  <si>
+    <t>5,920,385,407</t>
+  </si>
+  <si>
+    <t>5,477,953,547</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>22,174,068</t>
-[...5 lines deleted...]
-    <t>32,632,150</t>
+    <t>22,626,863</t>
+  </si>
+  <si>
+    <t>33,134,741</t>
+  </si>
+  <si>
+    <t>65,878,501</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>98,329,011</t>
-[...5 lines deleted...]
-    <t>84,340,647</t>
+    <t>183,087,218</t>
+  </si>
+  <si>
+    <t>124,182,040</t>
+  </si>
+  <si>
+    <t>157,238,558</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>127,446,949</t>
-[...5 lines deleted...]
-    <t>69,891,425</t>
+    <t>109,207,489</t>
+  </si>
+  <si>
+    <t>140,352,205</t>
+  </si>
+  <si>
+    <t>87,771,662</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>182,427,276</t>
-[...5 lines deleted...]
-    <t>205,453,940</t>
+    <t>178,978,533</t>
+  </si>
+  <si>
+    <t>158,369,274</t>
+  </si>
+  <si>
+    <t>157,664,434</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>1,268,512,397</t>
-[...5 lines deleted...]
-    <t>1,535,900,442</t>
+    <t>1,645,778,067</t>
+  </si>
+  <si>
+    <t>1,774,617,900</t>
+  </si>
+  <si>
+    <t>1,680,159,347</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>1,677,299,497</t>
-[...5 lines deleted...]
-    <t>1,794,728,793</t>
+    <t>2,064,805,290</t>
+  </si>
+  <si>
+    <t>2,085,400,493</t>
+  </si>
+  <si>
+    <t>1,856,799,265</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>43,056,567,428</t>
-[...5 lines deleted...]
-    <t>50,257,356,546</t>
+    <t>53,587,184,540</t>
+  </si>
+  <si>
+    <t>52,744,863,897</t>
+  </si>
+  <si>
+    <t>47,490,530,413</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>117,080,295,862</t>
-[...5 lines deleted...]
-    <t>109,519,183,485</t>
+    <t>126,384,805,543</t>
+  </si>
+  <si>
+    <t>119,845,555,127</t>
+  </si>
+  <si>
+    <t>111,864,618,656</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>167,177,324</t>
-[...5 lines deleted...]
-    <t>110,325,717</t>
+    <t>292,155,929</t>
+  </si>
+  <si>
+    <t>125,267,933</t>
+  </si>
+  <si>
+    <t>146,989,408</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>13,200,701,649</t>
-[...5 lines deleted...]
-    <t>10,712,565,424</t>
+    <t>10,919,517,380</t>
+  </si>
+  <si>
+    <t>17,105,579,573</t>
+  </si>
+  <si>
+    <t>13,063,061,885</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>642,106,549</t>
-[...5 lines deleted...]
-    <t>325,159,839</t>
+    <t>118,754,047</t>
+  </si>
+  <si>
+    <t>316,416,047</t>
+  </si>
+  <si>
+    <t>268,630,807</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>4,231,653,211</t>
-[...5 lines deleted...]
-    <t>4,035,015,042</t>
+    <t>857,943,647</t>
+  </si>
+  <si>
+    <t>4,415,852,871</t>
+  </si>
+  <si>
+    <t>10,036,036,730</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>7,316,717,256</t>
-[...5 lines deleted...]
-    <t>8,126,786,419</t>
+    <t>8,111,191,765</t>
+  </si>
+  <si>
+    <t>8,324,924,115</t>
+  </si>
+  <si>
+    <t>6,993,260,025</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>530,931,480</t>
-[...5 lines deleted...]
-    <t>481,661,396</t>
+    <t>577,809,032</t>
+  </si>
+  <si>
+    <t>528,162,706</t>
+  </si>
+  <si>
+    <t>543,192,505</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>68,516,865</t>
-[...5 lines deleted...]
-    <t>80,041,102</t>
+    <t>54,882,519</t>
+  </si>
+  <si>
+    <t>49,850,766</t>
+  </si>
+  <si>
+    <t>47,315,815</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>283,446,954</t>
-[...5 lines deleted...]
-    <t>1,613,192</t>
+    <t>6,574,180</t>
+  </si>
+  <si>
+    <t>227,435,235</t>
+  </si>
+  <si>
+    <t>178,769</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>4,569,331,496</t>
-[...5 lines deleted...]
-    <t>4,592,781,470</t>
+    <t>5,154,615,915</t>
+  </si>
+  <si>
+    <t>5,065,110,654</t>
+  </si>
+  <si>
+    <t>4,710,494,734</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>2,028,880,323</t>
-[...5 lines deleted...]
-    <t>1,782,998,282</t>
+    <t>1,544,460,578</t>
+  </si>
+  <si>
+    <t>1,746,256,546</t>
+  </si>
+  <si>
+    <t>1,483,048,631</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>1,389,414,931</t>
-[...5 lines deleted...]
-    <t>1,309,504,156</t>
+    <t>1,373,370,670</t>
+  </si>
+  <si>
+    <t>1,607,763,281</t>
+  </si>
+  <si>
+    <t>1,393,976,755</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>1,705,964</t>
-[...5 lines deleted...]
-    <t>3,661,359</t>
+    <t>3,032,253</t>
+  </si>
+  <si>
+    <t>2,100,830</t>
+  </si>
+  <si>
+    <t>12,755,465</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1562,54 +1553,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D107"/>
+  <dimension ref="A1:D106"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A107" sqref="A107"/>
+      <selection activeCell="A106" sqref="A106"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -1629,1400 +1620,1386 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C16" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C21" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D21" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D22" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D26" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B27" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D27" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D28" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D29" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B30" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C30" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D30" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C31" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D31" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B32" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C32" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D32" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B33" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C33" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D33" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B34" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C34" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D34" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B35" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C35" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D35" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B36" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C36" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D36" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B37" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C37" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D37" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B38" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C38" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D38" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B39" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C39" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D39" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B40" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C40" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D40" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C41" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D41" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B42" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C42" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D42" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B43" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D43" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B44" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C44" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D44" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C45" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D45" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B46" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C46" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D46" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B47" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C47" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D47" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B48" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C48" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D48" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B49" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C49" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D49" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B50" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C50" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D50" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B51" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D51" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B52" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C52" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D52" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B53" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C53" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D53" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B54" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C54" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D54" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B55" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C55" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D55" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B56" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C56" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D56" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B57" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C57" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D57" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B58" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C58" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D58" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B59" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C59" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D59" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B60" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C60" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D60" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B61" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C61" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D61" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B62" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C62" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D62" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B63" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C63" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D63" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B64" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C64" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D64" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B65" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C65" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D65" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B66" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C66" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D66" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B67" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C67" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D67" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B68" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C68" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D68" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B69" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C69" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D69" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B70" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C70" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D70" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B71" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C71" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D71" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B72" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C72" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D72" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B73" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C73" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D73" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B74" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C74" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D74" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C75" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D75" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B76" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C76" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D76" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B77" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C77" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D77" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B78" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C78" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D78" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B79" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C79" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D79" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B80" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C80" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D80" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B81" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C81" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D81" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B82" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C82" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D82" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B83" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C83" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D83" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B84" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C84" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D84" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B85" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C85" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D85" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B86" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C86" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D86" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B87" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C87" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D87" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B88" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C88" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D88" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B89" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C89" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D89" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B90" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C90" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D90" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B91" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C91" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D91" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B92" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C92" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D92" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B93" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C93" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D93" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B94" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C94" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D94" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B95" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C95" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D95" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B96" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C96" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D96" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B97" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C97" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D97" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="98" spans="1:4">
-      <c r="A98" t="s">
-[...13 lines deleted...]
-      <c r="A99" s="2" t="s">
+      <c r="A98" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B99" s="2" t="s">
+      <c r="B98" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C99" s="2" t="s">
+      <c r="C98" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D99" s="2" t="s">
+      <c r="D98" s="2" t="s">
         <v>7</v>
       </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" s="3"/>
+      <c r="B105" s="3"/>
+      <c r="C105" s="3"/>
+      <c r="D105" s="3"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3"/>
       <c r="B106" s="3"/>
       <c r="C106" s="3"/>
       <c r="D106" s="3"/>
     </row>
-    <row r="107" spans="1:4">
-[...4 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
+    <mergeCell ref="A105:D105"/>
     <mergeCell ref="A106:D106"/>
-    <mergeCell ref="A107:D107"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>