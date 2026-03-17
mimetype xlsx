--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,1016 +12,989 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>2,014,133,178</t>
-[...5 lines deleted...]
-    <t>1,996,867,846</t>
+    <t>1,686,824,028</t>
+  </si>
+  <si>
+    <t>1,937,347,246</t>
+  </si>
+  <si>
+    <t>1,587,077,624</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>172,591</t>
-[...5 lines deleted...]
-    <t>269,720</t>
+    <t>460,022</t>
+  </si>
+  <si>
+    <t>3,518,492</t>
+  </si>
+  <si>
+    <t>10,241,371</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>49,115,613</t>
-[...5 lines deleted...]
-    <t>51,490,645</t>
+    <t>30,348,906</t>
+  </si>
+  <si>
+    <t>19,200,264</t>
+  </si>
+  <si>
+    <t>31,247,949</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>3,883</t>
+  </si>
+  <si>
+    <t>3,245</t>
+  </si>
+  <si>
+    <t>7,043</t>
+  </si>
+  <si>
+    <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>66,075</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>40,779</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
-    <t>8,794</t>
-[...31 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>28,441,360</t>
-[...5 lines deleted...]
-    <t>14,304,086</t>
+    <t>3,292,571</t>
+  </si>
+  <si>
+    <t>8,339,981</t>
+  </si>
+  <si>
+    <t>6,445,241</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>69,276</t>
-[...5 lines deleted...]
-    <t>1,072,505</t>
+    <t>152,304</t>
+  </si>
+  <si>
+    <t>201,635</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>6,809,406</t>
-[...5 lines deleted...]
-    <t>5,848,821</t>
+    <t>6,509,906</t>
+  </si>
+  <si>
+    <t>7,508</t>
+  </si>
+  <si>
+    <t>5,769,203</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>3,114,257</t>
-[...2 lines deleted...]
-    <t>3,973</t>
+    <t>1,420,254</t>
+  </si>
+  <si>
+    <t>11,886</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>3,594,222</t>
-[...5 lines deleted...]
-    <t>18,647,010</t>
+    <t>9,430,824</t>
+  </si>
+  <si>
+    <t>8,588,453</t>
+  </si>
+  <si>
+    <t>19,151,561</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>18,472,728</t>
-[...5 lines deleted...]
-    <t>29,530,376</t>
+    <t>7,607,024</t>
+  </si>
+  <si>
+    <t>12,685,391</t>
+  </si>
+  <si>
+    <t>23,503,439</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>7,668,767</t>
-[...5 lines deleted...]
-    <t>7,809,067</t>
+    <t>16,868,261</t>
+  </si>
+  <si>
+    <t>13,871,182</t>
+  </si>
+  <si>
+    <t>11,898,534</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>11,792,661</t>
-[...5 lines deleted...]
-    <t>16,141,843</t>
+    <t>5,329,278</t>
+  </si>
+  <si>
+    <t>14,215,409</t>
+  </si>
+  <si>
+    <t>16,300,689</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>16,924,954</t>
-[...5 lines deleted...]
-    <t>22,815,641</t>
+    <t>24,331,473</t>
+  </si>
+  <si>
+    <t>25,707,079</t>
+  </si>
+  <si>
+    <t>9,942,891</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>1,624,459</t>
-[...5 lines deleted...]
-    <t>3,836,643</t>
+    <t>4,882,418</t>
+  </si>
+  <si>
+    <t>8,076,950</t>
+  </si>
+  <si>
+    <t>2,567,191</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>50,863,795</t>
-[...5 lines deleted...]
-    <t>74,031,620</t>
+    <t>63,447,015</t>
+  </si>
+  <si>
+    <t>78,553,002</t>
+  </si>
+  <si>
+    <t>45,139,986</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>1,507,736</t>
-[...2 lines deleted...]
-    <t>2,165,642</t>
+    <t>1,002,136</t>
+  </si>
+  <si>
+    <t>1,654,648</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>1,151,889</t>
-[...5 lines deleted...]
-    <t>644,826</t>
+    <t>2,058,601</t>
+  </si>
+  <si>
+    <t>2,171,584</t>
+  </si>
+  <si>
+    <t>603,772</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>11,937,200</t>
-[...2 lines deleted...]
-    <t>462</t>
+    <t>2,061,176</t>
+  </si>
+  <si>
+    <t>8,694,686</t>
+  </si>
+  <si>
+    <t>14,977,331</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>12,905,602</t>
-[...5 lines deleted...]
-    <t>13,334,855</t>
+    <t>16,856,502</t>
+  </si>
+  <si>
+    <t>19,182,641</t>
+  </si>
+  <si>
+    <t>17,834,213</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>23,782,480</t>
-[...5 lines deleted...]
-    <t>25,219,797</t>
+    <t>37,656,844</t>
+  </si>
+  <si>
+    <t>16,110,258</t>
+  </si>
+  <si>
+    <t>22,414,694</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>22,962,415</t>
-[...5 lines deleted...]
-    <t>83,573,162</t>
+    <t>22,671,158</t>
+  </si>
+  <si>
+    <t>16,571,817</t>
+  </si>
+  <si>
+    <t>10,712,946</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>425,929,986</t>
-[...5 lines deleted...]
-    <t>370,431,940</t>
+    <t>296,172,442</t>
+  </si>
+  <si>
+    <t>346,143,040</t>
+  </si>
+  <si>
+    <t>375,946,793</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>92,854,881</t>
-[...5 lines deleted...]
-    <t>57,532,045</t>
+    <t>93,957</t>
+  </si>
+  <si>
+    <t>48,422,651</t>
+  </si>
+  <si>
+    <t>3,056,055</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>18,068,389</t>
-[...5 lines deleted...]
-    <t>16,250,112</t>
+    <t>16,056,415</t>
+  </si>
+  <si>
+    <t>7,945,906</t>
+  </si>
+  <si>
+    <t>11,263,788</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>18,240,881</t>
-[...5 lines deleted...]
-    <t>16,178,099</t>
+    <t>20,556,011</t>
+  </si>
+  <si>
+    <t>18,938,991</t>
+  </si>
+  <si>
+    <t>14,980,508</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>15,976,480</t>
-[...5 lines deleted...]
-    <t>15,502,714</t>
+    <t>12,636,822</t>
+  </si>
+  <si>
+    <t>14,946,423</t>
+  </si>
+  <si>
+    <t>15,209,797</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>18,306,757</t>
-[...5 lines deleted...]
-    <t>21,168,535</t>
+    <t>30,806,630</t>
+  </si>
+  <si>
+    <t>30,274,732</t>
+  </si>
+  <si>
+    <t>29,913,296</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>3,813,984</t>
-[...5 lines deleted...]
-    <t>4,364,585</t>
+    <t>2,832,432</t>
+  </si>
+  <si>
+    <t>4,215,012</t>
+  </si>
+  <si>
+    <t>3,765,338</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>82,409,558</t>
-[...5 lines deleted...]
-    <t>89,731,798</t>
+    <t>96,709,671</t>
+  </si>
+  <si>
+    <t>85,020,271</t>
+  </si>
+  <si>
+    <t>96,122,156</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>337,176,760</t>
-[...5 lines deleted...]
-    <t>285,532,103</t>
+    <t>212,918,087</t>
+  </si>
+  <si>
+    <t>286,081,345</t>
+  </si>
+  <si>
+    <t>203,702,071</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>18,274,557</t>
-[...5 lines deleted...]
-    <t>29,822,518</t>
+    <t>21,342,065</t>
+  </si>
+  <si>
+    <t>13,834,749</t>
+  </si>
+  <si>
+    <t>12,376,431</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>14,532,188</t>
-[...5 lines deleted...]
-    <t>5,113,481</t>
+    <t>25,493,030</t>
+  </si>
+  <si>
+    <t>13,119,557</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>2,135,479</t>
-[...5 lines deleted...]
-    <t>3,716,144</t>
+    <t>2,019,741</t>
+  </si>
+  <si>
+    <t>3,161,147</t>
+  </si>
+  <si>
+    <t>799,908</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>8,429,554</t>
-[...11 lines deleted...]
-    <t>310</t>
+    <t>2,115,977</t>
+  </si>
+  <si>
+    <t>3,508,330</t>
+  </si>
+  <si>
+    <t>2,758,348</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>12,002,367</t>
-[...2 lines deleted...]
-    <t>1,397,465</t>
+    <t>9,048,931</t>
+  </si>
+  <si>
+    <t>9,880,105</t>
+  </si>
+  <si>
+    <t>1,323,355</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>17,968,922</t>
-[...5 lines deleted...]
-    <t>35,283,126</t>
+    <t>32,641,792</t>
+  </si>
+  <si>
+    <t>3,778,972</t>
+  </si>
+  <si>
+    <t>24,267,667</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>531,355</t>
-[...5 lines deleted...]
-    <t>646,148</t>
+    <t>623,574</t>
+  </si>
+  <si>
+    <t>1,250,146</t>
+  </si>
+  <si>
+    <t>915,902</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>1,497,142</t>
-[...5 lines deleted...]
-    <t>82,660</t>
+    <t>157,039</t>
+  </si>
+  <si>
+    <t>90,235</t>
+  </si>
+  <si>
+    <t>992,475</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>165,229</t>
-[...5 lines deleted...]
-    <t>32,985</t>
+    <t>1,257</t>
+  </si>
+  <si>
+    <t>84,891</t>
+  </si>
+  <si>
+    <t>110,839</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>1,729,577</t>
-[...5 lines deleted...]
-    <t>3,423,457</t>
+    <t>520,968</t>
+  </si>
+  <si>
+    <t>416,270</t>
+  </si>
+  <si>
+    <t>317,029</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>799,679</t>
-[...5 lines deleted...]
-    <t>216,010</t>
+    <t>1,344,163</t>
+  </si>
+  <si>
+    <t>88,044</t>
+  </si>
+  <si>
+    <t>10,359,098</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>72,762</t>
-[...2 lines deleted...]
-    <t>937,443</t>
+    <t>495,299</t>
+  </si>
+  <si>
+    <t>31,096</t>
+  </si>
+  <si>
+    <t>452,195</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>1,908,516</t>
-[...5 lines deleted...]
-    <t>2,739,705</t>
+    <t>2,624,009</t>
+  </si>
+  <si>
+    <t>2,104,734</t>
+  </si>
+  <si>
+    <t>257,646</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>3,490,175</t>
-[...5 lines deleted...]
-    <t>8,921,033</t>
+    <t>12,500,595</t>
+  </si>
+  <si>
+    <t>20,641,392</t>
+  </si>
+  <si>
+    <t>12,805,002</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>6,688,765</t>
-[...5 lines deleted...]
-    <t>3,855,834</t>
+    <t>8,582,841</t>
+  </si>
+  <si>
+    <t>4,449,104</t>
+  </si>
+  <si>
+    <t>4,591,559</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>138,763</t>
-[...5 lines deleted...]
-    <t>1,493,673</t>
+    <t>1,895,142</t>
+  </si>
+  <si>
+    <t>117,673</t>
+  </si>
+  <si>
+    <t>1,681,944</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>494,020</t>
-[...5 lines deleted...]
-    <t>905,436</t>
+    <t>473,617</t>
+  </si>
+  <si>
+    <t>653,764</t>
+  </si>
+  <si>
+    <t>1,098,236</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>4,504,403</t>
-[...5 lines deleted...]
-    <t>10,553,042</t>
+    <t>25,360,008</t>
+  </si>
+  <si>
+    <t>31,946,560</t>
+  </si>
+  <si>
+    <t>23,783,561</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>898,002</t>
-[...5 lines deleted...]
-    <t>435,361</t>
+    <t>648,109</t>
+  </si>
+  <si>
+    <t>965,579</t>
+  </si>
+  <si>
+    <t>484,183</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>571,519</t>
-[...5 lines deleted...]
-    <t>468,538</t>
+    <t>51,077</t>
+  </si>
+  <si>
+    <t>628,126</t>
+  </si>
+  <si>
+    <t>610,185</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>7,839</t>
-[...5 lines deleted...]
-    <t>8,930</t>
+    <t>1,813</t>
+  </si>
+  <si>
+    <t>38,285</t>
+  </si>
+  <si>
+    <t>1,244,070</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>619</t>
-[...2 lines deleted...]
-    <t>286</t>
+    <t>810</t>
+  </si>
+  <si>
+    <t>1,941</t>
+  </si>
+  <si>
+    <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
+  </si>
+  <si>
+    <t>19,507</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>911,526</t>
-[...5 lines deleted...]
-    <t>810,242</t>
+    <t>480,626</t>
+  </si>
+  <si>
+    <t>59,593</t>
+  </si>
+  <si>
+    <t>782,040</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>84,667</t>
-[...5 lines deleted...]
-    <t>2,297,804</t>
+    <t>106,722</t>
+  </si>
+  <si>
+    <t>2,325,780</t>
+  </si>
+  <si>
+    <t>92,758</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>1,002,174</t>
-[...5 lines deleted...]
-    <t>1,739,142</t>
+    <t>2,068,048</t>
+  </si>
+  <si>
+    <t>559,380</t>
+  </si>
+  <si>
+    <t>211,199</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>237,742,645</t>
-[...5 lines deleted...]
-    <t>113,843,427</t>
+    <t>123,280,231</t>
+  </si>
+  <si>
+    <t>109,166,170</t>
+  </si>
+  <si>
+    <t>112,722,650</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>21,590,886</t>
-[...5 lines deleted...]
-    <t>32,610,931</t>
+    <t>20,860,400</t>
+  </si>
+  <si>
+    <t>19,611,794</t>
+  </si>
+  <si>
+    <t>14,732,823</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>11,869,937</t>
-[...5 lines deleted...]
-    <t>18,372,254</t>
+    <t>16,388,973</t>
+  </si>
+  <si>
+    <t>29,718,182</t>
+  </si>
+  <si>
+    <t>7,446,462</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>1,554,581</t>
-[...5 lines deleted...]
-    <t>27,946,223</t>
+    <t>5,396,168</t>
+  </si>
+  <si>
+    <t>10,806,493</t>
+  </si>
+  <si>
+    <t>1,105,458</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>2,679,193</t>
-[...2 lines deleted...]
-    <t>486,870</t>
+    <t>2,006,548</t>
+  </si>
+  <si>
+    <t>6,600,415</t>
+  </si>
+  <si>
+    <t>542,890</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>116,839,551</t>
-[...5 lines deleted...]
-    <t>177,866,728</t>
+    <t>198,138,208</t>
+  </si>
+  <si>
+    <t>200,793,439</t>
+  </si>
+  <si>
+    <t>82,329,773</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>155,740</t>
-[...5 lines deleted...]
-    <t>154,628</t>
+    <t>18,704,720</t>
+  </si>
+  <si>
+    <t>176,120</t>
+  </si>
+  <si>
+    <t>188,141</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>10,326</t>
-[...5 lines deleted...]
-    <t>2,695,227</t>
+    <t>39,118,767</t>
+  </si>
+  <si>
+    <t>18,055,450</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>22,342,932</t>
-[...11 lines deleted...]
-    <t>1,190</t>
+    <t>302</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>703,187</t>
-[...5 lines deleted...]
-    <t>833,843</t>
+    <t>980,399</t>
+  </si>
+  <si>
+    <t>319,186</t>
+  </si>
+  <si>
+    <t>1,312,301</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>1,947,076</t>
-[...5 lines deleted...]
-    <t>2,458,901</t>
+    <t>4,212,837</t>
+  </si>
+  <si>
+    <t>4,563,651</t>
+  </si>
+  <si>
+    <t>3,252,557</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>117,159,571</t>
-[...5 lines deleted...]
-    <t>76,749,707</t>
+    <t>70,151,923</t>
+  </si>
+  <si>
+    <t>191,617,264</t>
+  </si>
+  <si>
+    <t>101,599,885</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>53,037,712</t>
-[...5 lines deleted...]
-    <t>113,537,462</t>
+    <t>47,374,054</t>
+  </si>
+  <si>
+    <t>84,777,848</t>
+  </si>
+  <si>
+    <t>107,545,768</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>28,275,954</t>
-[...5 lines deleted...]
-    <t>9,141,014</t>
+    <t>18,535,140</t>
+  </si>
+  <si>
+    <t>26,735,073</t>
+  </si>
+  <si>
+    <t>15,055,192</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>1,395,915</t>
-[...5 lines deleted...]
-    <t>394,786</t>
+    <t>154,011</t>
+  </si>
+  <si>
+    <t>78,561</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>317,661</t>
+    <t>12,000</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>21,548,206</t>
-[...5 lines deleted...]
-    <t>16,063,139</t>
+    <t>22,844,490</t>
+  </si>
+  <si>
+    <t>32,750,508</t>
+  </si>
+  <si>
+    <t>11,793,535</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>149,714</t>
-[...5 lines deleted...]
-    <t>100,187</t>
+    <t>22,320</t>
+  </si>
+  <si>
+    <t>30,918</t>
+  </si>
+  <si>
+    <t>17,924</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>11,190</t>
-[...11 lines deleted...]
-    <t>8,597,866</t>
+    <t>7,571</t>
+  </si>
+  <si>
+    <t>25,927</t>
+  </si>
+  <si>
+    <t>15,016</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>3,324,595</t>
-[...5 lines deleted...]
-    <t>4,196,961</t>
+    <t>3,912,754</t>
+  </si>
+  <si>
+    <t>3,063,895</t>
+  </si>
+  <si>
+    <t>3,765,467</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>1,392,385</t>
-[...5 lines deleted...]
-    <t>1,396,622</t>
+    <t>424,722</t>
+  </si>
+  <si>
+    <t>1,215,811</t>
+  </si>
+  <si>
+    <t>294,539</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>339,279</t>
-[...5 lines deleted...]
-    <t>1,500</t>
+    <t>29,752</t>
+  </si>
+  <si>
+    <t>48,146</t>
+  </si>
+  <si>
+    <t>52,461</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>4,059</t>
-[...5 lines deleted...]
-    <t>51,751</t>
+    <t>29,891</t>
+  </si>
+  <si>
+    <t>714,422</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1355,62 +1328,62 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D95"/>
+  <dimension ref="A1:D91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A95" sqref="A95"/>
+      <selection activeCell="A91" sqref="A91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -1447,1207 +1420,1151 @@
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C10" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B11" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="C11" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C13" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B14" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C14" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D14" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B15" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D15" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C16" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D16" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B17" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C17" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D17" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B18" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C18" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D18" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B19" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C19" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D19" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B20" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D20" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="C21" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B22" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D22" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B23" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C23" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="D23" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B24" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="C24" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="D24" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B25" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C25" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D25" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="B26" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C26" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D26" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="B27" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="C27" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="D27" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B28" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C28" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="D28" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B29" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C29" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="D29" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B30" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C30" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="D30" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B31" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C31" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D31" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B32" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C32" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="D32" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B33" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="C33" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="D33" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="B34" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="C34" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="D34" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B35" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C35" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="D35" t="s">
-        <v>129</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B36" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C36" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D36" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B37" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C37" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D37" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B38" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C38" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D38" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B39" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C39" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D39" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B40" t="s">
-        <v>17</v>
+        <v>152</v>
       </c>
       <c r="C40" t="s">
-        <v>17</v>
+        <v>153</v>
       </c>
       <c r="D40" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B41" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C41" t="s">
-        <v>17</v>
+        <v>157</v>
       </c>
       <c r="D41" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="B42" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="C42" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="D42" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="B43" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="C43" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="D43" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="B44" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="C44" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="D44" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="B45" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="C45" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="D45" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B46" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="C46" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="D46" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="B47" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="C47" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="D47" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="B48" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="C48" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="B49" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="C49" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="D49" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="B50" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="C50" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="D50" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="B51" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="C51" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D51" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="B52" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="C52" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="D52" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="B53" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="C53" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="D53" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="B54" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="C54" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="D54" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="B55" t="s">
-        <v>203</v>
+        <v>26</v>
       </c>
       <c r="C55" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="D55" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="B56" t="s">
-        <v>207</v>
+        <v>26</v>
       </c>
       <c r="C56" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="D56" t="s">
-        <v>209</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="B57" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="C57" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="D57" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B58" t="s">
-        <v>17</v>
+        <v>221</v>
       </c>
       <c r="C58" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="D58" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="B59" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C59" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="D59" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="B60" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="C60" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="D60" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="B61" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C61" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="D61" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="B62" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C62" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="D62" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="B63" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="C63" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="D63" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="B64" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="C64" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="D64" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="B65" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="C65" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="D65" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B66" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C66" t="s">
-        <v>17</v>
+        <v>254</v>
       </c>
       <c r="D66" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="B67" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="C67" t="s">
-        <v>250</v>
+        <v>26</v>
       </c>
       <c r="D67" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="B68" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="C68" t="s">
-        <v>254</v>
+        <v>26</v>
       </c>
       <c r="D68" t="s">
-        <v>255</v>
+        <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B69" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C69" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D69" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B70" t="s">
-        <v>17</v>
+        <v>266</v>
       </c>
       <c r="C70" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="D70" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B71" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C71" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="D71" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B72" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="C72" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="D72" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="B73" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="C73" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="D73" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="B74" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="C74" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="D74" t="s">
-        <v>277</v>
+        <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="B75" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="C75" t="s">
-        <v>280</v>
+        <v>26</v>
       </c>
       <c r="D75" t="s">
-        <v>281</v>
+        <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B76" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C76" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="D76" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B77" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C77" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D77" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B78" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C78" t="s">
-        <v>17</v>
+        <v>296</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>297</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="B79" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="C79" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="D79" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B80" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C80" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="D80" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="B81" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="C81" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="D81" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="B82" t="s">
-        <v>17</v>
+        <v>311</v>
       </c>
       <c r="C82" t="s">
-        <v>17</v>
+        <v>312</v>
       </c>
       <c r="D82" t="s">
-        <v>305</v>
+        <v>26</v>
       </c>
     </row>
     <row r="83" spans="1:4">
-      <c r="A83" t="s">
-[...55 lines deleted...]
-      <c r="A87" s="2" t="s">
+      <c r="A83" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B87" s="2" t="s">
+      <c r="B83" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C87" s="2" t="s">
+      <c r="C83" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D87" s="2" t="s">
+      <c r="D83" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="94" spans="1:4">
-[...9 lines deleted...]
-      <c r="D95" s="3"/>
+    <row r="90" spans="1:4">
+      <c r="A90" s="3"/>
+      <c r="B90" s="3"/>
+      <c r="C90" s="3"/>
+      <c r="D90" s="3"/>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" s="3"/>
+      <c r="B91" s="3"/>
+      <c r="C91" s="3"/>
+      <c r="D91" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A94:D94"/>
-    <mergeCell ref="A95:D95"/>
+    <mergeCell ref="A90:D90"/>
+    <mergeCell ref="A91:D91"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>