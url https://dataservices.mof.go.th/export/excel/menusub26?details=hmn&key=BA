--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,290 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>12,079,281</t>
-[...5 lines deleted...]
-    <t>13,965,637</t>
+    <t>7,580,879</t>
+  </si>
+  <si>
+    <t>6,071,924</t>
+  </si>
+  <si>
+    <t>5,762,628</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>161,836</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
-    <t>34,733</t>
-[...2 lines deleted...]
-    <t>971,011</t>
+    <t>849,555</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>29,757</t>
-[...5 lines deleted...]
-    <t>759,259</t>
+    <t>1,719</t>
+  </si>
+  <si>
+    <t>1,967</t>
+  </si>
+  <si>
+    <t>2,778</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>438,952</t>
-[...5 lines deleted...]
-    <t>30,628</t>
+    <t>37,282</t>
+  </si>
+  <si>
+    <t>40,674</t>
+  </si>
+  <si>
+    <t>44,278</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>2,904</t>
-[...8 lines deleted...]
-    <t>3,024,182</t>
+    <t>8,337</t>
+  </si>
+  <si>
+    <t>5,709</t>
+  </si>
+  <si>
+    <t>23,121</t>
+  </si>
+  <si>
+    <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
+  </si>
+  <si>
+    <t>6,030</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>92</t>
-[...5 lines deleted...]
-    <t>3,179</t>
+    <t>197</t>
+  </si>
+  <si>
+    <t>116</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>11,989</t>
-[...2 lines deleted...]
-    <t>171,090</t>
+    <t>4,235</t>
+  </si>
+  <si>
+    <t>57,683</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>1,124,634</t>
-[...5 lines deleted...]
-    <t>513,084</t>
+    <t>542,267</t>
+  </si>
+  <si>
+    <t>855,477</t>
+  </si>
+  <si>
+    <t>792,764</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>432,437</t>
-[...5 lines deleted...]
-    <t>491,783</t>
+    <t>366,001</t>
+  </si>
+  <si>
+    <t>81,882</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>180,975</t>
-[...2 lines deleted...]
-    <t>127,625</t>
+    <t>224,310</t>
+  </si>
+  <si>
+    <t>130,831</t>
+  </si>
+  <si>
+    <t>129,127</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>58,938</t>
-[...14 lines deleted...]
-    <t>2,805</t>
+    <t>187,097</t>
+  </si>
+  <si>
+    <t>116,762</t>
+  </si>
+  <si>
+    <t>83,819</t>
+  </si>
+  <si>
+    <t>74 ทองแดงและชองทำด้วยทองแดง</t>
+  </si>
+  <si>
+    <t>4,553</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>3,672</t>
-[...8 lines deleted...]
-    <t>4,292</t>
+    <t>13,102</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>1,782,265</t>
+    <t>55,160</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>872,627</t>
-[...5 lines deleted...]
-    <t>713,300</t>
+    <t>850,285</t>
+  </si>
+  <si>
+    <t>1,106,441</t>
+  </si>
+  <si>
+    <t>888,047</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>740,766</t>
-[...5 lines deleted...]
-    <t>1,124,866</t>
+    <t>786,994</t>
+  </si>
+  <si>
+    <t>901,595</t>
+  </si>
+  <si>
+    <t>67,847</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>5,058,087</t>
-[...5 lines deleted...]
-    <t>6,235,850</t>
+    <t>3,330,333</t>
+  </si>
+  <si>
+    <t>2,376,993</t>
+  </si>
+  <si>
+    <t>1,245,966</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>64,073</t>
-[...2 lines deleted...]
-    <t>25,148</t>
+    <t>45,037</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>33,647</t>
+    <t>39,940</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>2,511,271</t>
+    <t>1,289,345</t>
+  </si>
+  <si>
+    <t>1,337,180</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>88,288</t>
-[...5 lines deleted...]
-    <t>193,629</t>
+    <t>85,100</t>
+  </si>
+  <si>
+    <t>42,953</t>
+  </si>
+  <si>
+    <t>176,324</t>
+  </si>
+  <si>
+    <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
+  </si>
+  <si>
+    <t>16,382</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -638,53 +632,53 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A33" sqref="A33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -721,306 +715,306 @@
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>29</v>
       </c>
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10" t="s">
         <v>34</v>
       </c>
       <c r="D10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>36</v>
       </c>
       <c r="B11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" t="s">
         <v>37</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>44</v>
       </c>
       <c r="C13" t="s">
         <v>45</v>
       </c>
       <c r="D13" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C14" t="s">
         <v>48</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>49</v>
+      </c>
+      <c r="B15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" t="s">
         <v>50</v>
       </c>
-      <c r="B15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" t="s">
         <v>52</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B17" t="s">
+        <v>54</v>
+      </c>
+      <c r="C17" t="s">
         <v>55</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>58</v>
       </c>
       <c r="C18" t="s">
         <v>59</v>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>61</v>
       </c>
       <c r="B19" t="s">
         <v>62</v>
       </c>
       <c r="C19" t="s">
         <v>63</v>
       </c>
       <c r="D19" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>65</v>
       </c>
       <c r="B20" t="s">
+        <v>10</v>
+      </c>
+      <c r="C20" t="s">
         <v>66</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B21" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="C21" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B22" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="C22" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>72</v>
+      </c>
+      <c r="B23" t="s">
+        <v>73</v>
+      </c>
+      <c r="C23" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D23" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>76</v>
       </c>
       <c r="B24" t="s">
         <v>77</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3"/>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3"/>
       <c r="B33" s="3"/>