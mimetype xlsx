--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -12,863 +12,866 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>44,620,125,575</t>
-[...5 lines deleted...]
-    <t>35,581,281,105</t>
+    <t>64,890,104,969</t>
+  </si>
+  <si>
+    <t>44,695,615,215</t>
+  </si>
+  <si>
+    <t>47,519,800,408</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>16,720</t>
+  </si>
+  <si>
+    <t>76,336</t>
+  </si>
+  <si>
+    <t>52,147</t>
+  </si>
+  <si>
+    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
+  </si>
+  <si>
+    <t>9,007,281</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
-    <t>20,215</t>
-[...16 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>143,279</t>
+    <t>107,611</t>
+  </si>
+  <si>
+    <t>136,069</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>1,165,530</t>
-[...8 lines deleted...]
-    <t>14,335,925</t>
+    <t>3,818,602</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>15,836</t>
-[...2 lines deleted...]
-    <t>7,125</t>
+    <t>1,809,329</t>
+  </si>
+  <si>
+    <t>1,358,395</t>
+  </si>
+  <si>
+    <t>79,063</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>123,188</t>
-[...5 lines deleted...]
-    <t>209,344</t>
+    <t>61,080</t>
+  </si>
+  <si>
+    <t>7,810</t>
+  </si>
+  <si>
+    <t>109,113</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>72,806</t>
-[...5 lines deleted...]
-    <t>18,466</t>
+    <t>47,372</t>
+  </si>
+  <si>
+    <t>92,745</t>
+  </si>
+  <si>
+    <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
+  </si>
+  <si>
+    <t>1,900</t>
+  </si>
+  <si>
+    <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
+  </si>
+  <si>
+    <t>56</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>1,592,473</t>
-[...5 lines deleted...]
-    <t>812</t>
+    <t>519</t>
+  </si>
+  <si>
+    <t>163</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>6,785,330</t>
-[...5 lines deleted...]
-    <t>6,452,544</t>
+    <t>3,222,623</t>
+  </si>
+  <si>
+    <t>6,106,945</t>
+  </si>
+  <si>
+    <t>2,725,459</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>20,497,326</t>
-[...5 lines deleted...]
-    <t>34,029,084</t>
+    <t>13,299,724</t>
+  </si>
+  <si>
+    <t>4,860,877</t>
+  </si>
+  <si>
+    <t>2,601,362</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>1,902,922</t>
-[...5 lines deleted...]
-    <t>1,622,930</t>
+    <t>2,104,307</t>
+  </si>
+  <si>
+    <t>1,646,612</t>
+  </si>
+  <si>
+    <t>737,889</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>19,268</t>
-[...5 lines deleted...]
-    <t>53,961</t>
+    <t>7,623</t>
+  </si>
+  <si>
+    <t>128,332</t>
+  </si>
+  <si>
+    <t>82,015</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>2,205,202</t>
-[...5 lines deleted...]
-    <t>1,047,063</t>
+    <t>2,341,152</t>
+  </si>
+  <si>
+    <t>2,338,026</t>
+  </si>
+  <si>
+    <t>2,392,365</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>27,906,201</t>
-[...5 lines deleted...]
-    <t>78,851,244</t>
+    <t>12,609,006</t>
+  </si>
+  <si>
+    <t>46,936,230</t>
+  </si>
+  <si>
+    <t>78,386,939</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>1,757,480</t>
-[...5 lines deleted...]
-    <t>195,899</t>
+    <t>2,622,737</t>
+  </si>
+  <si>
+    <t>3,313,516</t>
+  </si>
+  <si>
+    <t>3,329,515</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>592,936</t>
-[...2 lines deleted...]
-    <t>3,513,429</t>
+    <t>4,396,696</t>
+  </si>
+  <si>
+    <t>15,763,532</t>
+  </si>
+  <si>
+    <t>853,831</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>37,547,798,269</t>
-[...5 lines deleted...]
-    <t>29,167,131,075</t>
+    <t>28,929,582,593</t>
+  </si>
+  <si>
+    <t>33,140,467,624</t>
+  </si>
+  <si>
+    <t>20,888,711,091</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>611,213</t>
+    <t>1,109,529</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>2,221</t>
-[...5 lines deleted...]
-    <t>11,733</t>
+    <t>6,490,703</t>
+  </si>
+  <si>
+    <t>3,138</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>155,426</t>
-[...2 lines deleted...]
-    <t>4,859</t>
+    <t>83,620</t>
+  </si>
+  <si>
+    <t>470,791</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>2,003,457</t>
-[...5 lines deleted...]
-    <t>1,942,649</t>
+    <t>1,443,735</t>
+  </si>
+  <si>
+    <t>1,210,438</t>
+  </si>
+  <si>
+    <t>496,989</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>9,601,741</t>
-[...5 lines deleted...]
-    <t>3,546,133</t>
+    <t>6,332,557</t>
+  </si>
+  <si>
+    <t>5,091,145</t>
+  </si>
+  <si>
+    <t>2,813,188</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>24,362,339</t>
-[...5 lines deleted...]
-    <t>9,715,077</t>
+    <t>33,790,302</t>
+  </si>
+  <si>
+    <t>12,439,549</t>
+  </si>
+  <si>
+    <t>3,907,887</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>172,107</t>
-[...5 lines deleted...]
-    <t>5,131</t>
+    <t>1,996,314</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>8,759,050</t>
-[...5 lines deleted...]
-    <t>5,032,578</t>
+    <t>5,335,831</t>
+  </si>
+  <si>
+    <t>10,081,783</t>
+  </si>
+  <si>
+    <t>7,942,855</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>143,637,607</t>
-[...5 lines deleted...]
-    <t>104,053,894</t>
+    <t>210,364,098</t>
+  </si>
+  <si>
+    <t>138,633,591</t>
+  </si>
+  <si>
+    <t>182,207,297</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>372,230</t>
-[...5 lines deleted...]
-    <t>1,763,207</t>
+    <t>2,479,738</t>
+  </si>
+  <si>
+    <t>591,199</t>
+  </si>
+  <si>
+    <t>811,538</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>350</t>
-[...5 lines deleted...]
-    <t>237,386</t>
+    <t>57,013</t>
+  </si>
+  <si>
+    <t>326</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>53,468</t>
-[...5 lines deleted...]
-    <t>148,363</t>
+    <t>242,752</t>
+  </si>
+  <si>
+    <t>239,494</t>
+  </si>
+  <si>
+    <t>460,936</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>40,243</t>
-[...8 lines deleted...]
-    <t>172,654</t>
+    <t>84,244</t>
+  </si>
+  <si>
+    <t>18,049</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>17,420,721</t>
-[...5 lines deleted...]
-    <t>12,883,615</t>
+    <t>14,195,636</t>
+  </si>
+  <si>
+    <t>7,073,249</t>
+  </si>
+  <si>
+    <t>3,427,319</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>868,424</t>
-[...5 lines deleted...]
-    <t>447,886</t>
+    <t>1,732,889</t>
+  </si>
+  <si>
+    <t>317,013</t>
+  </si>
+  <si>
+    <t>1,148,328</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>293</t>
+    <t>5,563</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>136,102</t>
+    <t>23,744</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>1,091</t>
+    <t>18,847</t>
+  </si>
+  <si>
+    <t>9,700</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>27,106</t>
-[...5 lines deleted...]
-    <t>1,420</t>
+    <t>4,225</t>
+  </si>
+  <si>
+    <t>1,040,453</t>
+  </si>
+  <si>
+    <t>5,362</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>560</t>
+    <t>8,970</t>
+  </si>
+  <si>
+    <t>12,426</t>
+  </si>
+  <si>
+    <t>2,852</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>28,434</t>
-[...5 lines deleted...]
-    <t>423,957</t>
+    <t>35,485</t>
+  </si>
+  <si>
+    <t>3,803</t>
+  </si>
+  <si>
+    <t>38,743</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>34,393</t>
-[...5 lines deleted...]
-    <t>48,498</t>
+    <t>2,900</t>
+  </si>
+  <si>
+    <t>16,941</t>
+  </si>
+  <si>
+    <t>1,550</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>451,533</t>
-[...5 lines deleted...]
-    <t>665,490</t>
+    <t>1,036,396</t>
+  </si>
+  <si>
+    <t>588,865</t>
+  </si>
+  <si>
+    <t>260,069</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>636</t>
-[...2 lines deleted...]
-    <t>135,499</t>
+    <t>305,579</t>
+  </si>
+  <si>
+    <t>1,889</t>
+  </si>
+  <si>
+    <t>445,122</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>1,175</t>
+    <t>7,963</t>
+  </si>
+  <si>
+    <t>553</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>170,682</t>
-[...5 lines deleted...]
-    <t>276,244</t>
+    <t>264,690</t>
+  </si>
+  <si>
+    <t>272,144</t>
+  </si>
+  <si>
+    <t>317,277</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>166,597</t>
-[...5 lines deleted...]
-    <t>391,298</t>
+    <t>412,507</t>
+  </si>
+  <si>
+    <t>272,373</t>
+  </si>
+  <si>
+    <t>446,224</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>2,803,755</t>
-[...5 lines deleted...]
-    <t>3,539,478</t>
+    <t>3,862,491</t>
+  </si>
+  <si>
+    <t>2,297,857</t>
+  </si>
+  <si>
+    <t>1,727,243</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>216,379</t>
-[...5 lines deleted...]
-    <t>333,084</t>
+    <t>277,629</t>
+  </si>
+  <si>
+    <t>563,834</t>
+  </si>
+  <si>
+    <t>258,012</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>31,037</t>
-[...2 lines deleted...]
-    <t>6,181</t>
+    <t>2,432</t>
+  </si>
+  <si>
+    <t>16,669</t>
+  </si>
+  <si>
+    <t>4,707</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
+    <t>24,072</t>
+  </si>
+  <si>
     <t>500</t>
   </si>
   <si>
-    <t>81</t>
+    <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
+  </si>
+  <si>
+    <t>8,364</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>1,823,181</t>
-[...5 lines deleted...]
-    <t>25,444</t>
+    <t>1,428,281</t>
+  </si>
+  <si>
+    <t>12,445</t>
+  </si>
+  <si>
+    <t>2,689,873</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>506,069</t>
-[...5 lines deleted...]
-    <t>414,330</t>
+    <t>2,175,956</t>
+  </si>
+  <si>
+    <t>1,689,102</t>
+  </si>
+  <si>
+    <t>2,363,811</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>877,638</t>
-[...5 lines deleted...]
-    <t>5,145,777</t>
+    <t>891,522</t>
+  </si>
+  <si>
+    <t>323,260</t>
+  </si>
+  <si>
+    <t>25,635</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>5,764,036,354</t>
-[...5 lines deleted...]
-    <t>5,074,875,575</t>
+    <t>34,739,563,335</t>
+  </si>
+  <si>
+    <t>9,883,242,370</t>
+  </si>
+  <si>
+    <t>25,370,455,056</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>10,996,148</t>
-[...5 lines deleted...]
-    <t>14,697,093</t>
+    <t>23,047,349</t>
+  </si>
+  <si>
+    <t>221,415,951</t>
+  </si>
+  <si>
+    <t>47,803,626</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>11,480,373</t>
-[...5 lines deleted...]
-    <t>16,020,914</t>
+    <t>9,475,461</t>
+  </si>
+  <si>
+    <t>13,798,342</t>
+  </si>
+  <si>
+    <t>10,100,504</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>26,572,807</t>
-[...5 lines deleted...]
-    <t>44,439</t>
+    <t>204,644</t>
+  </si>
+  <si>
+    <t>49,500</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>874,140,498</t>
-[...5 lines deleted...]
-    <t>945,950,452</t>
+    <t>703,319,326</t>
+  </si>
+  <si>
+    <t>1,055,109,340</t>
+  </si>
+  <si>
+    <t>781,717,328</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>18,548,311</t>
-[...11 lines deleted...]
-    <t>3,455,618</t>
+    <t>83,435,160</t>
+  </si>
+  <si>
+    <t>31,313,766</t>
+  </si>
+  <si>
+    <t>42,110,878</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>2,130,240</t>
-[...5 lines deleted...]
-    <t>1,139,218</t>
+    <t>1,949,123</t>
+  </si>
+  <si>
+    <t>2,858,886</t>
+  </si>
+  <si>
+    <t>8,447,790</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>483,730</t>
-[...5 lines deleted...]
-    <t>475,272</t>
+    <t>169,567</t>
+  </si>
+  <si>
+    <t>278,872</t>
+  </si>
+  <si>
+    <t>165,568</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>19,680,552</t>
-[...5 lines deleted...]
-    <t>21,044,855</t>
+    <t>46,016,077</t>
+  </si>
+  <si>
+    <t>40,192,956</t>
+  </si>
+  <si>
+    <t>36,709,143</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>5,033,321</t>
-[...5 lines deleted...]
-    <t>27,171,663</t>
+    <t>8,653,556</t>
+  </si>
+  <si>
+    <t>16,611,740</t>
+  </si>
+  <si>
+    <t>6,464,159</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>28,279,190</t>
-[...5 lines deleted...]
-    <t>11,655,560</t>
+    <t>362,067</t>
+  </si>
+  <si>
+    <t>15,324,017</t>
+  </si>
+  <si>
+    <t>8,313,671</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>16,947</t>
-[...5 lines deleted...]
-    <t>24,622</t>
+    <t>32,907</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>772,847</t>
+  </si>
+  <si>
+    <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
+  </si>
+  <si>
+    <t>24,848</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>890,567</t>
-[...5 lines deleted...]
-    <t>796,764</t>
+    <t>1,132,999</t>
+  </si>
+  <si>
+    <t>1,420,804</t>
+  </si>
+  <si>
+    <t>8,666,598</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>109,311</t>
-[...5 lines deleted...]
-    <t>312,327</t>
+    <t>5,223</t>
+  </si>
+  <si>
+    <t>25,308</t>
+  </si>
+  <si>
+    <t>33,761</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>25,000</t>
-[...5 lines deleted...]
-    <t>11,000</t>
+    <t>69,224</t>
+  </si>
+  <si>
+    <t>40,114</t>
+  </si>
+  <si>
+    <t>3,924</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>1,429,828</t>
-[...5 lines deleted...]
-    <t>7,999,772</t>
+    <t>1,412,335</t>
+  </si>
+  <si>
+    <t>373,749</t>
+  </si>
+  <si>
+    <t>791,790</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>39,911</t>
-[...5 lines deleted...]
-    <t>60,873</t>
+    <t>75,039</t>
+  </si>
+  <si>
+    <t>1,139,932</t>
+  </si>
+  <si>
+    <t>587,075</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>138,643</t>
-[...5 lines deleted...]
-    <t>143,366</t>
+    <t>23,699</t>
+  </si>
+  <si>
+    <t>1,000</t>
+  </si>
+  <si>
+    <t>178,300</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>393,737</t>
-[...2 lines deleted...]
-    <t>730</t>
+    <t>46,262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1269,1059 +1272,1059 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
         <v>21</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" t="s">
         <v>34</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D11" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D12" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B14" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D15" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C16" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B17" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D17" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D18" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B19" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="D19" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>66</v>
+      </c>
+      <c r="B20" t="s">
+        <v>67</v>
+      </c>
+      <c r="C20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>70</v>
+      </c>
+      <c r="B21" t="s">
+        <v>71</v>
+      </c>
+      <c r="C21" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" t="s">
         <v>75</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="D22" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C23" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D23" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B24" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C24" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="D24" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B25" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C25" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D25" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B26" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D26" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="C27" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="D27" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D28" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>96</v>
+      </c>
+      <c r="B29" t="s">
+        <v>97</v>
+      </c>
+      <c r="C29" t="s">
         <v>98</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>100</v>
+      </c>
+      <c r="B30" t="s">
+        <v>101</v>
+      </c>
+      <c r="C30" t="s">
         <v>102</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>104</v>
+      </c>
+      <c r="B31" t="s">
+        <v>105</v>
+      </c>
+      <c r="C31" t="s">
         <v>106</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>108</v>
+      </c>
+      <c r="B32" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" t="s">
+        <v>109</v>
+      </c>
+      <c r="D32" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B33" t="s">
+        <v>112</v>
+      </c>
+      <c r="C33" t="s">
+        <v>113</v>
+      </c>
+      <c r="D33" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B34" t="s">
-        <v>9</v>
+        <v>116</v>
       </c>
       <c r="C34" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="D34" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>118</v>
+      </c>
+      <c r="B35" t="s">
+        <v>119</v>
+      </c>
+      <c r="C35" t="s">
+        <v>120</v>
+      </c>
+      <c r="D35" t="s">
         <v>121</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>122</v>
+      </c>
+      <c r="B36" t="s">
         <v>123</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>124</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>126</v>
+      </c>
+      <c r="B37" t="s">
         <v>127</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" t="s">
-        <v>129</v>
+        <v>14</v>
       </c>
       <c r="D37" t="s">
-        <v>130</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B38" t="s">
-        <v>9</v>
+        <v>129</v>
       </c>
       <c r="C38" t="s">
-        <v>132</v>
+        <v>14</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B39" t="s">
-        <v>9</v>
+        <v>131</v>
       </c>
       <c r="C39" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>133</v>
+      </c>
+      <c r="B40" t="s">
+        <v>134</v>
+      </c>
+      <c r="C40" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D40" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>137</v>
       </c>
       <c r="B41" t="s">
         <v>138</v>
       </c>
       <c r="C41" t="s">
         <v>139</v>
       </c>
       <c r="D41" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>141</v>
       </c>
       <c r="B42" t="s">
         <v>142</v>
       </c>
       <c r="C42" t="s">
-        <v>9</v>
+        <v>143</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B43" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C43" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D43" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B44" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C44" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D44" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B45" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C45" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D45" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>14</v>
       </c>
       <c r="C46" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D46" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B47" t="s">
-        <v>9</v>
+        <v>161</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>162</v>
       </c>
       <c r="D47" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B48" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C48" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D48" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B49" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C49" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D49" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B50" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C50" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D50" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B51" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C51" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="D51" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>181</v>
       </c>
       <c r="C52" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D52" t="s">
-        <v>178</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B53" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C53" t="s">
-        <v>181</v>
+        <v>14</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B54" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C54" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D54" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B55" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C55" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D55" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B56" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C56" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D56" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B57" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C57" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D57" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B58" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C58" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D58" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B59" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C59" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D59" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B60" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C60" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="D60" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B61" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C61" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D61" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B62" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C62" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D62" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>221</v>
       </c>
       <c r="C63" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>223</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B64" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C64" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="D64" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B65" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C65" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D65" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B66" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C66" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="D66" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B67" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C67" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D67" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B68" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C68" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D68" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B69" t="s">
-        <v>241</v>
+        <v>14</v>
       </c>
       <c r="C69" t="s">
-        <v>242</v>
+        <v>14</v>
       </c>
       <c r="D69" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B70" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C70" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D70" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B71" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C71" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D71" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B72" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C72" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D72" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B73" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C73" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D73" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B74" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C74" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D74" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B75" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C75" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D75" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>271</v>
       </c>
       <c r="C76" t="s">
-        <v>269</v>
+        <v>14</v>
       </c>
       <c r="D76" t="s">
-        <v>270</v>
+        <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3"/>
       <c r="B84" s="3"/>
       <c r="C84" s="3"/>
       <c r="D84" s="3"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3"/>
       <c r="B85" s="3"/>