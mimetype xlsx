--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -12,803 +12,809 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>1,607,545,747</t>
-[...5 lines deleted...]
-    <t>1,342,808,120</t>
+    <t>1,608,698,203</t>
+  </si>
+  <si>
+    <t>1,482,499,521</t>
+  </si>
+  <si>
+    <t>1,675,846,625</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>20,000</t>
-[...5 lines deleted...]
-    <t>99,351</t>
+    <t>15,000</t>
+  </si>
+  <si>
+    <t>25,000</t>
+  </si>
+  <si>
+    <t>10,000</t>
+  </si>
+  <si>
+    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
+  </si>
+  <si>
+    <t>37,344,462</t>
+  </si>
+  <si>
+    <t>0</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>957,277</t>
-[...5 lines deleted...]
-    <t>2,112,934</t>
+    <t>2,661,177</t>
+  </si>
+  <si>
+    <t>497,989</t>
+  </si>
+  <si>
+    <t>2,029,325</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>0</t>
-[...2 lines deleted...]
-    <t>5,770,488</t>
+    <t>3,940,259</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>5,548,738</t>
-[...5 lines deleted...]
-    <t>1,906,954</t>
+    <t>9,494,159</t>
+  </si>
+  <si>
+    <t>15,411,343</t>
+  </si>
+  <si>
+    <t>14,290,750</t>
+  </si>
+  <si>
+    <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
+  </si>
+  <si>
+    <t>2,053</t>
+  </si>
+  <si>
+    <t>4,432</t>
+  </si>
+  <si>
+    <t>5,145</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>7,347,607</t>
-[...5 lines deleted...]
-    <t>6,650,606</t>
+    <t>9,579,139</t>
+  </si>
+  <si>
+    <t>6,484,668</t>
+  </si>
+  <si>
+    <t>3,574,615</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>1,059,521</t>
-[...2 lines deleted...]
-    <t>4,721,099</t>
+    <t>4,352,312</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>5,358</t>
-[...5 lines deleted...]
-    <t>609,110</t>
+    <t>2,786</t>
+  </si>
+  <si>
+    <t>167,727</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>2,511,995</t>
+    <t>1,900,472</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>54,490</t>
-[...5 lines deleted...]
-    <t>7,900</t>
+    <t>15,962</t>
+  </si>
+  <si>
+    <t>283,786</t>
+  </si>
+  <si>
+    <t>328,561</t>
+  </si>
+  <si>
+    <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
+  </si>
+  <si>
+    <t>308</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>5,425</t>
+    <t>1,515,586</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>67,452</t>
-[...8 lines deleted...]
-    <t>211</t>
+    <t>112,759</t>
+  </si>
+  <si>
+    <t>409,051</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>1,351,631</t>
-[...2 lines deleted...]
-    <t>784,990</t>
+    <t>1,574</t>
+  </si>
+  <si>
+    <t>951,739</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>2,025</t>
-[...5 lines deleted...]
-    <t>719,052</t>
+    <t>476,070</t>
+  </si>
+  <si>
+    <t>156,603</t>
+  </si>
+  <si>
+    <t>18,523</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>13,614,312</t>
-[...14 lines deleted...]
-    <t>599,314</t>
+    <t>12,070,125</t>
+  </si>
+  <si>
+    <t>5,161,089</t>
+  </si>
+  <si>
+    <t>8,325,803</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>1,719,634</t>
-[...2 lines deleted...]
-    <t>1,082,749</t>
+    <t>9,755,668</t>
+  </si>
+  <si>
+    <t>5,862,995</t>
+  </si>
+  <si>
+    <t>1,722,851</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>14,366,456</t>
-[...5 lines deleted...]
-    <t>2,040,339</t>
+    <t>3,541,563</t>
+  </si>
+  <si>
+    <t>7,712,473</t>
+  </si>
+  <si>
+    <t>10,584,953</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>1,047,248</t>
-[...5 lines deleted...]
-    <t>1,260,856</t>
+    <t>3,000,158</t>
+  </si>
+  <si>
+    <t>939,117</t>
+  </si>
+  <si>
+    <t>2,662,980</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>8,275,520</t>
-[...5 lines deleted...]
-    <t>2,331,656</t>
+    <t>859,600</t>
+  </si>
+  <si>
+    <t>13,921,165</t>
+  </si>
+  <si>
+    <t>2,575,309</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>255,400,979</t>
-[...5 lines deleted...]
-    <t>113,001,042</t>
+    <t>161,238,907</t>
+  </si>
+  <si>
+    <t>297,434,260</t>
+  </si>
+  <si>
+    <t>414,945,718</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>42,943,695</t>
-[...11 lines deleted...]
-    <t>4,205</t>
+    <t>3,071,552</t>
+  </si>
+  <si>
+    <t>5,950,843</t>
+  </si>
+  <si>
+    <t>23,531,470</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>11,450,693</t>
-[...5 lines deleted...]
-    <t>8,841,475</t>
+    <t>2,265,730</t>
+  </si>
+  <si>
+    <t>6,671,983</t>
+  </si>
+  <si>
+    <t>4,958,072</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>106,491</t>
-[...2 lines deleted...]
-    <t>4,959,319</t>
+    <t>74,181</t>
+  </si>
+  <si>
+    <t>133,136</t>
+  </si>
+  <si>
+    <t>3,970,100</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>217,747</t>
-[...5 lines deleted...]
-    <t>1,416,348</t>
+    <t>334,848</t>
+  </si>
+  <si>
+    <t>1,715,973</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>17,249</t>
-[...5 lines deleted...]
-    <t>263,759</t>
+    <t>105,611</t>
+  </si>
+  <si>
+    <t>247,324</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>13,596,864</t>
-[...5 lines deleted...]
-    <t>4,975,638</t>
+    <t>2,317,337</t>
+  </si>
+  <si>
+    <t>72,437,712</t>
+  </si>
+  <si>
+    <t>4,382,437</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>4,789,707</t>
-[...5 lines deleted...]
-    <t>3,051,963</t>
+    <t>3,480,134</t>
+  </si>
+  <si>
+    <t>2,538,794</t>
+  </si>
+  <si>
+    <t>4,025,912</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>2,109,293</t>
-[...5 lines deleted...]
-    <t>9,608,672</t>
+    <t>29,317,504</t>
+  </si>
+  <si>
+    <t>14,246,701</t>
+  </si>
+  <si>
+    <t>6,546,433</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>608,327</t>
-[...5 lines deleted...]
-    <t>2,278,800</t>
+    <t>1,663,397</t>
+  </si>
+  <si>
+    <t>3,611,172</t>
+  </si>
+  <si>
+    <t>4,496,064</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>387,384</t>
-[...5 lines deleted...]
-    <t>550,133</t>
+    <t>2,728,818</t>
+  </si>
+  <si>
+    <t>741,881</t>
+  </si>
+  <si>
+    <t>2,088</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>2,062,031</t>
-[...2 lines deleted...]
-    <t>847,980</t>
+    <t>1,682,130</t>
+  </si>
+  <si>
+    <t>1,405,488</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>131,164,677</t>
-[...5 lines deleted...]
-    <t>125,907,227</t>
+    <t>102,558,493</t>
+  </si>
+  <si>
+    <t>105,309,044</t>
+  </si>
+  <si>
+    <t>82,298,423</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>288,000</t>
-[...5 lines deleted...]
-    <t>292,530</t>
+    <t>829,926</t>
+  </si>
+  <si>
+    <t>191,531</t>
+  </si>
+  <si>
+    <t>899,458</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>5,391,550</t>
-[...14 lines deleted...]
-    <t>536</t>
+    <t>435,248</t>
+  </si>
+  <si>
+    <t>312,080</t>
+  </si>
+  <si>
+    <t>1,480,139</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>1,197</t>
-[...5 lines deleted...]
-    <t>250</t>
+    <t>74</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>511</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>1,342</t>
-[...14 lines deleted...]
-    <t>1,564</t>
+    <t>32,636</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>30,184</t>
+  </si>
+  <si>
+    <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
+  </si>
+  <si>
+    <t>10,339</t>
+  </si>
+  <si>
+    <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
+  </si>
+  <si>
+    <t>2,447</t>
+  </si>
+  <si>
+    <t>3,600</t>
+  </si>
+  <si>
+    <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
+  </si>
+  <si>
+    <t>103,698</t>
+  </si>
+  <si>
+    <t>864,822</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>16,704</t>
-[...5 lines deleted...]
-    <t>15,293</t>
+    <t>3,284</t>
+  </si>
+  <si>
+    <t>27,317</t>
+  </si>
+  <si>
+    <t>56,781</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>436</t>
-[...2 lines deleted...]
-    <t>6,773</t>
+    <t>5,041</t>
+  </si>
+  <si>
+    <t>7,373</t>
+  </si>
+  <si>
+    <t>4,581</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>111,010</t>
-[...5 lines deleted...]
-    <t>159,595</t>
+    <t>294,935</t>
+  </si>
+  <si>
+    <t>425,103</t>
+  </si>
+  <si>
+    <t>297,583</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>8,860</t>
-[...2 lines deleted...]
-    <t>5,423</t>
+    <t>15,269</t>
+  </si>
+  <si>
+    <t>7,199</t>
+  </si>
+  <si>
+    <t>226</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>4,542</t>
-[...5 lines deleted...]
-    <t>10,211</t>
+    <t>9,274</t>
+  </si>
+  <si>
+    <t>121,025</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>48,016</t>
-[...2 lines deleted...]
-    <t>279,935</t>
+    <t>73,934</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>15,000</t>
-[...2 lines deleted...]
-    <t>159,119</t>
+    <t>29,105</t>
+  </si>
+  <si>
+    <t>19,413</t>
+  </si>
+  <si>
+    <t>87,652</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>2,326</t>
-[...5 lines deleted...]
-    <t>434,211</t>
+    <t>347</t>
+  </si>
+  <si>
+    <t>1,096,330</t>
+  </si>
+  <si>
+    <t>820,195</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>443,509,120</t>
-[...5 lines deleted...]
-    <t>219,157,243</t>
+    <t>188,111,073</t>
+  </si>
+  <si>
+    <t>216,639,935</t>
+  </si>
+  <si>
+    <t>265,369,098</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>4,568,962</t>
-[...5 lines deleted...]
-    <t>73,895,222</t>
+    <t>68,646,614</t>
+  </si>
+  <si>
+    <t>15,352,803</t>
+  </si>
+  <si>
+    <t>10,718,803</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>2,390,887</t>
-[...5 lines deleted...]
-    <t>5,475,323</t>
+    <t>4,187,996</t>
+  </si>
+  <si>
+    <t>1,405,199</t>
+  </si>
+  <si>
+    <t>3,263,238</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>31,749</t>
-[...5 lines deleted...]
-    <t>391,256</t>
+    <t>524,353</t>
+  </si>
+  <si>
+    <t>70,270</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>3,122,452</t>
-[...2 lines deleted...]
-    <t>5,441,434</t>
+    <t>2,209,959</t>
+  </si>
+  <si>
+    <t>401,554</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>339,707,386</t>
-[...11 lines deleted...]
-    <t>1,303,728</t>
+    <t>572,718,032</t>
+  </si>
+  <si>
+    <t>369,400,430</t>
+  </si>
+  <si>
+    <t>499,623,133</t>
+  </si>
+  <si>
+    <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
+  </si>
+  <si>
+    <t>5,570,702</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>5,855,478</t>
-[...2 lines deleted...]
-    <t>2,961,177</t>
+    <t>2,939,184</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>295,057</t>
-[...5 lines deleted...]
-    <t>2,783,405</t>
+    <t>369,826</t>
+  </si>
+  <si>
+    <t>416,627</t>
+  </si>
+  <si>
+    <t>465,195</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>147,949</t>
-[...5 lines deleted...]
-    <t>945,477</t>
+    <t>68,769</t>
+  </si>
+  <si>
+    <t>96,198</t>
+  </si>
+  <si>
+    <t>9,751</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>165,683,027</t>
-[...5 lines deleted...]
-    <t>173,974,254</t>
+    <t>149,277,840</t>
+  </si>
+  <si>
+    <t>196,080,220</t>
+  </si>
+  <si>
+    <t>155,268,740</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>5,086,438</t>
-[...5 lines deleted...]
-    <t>10,052,880</t>
+    <t>1,935,420</t>
+  </si>
+  <si>
+    <t>4,343,494</t>
+  </si>
+  <si>
+    <t>8,629,942</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>110,401,679</t>
-[...11 lines deleted...]
-    <t>111,899</t>
+    <t>208,261,136</t>
+  </si>
+  <si>
+    <t>100,935,777</t>
+  </si>
+  <si>
+    <t>73,139,439</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>31,812</t>
-[...2 lines deleted...]
-    <t>6,837,048</t>
+    <t>173,678</t>
+  </si>
+  <si>
+    <t>43,457,236</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>3,264,584</t>
-[...5 lines deleted...]
-    <t>2,847,804</t>
+    <t>1,734,255</t>
+  </si>
+  <si>
+    <t>1,015,602</t>
+  </si>
+  <si>
+    <t>4,865,952</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>4,300</t>
+    <t>5,201</t>
+  </si>
+  <si>
+    <t>3,000</t>
+  </si>
+  <si>
+    <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
+  </si>
+  <si>
+    <t>1,608,960</t>
+  </si>
+  <si>
+    <t>229,968</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>75,907</t>
-[...5 lines deleted...]
-    <t>1,010,608</t>
+    <t>53,981</t>
+  </si>
+  <si>
+    <t>93,967</t>
+  </si>
+  <si>
+    <t>164,571</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>400,364</t>
-[...5 lines deleted...]
-    <t>218,973</t>
+    <t>202,427</t>
+  </si>
+  <si>
+    <t>389,176</t>
+  </si>
+  <si>
+    <t>553,153</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>19,631</t>
-[...2 lines deleted...]
-    <t>400</t>
+    <t>118,969</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>32,999</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>1,123</t>
-[...2 lines deleted...]
-    <t>28,501</t>
+    <t>92,614</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1153,51 +1159,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A81" sqref="A81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -1209,818 +1215,818 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" t="s">
         <v>23</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" t="s">
         <v>27</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
         <v>30</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>31</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" t="s">
         <v>34</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" t="s">
         <v>36</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" t="s">
         <v>42</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" t="s">
+        <v>14</v>
+      </c>
+      <c r="D14" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" t="s">
         <v>47</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="D15" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" t="s">
         <v>50</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B17" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C17" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="D17" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C18" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" t="s">
+        <v>59</v>
+      </c>
+      <c r="C19" t="s">
+        <v>60</v>
+      </c>
+      <c r="D19" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C20" t="s">
         <v>64</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>66</v>
+      </c>
+      <c r="B21" t="s">
+        <v>67</v>
+      </c>
+      <c r="C21" t="s">
         <v>68</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>70</v>
+      </c>
+      <c r="B22" t="s">
+        <v>71</v>
+      </c>
+      <c r="C22" t="s">
         <v>72</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>74</v>
+      </c>
+      <c r="B23" t="s">
+        <v>75</v>
+      </c>
+      <c r="C23" t="s">
         <v>76</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>78</v>
+      </c>
+      <c r="B24" t="s">
+        <v>79</v>
+      </c>
+      <c r="C24" t="s">
         <v>80</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>82</v>
+      </c>
+      <c r="B25" t="s">
+        <v>83</v>
+      </c>
+      <c r="C25" t="s">
         <v>84</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>86</v>
       </c>
       <c r="B26" t="s">
         <v>87</v>
       </c>
       <c r="C26" t="s">
         <v>88</v>
       </c>
       <c r="D26" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>90</v>
       </c>
       <c r="B27" t="s">
         <v>91</v>
       </c>
       <c r="C27" t="s">
         <v>92</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="D28" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>97</v>
       </c>
       <c r="B29" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" t="s">
         <v>98</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>100</v>
+      </c>
+      <c r="B30" t="s">
         <v>101</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>102</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>104</v>
+      </c>
+      <c r="B31" t="s">
         <v>105</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>106</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>108</v>
+      </c>
+      <c r="B32" t="s">
         <v>109</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>110</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>112</v>
+      </c>
+      <c r="B33" t="s">
         <v>113</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>114</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>116</v>
+      </c>
+      <c r="B34" t="s">
         <v>117</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>118</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>120</v>
+      </c>
+      <c r="B35" t="s">
         <v>121</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>122</v>
       </c>
-      <c r="C35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>123</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>123</v>
+      </c>
+      <c r="B36" t="s">
         <v>124</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>125</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>127</v>
+      </c>
+      <c r="B37" t="s">
         <v>128</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>129</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>131</v>
+      </c>
+      <c r="B38" t="s">
         <v>132</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>133</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>135</v>
+      </c>
+      <c r="B39" t="s">
         <v>136</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D39" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>139</v>
       </c>
       <c r="B40" t="s">
         <v>140</v>
       </c>
       <c r="C40" t="s">
         <v>141</v>
       </c>
       <c r="D40" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>143</v>
       </c>
       <c r="B41" t="s">
+        <v>14</v>
+      </c>
+      <c r="C41" t="s">
         <v>144</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>145</v>
+      </c>
+      <c r="B42" t="s">
         <v>146</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>147</v>
       </c>
-      <c r="C42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>149</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>148</v>
+      </c>
+      <c r="B43" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" t="s">
+        <v>149</v>
+      </c>
+      <c r="D43" t="s">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>151</v>
+      </c>
+      <c r="B44" t="s">
+        <v>152</v>
+      </c>
+      <c r="C44" t="s">
+        <v>153</v>
+      </c>
+      <c r="D44" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>155</v>
+      </c>
+      <c r="B45" t="s">
+        <v>156</v>
+      </c>
+      <c r="C45" t="s">
         <v>157</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>159</v>
+      </c>
+      <c r="B46" t="s">
+        <v>160</v>
+      </c>
+      <c r="C46" t="s">
         <v>161</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>163</v>
+      </c>
+      <c r="B47" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C47" t="s">
         <v>165</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>166</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B48" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C48" t="s">
-        <v>17</v>
+        <v>168</v>
       </c>
       <c r="D48" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B49" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C49" t="s">
-        <v>169</v>
+        <v>14</v>
       </c>
       <c r="D49" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B50" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C50" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B51" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C51" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D51" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B52" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C52" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D52" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B53" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C53" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D53" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B54" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C54" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D54" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B55" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C55" t="s">
-        <v>192</v>
+        <v>14</v>
       </c>
       <c r="D55" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B56" t="s">
-        <v>17</v>
+        <v>196</v>
       </c>
       <c r="C56" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D56" t="s">
-        <v>196</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B57" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C57" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D57" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B58" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C58" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B59" t="s">
-        <v>204</v>
+        <v>14</v>
       </c>
       <c r="C59" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D59" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>206</v>
       </c>
       <c r="B60" t="s">
         <v>207</v>
       </c>
       <c r="C60" t="s">
         <v>208</v>
       </c>
       <c r="D60" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>210</v>
       </c>
       <c r="B61" t="s">
         <v>211</v>
@@ -2060,152 +2066,152 @@
         <v>221</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>222</v>
       </c>
       <c r="B64" t="s">
         <v>223</v>
       </c>
       <c r="C64" t="s">
         <v>224</v>
       </c>
       <c r="D64" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>226</v>
       </c>
       <c r="B65" t="s">
         <v>227</v>
       </c>
       <c r="C65" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B66" t="s">
-        <v>17</v>
+        <v>230</v>
       </c>
       <c r="C66" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D66" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B67" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C67" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D67" t="s">
-        <v>234</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B68" t="s">
-        <v>17</v>
+        <v>237</v>
       </c>
       <c r="C68" t="s">
-        <v>236</v>
+        <v>14</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>238</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B69" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C69" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D69" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B70" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C70" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D70" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B71" t="s">
-        <v>17</v>
+        <v>248</v>
       </c>
       <c r="C71" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D71" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B72" t="s">
-        <v>17</v>
+        <v>252</v>
       </c>
       <c r="C72" t="s">
-        <v>249</v>
+        <v>14</v>
       </c>
       <c r="D72" t="s">
-        <v>250</v>
+        <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3"/>
       <c r="B80" s="3"/>
       <c r="C80" s="3"/>
       <c r="D80" s="3"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3"/>
       <c r="B81" s="3"/>