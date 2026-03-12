--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -12,1130 +12,1133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>30,849,403,491</t>
-[...5 lines deleted...]
-    <t>28,279,276,105</t>
+    <t>31,286,634,220</t>
+  </si>
+  <si>
+    <t>32,579,923,593</t>
+  </si>
+  <si>
+    <t>33,734,183,876</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>33,361</t>
-[...2 lines deleted...]
-    <t>5,000</t>
+    <t>10,000</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>692,330,672</t>
-[...5 lines deleted...]
-    <t>810,099,901</t>
+    <t>943,586,319</t>
+  </si>
+  <si>
+    <t>847,431,902</t>
+  </si>
+  <si>
+    <t>864,744,839</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>10,019,480</t>
-[...5 lines deleted...]
-    <t>5,916,707</t>
+    <t>15,154,103</t>
+  </si>
+  <si>
+    <t>2,031,781</t>
+  </si>
+  <si>
+    <t>14,535,220</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>132,826</t>
-[...5 lines deleted...]
-    <t>171,030</t>
+    <t>146,155</t>
+  </si>
+  <si>
+    <t>249,128</t>
+  </si>
+  <si>
+    <t>428,844</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>3,967,852</t>
-[...5 lines deleted...]
-    <t>3,575,143</t>
+    <t>3,597,860</t>
+  </si>
+  <si>
+    <t>3,866,068</t>
+  </si>
+  <si>
+    <t>2,702,347</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>101,704,420</t>
-[...5 lines deleted...]
-    <t>36,963,921</t>
+    <t>30,093,222</t>
+  </si>
+  <si>
+    <t>37,579,356</t>
+  </si>
+  <si>
+    <t>23,580,189</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>473,618,582</t>
-[...5 lines deleted...]
-    <t>329,547,882</t>
+    <t>576,573,507</t>
+  </si>
+  <si>
+    <t>556,098,626</t>
+  </si>
+  <si>
+    <t>446,243,150</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>445,948,092</t>
-[...5 lines deleted...]
-    <t>246,220,597</t>
+    <t>335,576,141</t>
+  </si>
+  <si>
+    <t>427,411,506</t>
+  </si>
+  <si>
+    <t>206,879,843</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>15,505,795</t>
-[...5 lines deleted...]
-    <t>3,329</t>
+    <t>17,972,941</t>
+  </si>
+  <si>
+    <t>16,790,899</t>
+  </si>
+  <si>
+    <t>9,212,624</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>130,983,119</t>
-[...5 lines deleted...]
-    <t>126,210,439</t>
+    <t>152,862,289</t>
+  </si>
+  <si>
+    <t>149,568,223</t>
+  </si>
+  <si>
+    <t>154,092,937</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>8,660,083</t>
-[...5 lines deleted...]
-    <t>9,071,505</t>
+    <t>7,760,791</t>
+  </si>
+  <si>
+    <t>18,094,952</t>
+  </si>
+  <si>
+    <t>6,979,257</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>398,153</t>
-[...5 lines deleted...]
-    <t>408,556</t>
+    <t>326</t>
   </si>
   <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
-    <t>1,480,833</t>
+    <t>373,164</t>
+  </si>
+  <si>
+    <t>1,124,063</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>7,227,743</t>
-[...2 lines deleted...]
-    <t>2,158,881</t>
+    <t>395,581</t>
+  </si>
+  <si>
+    <t>2,640,343</t>
+  </si>
+  <si>
+    <t>228</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>210,977,638</t>
-[...5 lines deleted...]
-    <t>99,087,395</t>
+    <t>89,267,098</t>
+  </si>
+  <si>
+    <t>77,943,254</t>
+  </si>
+  <si>
+    <t>80,954,164</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>61,551,368</t>
-[...5 lines deleted...]
-    <t>64,839,059</t>
+    <t>164,418,050</t>
+  </si>
+  <si>
+    <t>76,164,256</t>
+  </si>
+  <si>
+    <t>55,057,417</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>9,570,605</t>
-[...5 lines deleted...]
-    <t>9,738,075</t>
+    <t>6,856,780</t>
+  </si>
+  <si>
+    <t>8,339,517</t>
+  </si>
+  <si>
+    <t>7,937,735</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>53,556,791</t>
-[...5 lines deleted...]
-    <t>55,972,738</t>
+    <t>63,005,306</t>
+  </si>
+  <si>
+    <t>67,666,867</t>
+  </si>
+  <si>
+    <t>65,032,089</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>48,008,422</t>
-[...5 lines deleted...]
-    <t>36,944,950</t>
+    <t>69,458,547</t>
+  </si>
+  <si>
+    <t>54,576,715</t>
+  </si>
+  <si>
+    <t>36,415,790</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>1,162,084,236</t>
-[...5 lines deleted...]
-    <t>1,286,156,749</t>
+    <t>1,172,706,092</t>
+  </si>
+  <si>
+    <t>1,234,360,337</t>
+  </si>
+  <si>
+    <t>1,210,525,259</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>42,226,921</t>
-[...5 lines deleted...]
-    <t>55,272,104</t>
+    <t>24,745,970</t>
+  </si>
+  <si>
+    <t>72,605,750</t>
+  </si>
+  <si>
+    <t>59,562,193</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>129,459,599</t>
-[...5 lines deleted...]
-    <t>147,544,963</t>
+    <t>167,258,710</t>
+  </si>
+  <si>
+    <t>157,958,239</t>
+  </si>
+  <si>
+    <t>157,276,907</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>3,092,428</t>
-[...2 lines deleted...]
-    <t>24,181,886</t>
+    <t>146</t>
+  </si>
+  <si>
+    <t>10,262,335</t>
+  </si>
+  <si>
+    <t>10,470,571</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>8,016,639</t>
-[...5 lines deleted...]
-    <t>10,518,245</t>
+    <t>8,310,887</t>
+  </si>
+  <si>
+    <t>7,329,047</t>
+  </si>
+  <si>
+    <t>20,269,982</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>15,253,868</t>
-[...2 lines deleted...]
-    <t>8,338,526</t>
+    <t>27,462,229</t>
+  </si>
+  <si>
+    <t>4,372,370</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>1,372,390,956</t>
-[...5 lines deleted...]
-    <t>49,340,853</t>
+    <t>972,416,830</t>
+  </si>
+  <si>
+    <t>843,300,492</t>
+  </si>
+  <si>
+    <t>2,291,141,955</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>133,715,809</t>
-[...5 lines deleted...]
-    <t>86,121,614</t>
+    <t>62,019,151</t>
+  </si>
+  <si>
+    <t>127,100,927</t>
+  </si>
+  <si>
+    <t>122,807,372</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>8,963,547</t>
-[...5 lines deleted...]
-    <t>589,819,279</t>
+    <t>258,966,403</t>
+  </si>
+  <si>
+    <t>267,789,381</t>
+  </si>
+  <si>
+    <t>270,904,192</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>13,034,673</t>
-[...5 lines deleted...]
-    <t>1,683,322</t>
+    <t>2,682,622</t>
+  </si>
+  <si>
+    <t>18,237,774</t>
+  </si>
+  <si>
+    <t>8,926,374</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>29,843,066</t>
-[...5 lines deleted...]
-    <t>38,707,412</t>
+    <t>35,513,309</t>
+  </si>
+  <si>
+    <t>37,392,565</t>
+  </si>
+  <si>
+    <t>9,698,761</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>43,494,703</t>
-[...5 lines deleted...]
-    <t>49,105,051</t>
+    <t>89,638,792</t>
+  </si>
+  <si>
+    <t>50,946,442</t>
+  </si>
+  <si>
+    <t>47,947,301</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>51,702,676</t>
-[...5 lines deleted...]
-    <t>64,337,228</t>
+    <t>78,114,866</t>
+  </si>
+  <si>
+    <t>45,612,694</t>
+  </si>
+  <si>
+    <t>45,372,889</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>70,949,319</t>
-[...5 lines deleted...]
-    <t>87,442,500</t>
+    <t>85,524,647</t>
+  </si>
+  <si>
+    <t>95,719,674</t>
+  </si>
+  <si>
+    <t>90,697,449</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>7,583,279</t>
-[...5 lines deleted...]
-    <t>10,972,760</t>
+    <t>5,961,234</t>
+  </si>
+  <si>
+    <t>12,254,322</t>
+  </si>
+  <si>
+    <t>6,679,084</t>
   </si>
   <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
-    <t>322,507</t>
-[...2 lines deleted...]
-    <t>7,252,946</t>
+    <t>8,626,118</t>
+  </si>
+  <si>
+    <t>8,269,394</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>78,307</t>
-[...5 lines deleted...]
-    <t>55,975</t>
+    <t>86,159</t>
+  </si>
+  <si>
+    <t>86,998</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>262,335,332</t>
-[...5 lines deleted...]
-    <t>327,915,403</t>
+    <t>396,062,753</t>
+  </si>
+  <si>
+    <t>573,693,613</t>
+  </si>
+  <si>
+    <t>320,260,793</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>559,426,766</t>
-[...5 lines deleted...]
-    <t>624,714,683</t>
+    <t>612,098,002</t>
+  </si>
+  <si>
+    <t>604,640,019</t>
+  </si>
+  <si>
+    <t>510,279,035</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>179,633,967</t>
-[...5 lines deleted...]
-    <t>164,687,252</t>
+    <t>166,580,639</t>
+  </si>
+  <si>
+    <t>153,514,819</t>
+  </si>
+  <si>
+    <t>143,712,435</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>59,108,734</t>
-[...5 lines deleted...]
-    <t>61,989,598</t>
+    <t>60,295,472</t>
+  </si>
+  <si>
+    <t>57,115,259</t>
+  </si>
+  <si>
+    <t>55,838,966</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>117,426,003</t>
-[...14 lines deleted...]
-    <t>131</t>
+    <t>125,981,356</t>
+  </si>
+  <si>
+    <t>90,469,394</t>
+  </si>
+  <si>
+    <t>62,567,253</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>181,439,801</t>
-[...14 lines deleted...]
-    <t>709,218</t>
+    <t>361,325,710</t>
+  </si>
+  <si>
+    <t>246,774,446</t>
+  </si>
+  <si>
+    <t>180,530,469</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>1,573,473</t>
-[...5 lines deleted...]
-    <t>852,984</t>
+    <t>839,102</t>
+  </si>
+  <si>
+    <t>772,794</t>
+  </si>
+  <si>
+    <t>2,300,574</t>
+  </si>
+  <si>
+    <t>47 เยื่อไม้</t>
+  </si>
+  <si>
+    <t>6,171,401</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>480,686,307</t>
-[...5 lines deleted...]
-    <t>414,712,971</t>
+    <t>546,061,989</t>
+  </si>
+  <si>
+    <t>465,009,486</t>
+  </si>
+  <si>
+    <t>357,947,060</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>23,036,375</t>
-[...5 lines deleted...]
-    <t>106,685,077</t>
+    <t>20,917,662</t>
+  </si>
+  <si>
+    <t>40,188,369</t>
+  </si>
+  <si>
+    <t>17,085,872</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>5,765,660</t>
-[...2 lines deleted...]
-    <t>19,315,592</t>
+    <t>8,117,990</t>
+  </si>
+  <si>
+    <t>1,748,407</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>3,507</t>
-[...5 lines deleted...]
-    <t>462</t>
+    <t>60,753</t>
+  </si>
+  <si>
+    <t>24,029</t>
+  </si>
+  <si>
+    <t>57,887</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>133,807,108</t>
-[...5 lines deleted...]
-    <t>137,321,662</t>
+    <t>207,454,196</t>
+  </si>
+  <si>
+    <t>147,835,525</t>
+  </si>
+  <si>
+    <t>135,859,554</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>42,355</t>
-[...5 lines deleted...]
-    <t>79,615</t>
+    <t>5,839,627</t>
+  </si>
+  <si>
+    <t>20,990,735</t>
+  </si>
+  <si>
+    <t>11,953,183</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>163,237,839</t>
-[...5 lines deleted...]
-    <t>182,020,906</t>
+    <t>172,906,812</t>
+  </si>
+  <si>
+    <t>163,525,223</t>
+  </si>
+  <si>
+    <t>133,725,691</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>20,473,503</t>
-[...5 lines deleted...]
-    <t>25,862,468</t>
+    <t>45,375,669</t>
+  </si>
+  <si>
+    <t>33,031,594</t>
+  </si>
+  <si>
+    <t>23,878,662</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>11,514,725</t>
-[...5 lines deleted...]
-    <t>17,449,591</t>
+    <t>25,276,553</t>
+  </si>
+  <si>
+    <t>21,041,253</t>
+  </si>
+  <si>
+    <t>18,443,138</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>6,285,659</t>
-[...5 lines deleted...]
-    <t>14,416,359</t>
+    <t>11,907,734</t>
+  </si>
+  <si>
+    <t>17,242,443</t>
+  </si>
+  <si>
+    <t>14,424,567</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>34,041,333</t>
-[...5 lines deleted...]
-    <t>42,079,903</t>
+    <t>40,961,354</t>
+  </si>
+  <si>
+    <t>28,998,619</t>
+  </si>
+  <si>
+    <t>35,613,450</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>132,822,709</t>
-[...5 lines deleted...]
-    <t>132,732,812</t>
+    <t>143,663,049</t>
+  </si>
+  <si>
+    <t>93,216,423</t>
+  </si>
+  <si>
+    <t>83,428,035</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>214,798,752</t>
-[...5 lines deleted...]
-    <t>244,652,695</t>
+    <t>276,817,376</t>
+  </si>
+  <si>
+    <t>214,202,396</t>
+  </si>
+  <si>
+    <t>169,427,684</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>214,627,087</t>
-[...5 lines deleted...]
-    <t>379,105,006</t>
+    <t>425,689,066</t>
+  </si>
+  <si>
+    <t>372,923,104</t>
+  </si>
+  <si>
+    <t>286,116,642</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>211,759,041</t>
-[...5 lines deleted...]
-    <t>235,260,615</t>
+    <t>286,061,267</t>
+  </si>
+  <si>
+    <t>230,665,018</t>
+  </si>
+  <si>
+    <t>207,374,001</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>121,117,327</t>
-[...5 lines deleted...]
-    <t>146,965,102</t>
+    <t>126,551,816</t>
+  </si>
+  <si>
+    <t>106,887,269</t>
+  </si>
+  <si>
+    <t>131,328,019</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>556,441,798</t>
-[...5 lines deleted...]
-    <t>843,218,985</t>
+    <t>935,014,529</t>
+  </si>
+  <si>
+    <t>702,013,962</t>
+  </si>
+  <si>
+    <t>477,232,732</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>20,096,389</t>
-[...5 lines deleted...]
-    <t>9,303,740</t>
+    <t>23,319,018</t>
+  </si>
+  <si>
+    <t>22,548,528</t>
+  </si>
+  <si>
+    <t>13,362,175</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>559,153</t>
-[...5 lines deleted...]
-    <t>258,785</t>
+    <t>81,021</t>
+  </si>
+  <si>
+    <t>1,935,692</t>
+  </si>
+  <si>
+    <t>71,693</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>234,988</t>
-[...5 lines deleted...]
-    <t>69,129</t>
+    <t>28,580</t>
+  </si>
+  <si>
+    <t>355,168</t>
+  </si>
+  <si>
+    <t>13,024</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>13,154,633</t>
-[...5 lines deleted...]
-    <t>17,819,328</t>
+    <t>19,159,266</t>
+  </si>
+  <si>
+    <t>19,577,778</t>
+  </si>
+  <si>
+    <t>10,390,592</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>135,884,797</t>
-[...5 lines deleted...]
-    <t>144,562,661</t>
+    <t>153,267,574</t>
+  </si>
+  <si>
+    <t>111,641,614</t>
+  </si>
+  <si>
+    <t>144,491,424</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>40,525,083</t>
-[...5 lines deleted...]
-    <t>28,702,999</t>
+    <t>20,417,922</t>
+  </si>
+  <si>
+    <t>31,635,048</t>
+  </si>
+  <si>
+    <t>28,559,434</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>99,707,077</t>
-[...5 lines deleted...]
-    <t>92,010,161</t>
+    <t>71,201,668</t>
+  </si>
+  <si>
+    <t>79,376,018</t>
+  </si>
+  <si>
+    <t>65,565,889</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>804,439,533</t>
-[...5 lines deleted...]
-    <t>445,880,012</t>
+    <t>913,946,221</t>
+  </si>
+  <si>
+    <t>392,764,618</t>
+  </si>
+  <si>
+    <t>446,224,894</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>761,857,251</t>
-[...5 lines deleted...]
-    <t>566,080,280</t>
+    <t>1,074,797,912</t>
+  </si>
+  <si>
+    <t>937,898,447</t>
+  </si>
+  <si>
+    <t>769,090,077</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>384,000,552</t>
-[...5 lines deleted...]
-    <t>423,993,710</t>
+    <t>184,326,078</t>
+  </si>
+  <si>
+    <t>316,667,101</t>
+  </si>
+  <si>
+    <t>195,870,724</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>116,384</t>
-[...5 lines deleted...]
-    <t>82</t>
+    <t>65,647</t>
+  </si>
+  <si>
+    <t>2,283,470</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>141,313,229</t>
-[...5 lines deleted...]
-    <t>105,879,454</t>
+    <t>222,531,893</t>
+  </si>
+  <si>
+    <t>163,388,618</t>
+  </si>
+  <si>
+    <t>168,142,837</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>2,150,769</t>
-[...5 lines deleted...]
-    <t>954,708</t>
+    <t>121,480</t>
+  </si>
+  <si>
+    <t>1,146,865</t>
+  </si>
+  <si>
+    <t>878,374</t>
+  </si>
+  <si>
+    <t>80 ดีบุกและของทำด้วยดีบุก</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>457</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>573,808</t>
-[...5 lines deleted...]
-    <t>693,556,068</t>
+    <t>440,898,523</t>
+  </si>
+  <si>
+    <t>507,522,367</t>
+  </si>
+  <si>
+    <t>547,579,777</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>26,281,895</t>
-[...5 lines deleted...]
-    <t>54,665,844</t>
+    <t>73,501,342</t>
+  </si>
+  <si>
+    <t>72,281,658</t>
+  </si>
+  <si>
+    <t>55,944,793</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>70,422,260</t>
-[...5 lines deleted...]
-    <t>45,421,211</t>
+    <t>116,257,103</t>
+  </si>
+  <si>
+    <t>62,888,158</t>
+  </si>
+  <si>
+    <t>93,833,345</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,705,444,928</t>
-[...5 lines deleted...]
-    <t>2,903,031,025</t>
+    <t>3,626,610,415</t>
+  </si>
+  <si>
+    <t>5,481,302,366</t>
+  </si>
+  <si>
+    <t>6,702,539,536</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>14,548,330,409</t>
-[...5 lines deleted...]
-    <t>11,972,351,399</t>
+    <t>11,641,796,416</t>
+  </si>
+  <si>
+    <t>12,478,673,780</t>
+  </si>
+  <si>
+    <t>12,738,315,297</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>3,828,720</t>
-[...2 lines deleted...]
-    <t>1,052,365</t>
+    <t>1,931,530</t>
+  </si>
+  <si>
+    <t>2,771,842</t>
+  </si>
+  <si>
+    <t>3,843,754</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,019,969,432</t>
-[...5 lines deleted...]
-    <t>1,205,328,800</t>
+    <t>1,435,643,947</t>
+  </si>
+  <si>
+    <t>1,105,133,009</t>
+  </si>
+  <si>
+    <t>1,132,138,539</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>223,769</t>
-[...5 lines deleted...]
-    <t>578,777</t>
+    <t>456,592</t>
+  </si>
+  <si>
+    <t>87,884,883</t>
+  </si>
+  <si>
+    <t>125,532</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>99,570,904</t>
+    <t>22,182,114</t>
+  </si>
+  <si>
+    <t>149,312,511</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>696,411,800</t>
-[...5 lines deleted...]
-    <t>588,156,047</t>
+    <t>578,340,317</t>
+  </si>
+  <si>
+    <t>628,943,147</t>
+  </si>
+  <si>
+    <t>542,776,731</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>16,618,344</t>
-[...5 lines deleted...]
-    <t>20,910,243</t>
+    <t>15,427,324</t>
+  </si>
+  <si>
+    <t>19,642,043</t>
+  </si>
+  <si>
+    <t>14,658,165</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>602,911</t>
-[...5 lines deleted...]
-    <t>207,487</t>
+    <t>941,684</t>
+  </si>
+  <si>
+    <t>884,016</t>
+  </si>
+  <si>
+    <t>489,506</t>
+  </si>
+  <si>
+    <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
+  </si>
+  <si>
+    <t>234</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>35,804,763</t>
-[...5 lines deleted...]
-    <t>38,055,657</t>
+    <t>46,663,459</t>
+  </si>
+  <si>
+    <t>51,957,662</t>
+  </si>
+  <si>
+    <t>44,238,204</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>51,977,511</t>
-[...5 lines deleted...]
-    <t>40,253,442</t>
+    <t>56,765,853</t>
+  </si>
+  <si>
+    <t>116,686,318</t>
+  </si>
+  <si>
+    <t>34,086,415</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>116,306,990</t>
-[...5 lines deleted...]
-    <t>105,424,471</t>
+    <t>111,028,269</t>
+  </si>
+  <si>
+    <t>124,543,785</t>
+  </si>
+  <si>
+    <t>104,511,802</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>745,892</t>
-[...5 lines deleted...]
-    <t>24,193</t>
+    <t>138,390</t>
+  </si>
+  <si>
+    <t>149,339</t>
+  </si>
+  <si>
+    <t>17,272</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1469,440 +1472,440 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D102"/>
+  <dimension ref="A1:D103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A102" sqref="A102"/>
+      <selection activeCell="A103" sqref="A103"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>17</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
         <v>20</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>21</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
         <v>24</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>25</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
         <v>28</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>29</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" t="s">
         <v>32</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>33</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" t="s">
         <v>36</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>37</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
         <v>40</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>41</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
         <v>44</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>45</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" t="s">
         <v>48</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>49</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>51</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" t="s">
+        <v>57</v>
+      </c>
+      <c r="C16" t="s">
         <v>58</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>60</v>
+      </c>
+      <c r="B17" t="s">
         <v>61</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>62</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" t="s">
         <v>65</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>66</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" t="s">
         <v>69</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>70</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" t="s">
         <v>73</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>74</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>76</v>
+      </c>
+      <c r="B21" t="s">
         <v>77</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>78</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>80</v>
+      </c>
+      <c r="B22" t="s">
         <v>81</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>82</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>84</v>
+      </c>
+      <c r="B23" t="s">
         <v>85</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>86</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>88</v>
+      </c>
+      <c r="B24" t="s">
         <v>89</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>90</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>92</v>
+      </c>
+      <c r="B25" t="s">
         <v>93</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D25" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>96</v>
       </c>
       <c r="B26" t="s">
         <v>97</v>
       </c>
       <c r="C26" t="s">
         <v>98</v>
       </c>
       <c r="D26" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>100</v>
       </c>
       <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>101</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>103</v>
       </c>
       <c r="B28" t="s">
         <v>104</v>
       </c>
       <c r="C28" t="s">
         <v>105</v>
       </c>
       <c r="D28" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>107</v>
       </c>
       <c r="B29" t="s">
         <v>108</v>
       </c>
       <c r="C29" t="s">
         <v>109</v>
@@ -2009,857 +2012,871 @@
         <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>139</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>140</v>
       </c>
       <c r="D37" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>142</v>
       </c>
       <c r="B38" t="s">
         <v>143</v>
       </c>
       <c r="C38" t="s">
+        <v>9</v>
+      </c>
+      <c r="D38" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>145</v>
+      </c>
+      <c r="B39" t="s">
         <v>146</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>147</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>149</v>
+      </c>
+      <c r="B40" t="s">
         <v>150</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>151</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>153</v>
+      </c>
+      <c r="B41" t="s">
         <v>154</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>155</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>157</v>
+      </c>
+      <c r="B42" t="s">
         <v>158</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>159</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>161</v>
+      </c>
+      <c r="B43" t="s">
         <v>162</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>163</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>165</v>
+      </c>
+      <c r="B44" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>167</v>
       </c>
       <c r="D44" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>169</v>
       </c>
       <c r="B45" t="s">
         <v>170</v>
       </c>
       <c r="C45" t="s">
         <v>171</v>
       </c>
       <c r="D45" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>173</v>
       </c>
       <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>175</v>
+      </c>
+      <c r="B47" t="s">
         <v>176</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>177</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>179</v>
+      </c>
+      <c r="B48" t="s">
         <v>180</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>181</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>183</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
         <v>184</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>186</v>
+      </c>
+      <c r="B50" t="s">
+        <v>187</v>
+      </c>
+      <c r="C50" t="s">
         <v>188</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" t="s">
         <v>191</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>192</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>194</v>
+      </c>
+      <c r="B52" t="s">
         <v>195</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>196</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>198</v>
+      </c>
+      <c r="B53" t="s">
         <v>199</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>200</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>202</v>
+      </c>
+      <c r="B54" t="s">
         <v>203</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>204</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>206</v>
+      </c>
+      <c r="B55" t="s">
         <v>207</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>208</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>210</v>
+      </c>
+      <c r="B56" t="s">
         <v>211</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>212</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>214</v>
+      </c>
+      <c r="B57" t="s">
         <v>215</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>216</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>218</v>
+      </c>
+      <c r="B58" t="s">
         <v>219</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>220</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>222</v>
+      </c>
+      <c r="B59" t="s">
         <v>223</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>224</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>226</v>
+      </c>
+      <c r="B60" t="s">
         <v>227</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>228</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>230</v>
+      </c>
+      <c r="B61" t="s">
         <v>231</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>232</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>234</v>
+      </c>
+      <c r="B62" t="s">
         <v>235</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>236</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>238</v>
+      </c>
+      <c r="B63" t="s">
         <v>239</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>240</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>242</v>
+      </c>
+      <c r="B64" t="s">
         <v>243</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>244</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>246</v>
+      </c>
+      <c r="B65" t="s">
         <v>247</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>248</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>250</v>
+      </c>
+      <c r="B66" t="s">
         <v>251</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>252</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>254</v>
+      </c>
+      <c r="B67" t="s">
         <v>255</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>256</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>258</v>
+      </c>
+      <c r="B68" t="s">
         <v>259</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>260</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>262</v>
+      </c>
+      <c r="B69" t="s">
         <v>263</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>264</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>266</v>
+      </c>
+      <c r="B70" t="s">
         <v>267</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>268</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>270</v>
+      </c>
+      <c r="B71" t="s">
         <v>271</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>272</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>274</v>
+      </c>
+      <c r="B72" t="s">
         <v>275</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>276</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>278</v>
+      </c>
+      <c r="B73" t="s">
         <v>279</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>280</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>282</v>
+      </c>
+      <c r="B74" t="s">
         <v>283</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>284</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>286</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>285</v>
+      </c>
+      <c r="B75" t="s">
+        <v>286</v>
+      </c>
+      <c r="C75" t="s">
         <v>287</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>289</v>
+      </c>
+      <c r="B76" t="s">
+        <v>290</v>
+      </c>
+      <c r="C76" t="s">
         <v>291</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>293</v>
+      </c>
+      <c r="B77" t="s">
+        <v>294</v>
+      </c>
+      <c r="C77" t="s">
         <v>295</v>
       </c>
-      <c r="B77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D77" t="s">
-        <v>298</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>296</v>
+      </c>
+      <c r="B78" t="s">
+        <v>297</v>
+      </c>
+      <c r="C78" t="s">
+        <v>298</v>
+      </c>
+      <c r="D78" t="s">
         <v>299</v>
-      </c>
-[...7 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>300</v>
+      </c>
+      <c r="B79" t="s">
+        <v>301</v>
+      </c>
+      <c r="C79" t="s">
+        <v>302</v>
+      </c>
+      <c r="D79" t="s">
         <v>303</v>
-      </c>
-[...7 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>304</v>
+      </c>
+      <c r="B80" t="s">
+        <v>305</v>
+      </c>
+      <c r="C80" t="s">
+        <v>306</v>
+      </c>
+      <c r="D80" t="s">
         <v>307</v>
-      </c>
-[...7 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>308</v>
+      </c>
+      <c r="B81" t="s">
+        <v>309</v>
+      </c>
+      <c r="C81" t="s">
+        <v>310</v>
+      </c>
+      <c r="D81" t="s">
         <v>311</v>
-      </c>
-[...7 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>312</v>
+      </c>
+      <c r="B82" t="s">
+        <v>313</v>
+      </c>
+      <c r="C82" t="s">
+        <v>314</v>
+      </c>
+      <c r="D82" t="s">
         <v>315</v>
-      </c>
-[...7 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>316</v>
+      </c>
+      <c r="B83" t="s">
+        <v>317</v>
+      </c>
+      <c r="C83" t="s">
+        <v>318</v>
+      </c>
+      <c r="D83" t="s">
         <v>319</v>
-      </c>
-[...7 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>320</v>
+      </c>
+      <c r="B84" t="s">
+        <v>321</v>
+      </c>
+      <c r="C84" t="s">
         <v>322</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
         <v>323</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>324</v>
+      </c>
+      <c r="B85" t="s">
+        <v>325</v>
+      </c>
+      <c r="C85" t="s">
         <v>326</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
         <v>327</v>
-      </c>
-[...4 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="B86" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C86" t="s">
         <v>9</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>330</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>331</v>
+      </c>
+      <c r="B87" t="s">
         <v>332</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
         <v>333</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>335</v>
+      </c>
+      <c r="B88" t="s">
         <v>336</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>337</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>339</v>
+      </c>
+      <c r="B89" t="s">
         <v>340</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>341</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>343</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
         <v>344</v>
       </c>
-      <c r="B90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D90" t="s">
-        <v>347</v>
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>345</v>
+      </c>
+      <c r="B91" t="s">
+        <v>346</v>
+      </c>
+      <c r="C91" t="s">
+        <v>347</v>
+      </c>
+      <c r="D91" t="s">
         <v>348</v>
-      </c>
-[...7 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>349</v>
+      </c>
+      <c r="B92" t="s">
+        <v>350</v>
+      </c>
+      <c r="C92" t="s">
+        <v>351</v>
+      </c>
+      <c r="D92" t="s">
         <v>352</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>353</v>
+      </c>
+      <c r="B93" t="s">
+        <v>354</v>
+      </c>
+      <c r="C93" t="s">
+        <v>355</v>
+      </c>
+      <c r="D93" t="s">
         <v>356</v>
       </c>
-      <c r="B93" t="s">
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
         <v>357</v>
       </c>
-      <c r="C93" t="s">
+      <c r="B94" t="s">
         <v>358</v>
       </c>
-      <c r="D93" t="s">
+      <c r="C94" t="s">
         <v>359</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A94" s="2" t="s">
+      <c r="D94" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B94" s="2" t="s">
+      <c r="B95" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C94" s="2" t="s">
+      <c r="C95" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D94" s="2" t="s">
+      <c r="D95" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D101" s="3"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="3"/>
       <c r="B102" s="3"/>
       <c r="C102" s="3"/>
       <c r="D102" s="3"/>
     </row>
+    <row r="103" spans="1:4">
+      <c r="A103" s="3"/>
+      <c r="B103" s="3"/>
+      <c r="C103" s="3"/>
+      <c r="D103" s="3"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A101:D101"/>
     <mergeCell ref="A102:D102"/>
+    <mergeCell ref="A103:D103"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>