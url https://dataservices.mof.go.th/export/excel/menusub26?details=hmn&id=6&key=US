--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -12,1226 +12,1217 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="392">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="389">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>51,217,373,959</t>
-[...5 lines deleted...]
-    <t>57,507,231,161</t>
+    <t>64,889,113,072</t>
+  </si>
+  <si>
+    <t>68,243,663,807</t>
+  </si>
+  <si>
+    <t>57,573,352,516</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>51,096,018</t>
-[...5 lines deleted...]
-    <t>105,215,979</t>
+    <t>86,741,130</t>
+  </si>
+  <si>
+    <t>247,720</t>
+  </si>
+  <si>
+    <t>106,514,866</t>
   </si>
   <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
-    <t>9,137,413</t>
-[...5 lines deleted...]
-    <t>14,974,898</t>
+    <t>4,693,704</t>
+  </si>
+  <si>
+    <t>12,729,460</t>
+  </si>
+  <si>
+    <t>16,925,028</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>529,148,696</t>
-[...5 lines deleted...]
-    <t>112,920,739</t>
+    <t>287,046,392</t>
+  </si>
+  <si>
+    <t>447,190,480</t>
+  </si>
+  <si>
+    <t>1,408,465,251</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>83,318,966</t>
-[...5 lines deleted...]
-    <t>159,750,283</t>
+    <t>57,749,216</t>
+  </si>
+  <si>
+    <t>89,754,472</t>
+  </si>
+  <si>
+    <t>108,325,782</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>98,149,776</t>
-[...5 lines deleted...]
-    <t>41,995,979</t>
+    <t>8,238,614</t>
+  </si>
+  <si>
+    <t>9,842,648</t>
+  </si>
+  <si>
+    <t>47,034,361</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>1,219,812</t>
-[...5 lines deleted...]
-    <t>2,095,818</t>
+    <t>122,810</t>
+  </si>
+  <si>
+    <t>12,808</t>
+  </si>
+  <si>
+    <t>176,380</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>24,601,870</t>
-[...5 lines deleted...]
-    <t>48,593,376</t>
+    <t>10,681,677</t>
+  </si>
+  <si>
+    <t>18,698,023</t>
+  </si>
+  <si>
+    <t>17,715,589</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>147,329,319</t>
-[...5 lines deleted...]
-    <t>368,699,716</t>
+    <t>592,667,005</t>
+  </si>
+  <si>
+    <t>995,252,247</t>
+  </si>
+  <si>
+    <t>540,263,224</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>1,449,512</t>
-[...5 lines deleted...]
-    <t>2,860,782</t>
+    <t>5,019,404</t>
+  </si>
+  <si>
+    <t>3,057,743</t>
+  </si>
+  <si>
+    <t>1,209,759</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>613,691,789</t>
-[...5 lines deleted...]
-    <t>407,372,040</t>
+    <t>1,022,144,514</t>
+  </si>
+  <si>
+    <t>670,871,244</t>
+  </si>
+  <si>
+    <t>932,502,949</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>4,974,126</t>
-[...5 lines deleted...]
-    <t>4,776,201</t>
+    <t>4,755,397</t>
+  </si>
+  <si>
+    <t>2,950,595</t>
+  </si>
+  <si>
+    <t>6,052,976</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>431,618,711</t>
-[...5 lines deleted...]
-    <t>522,239,046</t>
+    <t>41,146,774</t>
+  </si>
+  <si>
+    <t>1,657,117,402</t>
+  </si>
+  <si>
+    <t>375,507,069</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>36,248,930</t>
-[...5 lines deleted...]
-    <t>19,765,152</t>
+    <t>17,526,252</t>
+  </si>
+  <si>
+    <t>40,196,248</t>
+  </si>
+  <si>
+    <t>19,278,665</t>
   </si>
   <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
-    <t>97,896</t>
-[...5 lines deleted...]
-    <t>3,587</t>
+    <t>0</t>
+  </si>
+  <si>
+    <t>576,044</t>
+  </si>
+  <si>
+    <t>916,186</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>8,730,692</t>
-[...5 lines deleted...]
-    <t>13,356,679</t>
+    <t>12,998,506</t>
+  </si>
+  <si>
+    <t>9,159,014</t>
+  </si>
+  <si>
+    <t>9,603,545</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>8,948,041</t>
-[...5 lines deleted...]
-    <t>4,704,603</t>
+    <t>3,436</t>
+  </si>
+  <si>
+    <t>878,413</t>
+  </si>
+  <si>
+    <t>6,462,015</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>53,959,300</t>
-[...5 lines deleted...]
-    <t>71,907,865</t>
+    <t>64,322,797</t>
+  </si>
+  <si>
+    <t>45,880,039</t>
+  </si>
+  <si>
+    <t>67,881,099</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>39,191,311</t>
-[...5 lines deleted...]
-    <t>59,184,535</t>
+    <t>33,263,725</t>
+  </si>
+  <si>
+    <t>39,499,117</t>
+  </si>
+  <si>
+    <t>59,616,097</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>27,266,836</t>
-[...5 lines deleted...]
-    <t>15,039,675</t>
+    <t>25,490,104</t>
+  </si>
+  <si>
+    <t>18,691,561</t>
+  </si>
+  <si>
+    <t>23,942,370</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>39,212,092</t>
-[...5 lines deleted...]
-    <t>83,499,134</t>
+    <t>45,333,574</t>
+  </si>
+  <si>
+    <t>47,026,593</t>
+  </si>
+  <si>
+    <t>48,710,889</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>396,393,794</t>
-[...5 lines deleted...]
-    <t>707,680,075</t>
+    <t>305,004,448</t>
+  </si>
+  <si>
+    <t>453,298,645</t>
+  </si>
+  <si>
+    <t>392,114,687</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>72,626,935</t>
-[...5 lines deleted...]
-    <t>53,319,791</t>
+    <t>103,135,760</t>
+  </si>
+  <si>
+    <t>91,718,634</t>
+  </si>
+  <si>
+    <t>49,581,651</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>551,523,853</t>
-[...5 lines deleted...]
-    <t>807,048,525</t>
+    <t>517,848,496</t>
+  </si>
+  <si>
+    <t>434,579,639</t>
+  </si>
+  <si>
+    <t>350,181,364</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>81,539</t>
-[...5 lines deleted...]
-    <t>15,342</t>
+    <t>36,943,031</t>
+  </si>
+  <si>
+    <t>435,817</t>
+  </si>
+  <si>
+    <t>60,827</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>58,824,831</t>
-[...5 lines deleted...]
-    <t>114,800,888</t>
+    <t>82,633,469</t>
+  </si>
+  <si>
+    <t>82,843,978</t>
+  </si>
+  <si>
+    <t>76,730,055</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>88,077,240</t>
-[...5 lines deleted...]
-    <t>184,536,676</t>
+    <t>293,875,086</t>
+  </si>
+  <si>
+    <t>67,955,576</t>
+  </si>
+  <si>
+    <t>24,309,973</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>13,143,337,245</t>
-[...5 lines deleted...]
-    <t>17,643,491,428</t>
+    <t>22,678,383,190</t>
+  </si>
+  <si>
+    <t>11,893,644,762</t>
+  </si>
+  <si>
+    <t>12,550,252,401</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>445,350,170</t>
-[...5 lines deleted...]
-    <t>330,138,233</t>
+    <t>335,151,564</t>
+  </si>
+  <si>
+    <t>213,548,290</t>
+  </si>
+  <si>
+    <t>206,031,433</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>388,554,082</t>
-[...5 lines deleted...]
-    <t>305,525,850</t>
+    <t>249,414,582</t>
+  </si>
+  <si>
+    <t>360,379,031</t>
+  </si>
+  <si>
+    <t>420,405,792</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>2,823,493,432</t>
-[...5 lines deleted...]
-    <t>1,741,359,513</t>
+    <t>819,705,999</t>
+  </si>
+  <si>
+    <t>859,628,174</t>
+  </si>
+  <si>
+    <t>1,263,926,273</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>3,950,209</t>
-[...5 lines deleted...]
-    <t>13,120,472</t>
+    <t>7,100,990</t>
+  </si>
+  <si>
+    <t>11,638,434</t>
+  </si>
+  <si>
+    <t>1,197,931</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>296,595,531</t>
-[...5 lines deleted...]
-    <t>356,929,297</t>
+    <t>344,355,934</t>
+  </si>
+  <si>
+    <t>300,383,846</t>
+  </si>
+  <si>
+    <t>300,061,779</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>411,811,768</t>
-[...5 lines deleted...]
-    <t>426,597,557</t>
+    <t>385,692,907</t>
+  </si>
+  <si>
+    <t>414,883,473</t>
+  </si>
+  <si>
+    <t>361,901,459</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>242,631,896</t>
-[...5 lines deleted...]
-    <t>288,633,801</t>
+    <t>227,453,252</t>
+  </si>
+  <si>
+    <t>224,201,644</t>
+  </si>
+  <si>
+    <t>244,601,263</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>130,198,989</t>
-[...5 lines deleted...]
-    <t>157,213,630</t>
+    <t>142,733,863</t>
+  </si>
+  <si>
+    <t>112,948,540</t>
+  </si>
+  <si>
+    <t>178,745,200</t>
   </si>
   <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
-    <t>47,763,534</t>
-[...5 lines deleted...]
-    <t>52,800,844</t>
+    <t>57,672,966</t>
+  </si>
+  <si>
+    <t>65,702,006</t>
+  </si>
+  <si>
+    <t>49,183,307</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>11,337,643</t>
-[...5 lines deleted...]
-    <t>9,483,482</t>
+    <t>5,296,955</t>
+  </si>
+  <si>
+    <t>19,716,306</t>
+  </si>
+  <si>
+    <t>11,825,632</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>1,078,122,002</t>
-[...5 lines deleted...]
-    <t>1,164,239,979</t>
+    <t>1,379,889,893</t>
+  </si>
+  <si>
+    <t>1,226,957,396</t>
+  </si>
+  <si>
+    <t>1,252,263,522</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>2,066,656,027</t>
-[...5 lines deleted...]
-    <t>2,395,497,870</t>
+    <t>2,246,193,294</t>
+  </si>
+  <si>
+    <t>1,943,595,344</t>
+  </si>
+  <si>
+    <t>1,931,347,972</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>523,366,472</t>
-[...5 lines deleted...]
-    <t>518,328,330</t>
+    <t>502,342,459</t>
+  </si>
+  <si>
+    <t>611,719,969</t>
+  </si>
+  <si>
+    <t>607,662,587</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>261,807,834</t>
-[...5 lines deleted...]
-    <t>342,826,614</t>
+    <t>236,482,386</t>
+  </si>
+  <si>
+    <t>113,748,069</t>
+  </si>
+  <si>
+    <t>258,272,480</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>22,117,892</t>
-[...5 lines deleted...]
-    <t>31,087,127</t>
+    <t>22,702,879</t>
+  </si>
+  <si>
+    <t>21,982,926</t>
+  </si>
+  <si>
+    <t>27,010,413</t>
   </si>
   <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
-    <t>3,698,050</t>
-[...5 lines deleted...]
-    <t>115,468,961</t>
+    <t>20,352,043</t>
+  </si>
+  <si>
+    <t>74,960</t>
+  </si>
+  <si>
+    <t>25,646,127</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>46,946,615</t>
-[...5 lines deleted...]
-    <t>43,365,236</t>
+    <t>88,914,022</t>
+  </si>
+  <si>
+    <t>63,523,423</t>
+  </si>
+  <si>
+    <t>78,328,901</t>
   </si>
   <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
-    <t>40,329</t>
-[...5 lines deleted...]
-    <t>20,783</t>
+    <t>401,150</t>
+  </si>
+  <si>
+    <t>13,482</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>486,103</t>
-[...5 lines deleted...]
-    <t>0</t>
+    <t>500</t>
+  </si>
+  <si>
+    <t>5,980</t>
+  </si>
+  <si>
+    <t>2,851</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>1,232,117,669</t>
-[...5 lines deleted...]
-    <t>1,490,794,520</t>
+    <t>1,055,699,724</t>
+  </si>
+  <si>
+    <t>1,100,403,262</t>
+  </si>
+  <si>
+    <t>1,559,581,560</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>139,010,342</t>
-[...5 lines deleted...]
-    <t>168,602,870</t>
+    <t>190,116,102</t>
+  </si>
+  <si>
+    <t>144,654,384</t>
+  </si>
+  <si>
+    <t>183,022,986</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>84,338,321</t>
-[...5 lines deleted...]
-    <t>70,460,472</t>
+    <t>84,831,303</t>
+  </si>
+  <si>
+    <t>102,861,872</t>
+  </si>
+  <si>
+    <t>74,005,461</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>6,026</t>
-[...5 lines deleted...]
-    <t>25,512</t>
+    <t>1,677</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>528,704</t>
-[...5 lines deleted...]
-    <t>364,248</t>
+    <t>932,173</t>
+  </si>
+  <si>
+    <t>3,452</t>
+  </si>
+  <si>
+    <t>69,768</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>246,667,659</t>
-[...5 lines deleted...]
-    <t>640,352,809</t>
+    <t>101,135,714</t>
+  </si>
+  <si>
+    <t>104,850,111</t>
+  </si>
+  <si>
+    <t>101,690,996</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>1,205</t>
-[...5 lines deleted...]
-    <t>20,363</t>
+    <t>1,038</t>
+  </si>
+  <si>
+    <t>3,081</t>
+  </si>
+  <si>
+    <t>36,895</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>29,265,685</t>
-[...5 lines deleted...]
-    <t>45,029,218</t>
+    <t>40,555,716</t>
+  </si>
+  <si>
+    <t>27,655,135</t>
+  </si>
+  <si>
+    <t>17,190,470</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>61,420,683</t>
-[...5 lines deleted...]
-    <t>72,529,124</t>
+    <t>35,222,588</t>
+  </si>
+  <si>
+    <t>12,386,948</t>
+  </si>
+  <si>
+    <t>53,511,140</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>41,826,735</t>
-[...5 lines deleted...]
-    <t>68,663,137</t>
+    <t>51,540,009</t>
+  </si>
+  <si>
+    <t>44,668,590</t>
+  </si>
+  <si>
+    <t>34,616,153</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>399,518</t>
-[...5 lines deleted...]
-    <t>1,303,221</t>
+    <t>818,468</t>
+  </si>
+  <si>
+    <t>879,812</t>
+  </si>
+  <si>
+    <t>1,988,637</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>10,676,782</t>
-[...5 lines deleted...]
-    <t>6,103,209</t>
+    <t>7,883,909</t>
+  </si>
+  <si>
+    <t>3,945,990</t>
+  </si>
+  <si>
+    <t>4,973,970</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>41,163,474</t>
-[...5 lines deleted...]
-    <t>41,368,134</t>
+    <t>54,649,574</t>
+  </si>
+  <si>
+    <t>51,190,428</t>
+  </si>
+  <si>
+    <t>43,874,977</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>339,667</t>
-[...5 lines deleted...]
-    <t>1,390,513</t>
+    <t>71,467</t>
+  </si>
+  <si>
+    <t>711,205</t>
+  </si>
+  <si>
+    <t>987,468</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>6,188,517</t>
-[...5 lines deleted...]
-    <t>11,133,897</t>
+    <t>6,407,958</t>
+  </si>
+  <si>
+    <t>7,984,039</t>
+  </si>
+  <si>
+    <t>8,356,488</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>14,210,990</t>
-[...5 lines deleted...]
-    <t>16,013,290</t>
+    <t>23,119,448</t>
+  </si>
+  <si>
+    <t>56,733,447</t>
+  </si>
+  <si>
+    <t>16,886,342</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>43,245,375</t>
-[...5 lines deleted...]
-    <t>30,782,327</t>
+    <t>23,325,080</t>
+  </si>
+  <si>
+    <t>29,678,591</t>
+  </si>
+  <si>
+    <t>24,699,137</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>6,972,953</t>
-[...5 lines deleted...]
-    <t>8,190,902</t>
+    <t>11,076,693</t>
+  </si>
+  <si>
+    <t>6,681,635</t>
+  </si>
+  <si>
+    <t>9,087,590</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>16,107,293</t>
-[...5 lines deleted...]
-    <t>7,777,996</t>
+    <t>11,553,303</t>
+  </si>
+  <si>
+    <t>3,877,625</t>
+  </si>
+  <si>
+    <t>4,360,441</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>51,465</t>
-[...5 lines deleted...]
-    <t>97,018</t>
+    <t>67,409</t>
+  </si>
+  <si>
+    <t>50,205</t>
+  </si>
+  <si>
+    <t>47,199</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>144,625</t>
-[...5 lines deleted...]
-    <t>96,873</t>
+    <t>157,970</t>
+  </si>
+  <si>
+    <t>79,501</t>
+  </si>
+  <si>
+    <t>329,216</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>83,665,488</t>
-[...5 lines deleted...]
-    <t>72,047,572</t>
+    <t>55,593,039</t>
+  </si>
+  <si>
+    <t>69,946,342</t>
+  </si>
+  <si>
+    <t>58,766,300</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>88,999,606</t>
-[...5 lines deleted...]
-    <t>76,204,746</t>
+    <t>72,645,179</t>
+  </si>
+  <si>
+    <t>60,311,868</t>
+  </si>
+  <si>
+    <t>128,430,156</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>107,872,521</t>
-[...5 lines deleted...]
-    <t>118,371,287</t>
+    <t>86,657,387</t>
+  </si>
+  <si>
+    <t>75,390,331</t>
+  </si>
+  <si>
+    <t>84,696,274</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>1,320,657,205</t>
-[...5 lines deleted...]
-    <t>585,408,255</t>
+    <t>996,319,020</t>
+  </si>
+  <si>
+    <t>894,756,562</t>
+  </si>
+  <si>
+    <t>1,331,080,937</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>459,943,691</t>
-[...5 lines deleted...]
-    <t>859,188,356</t>
+    <t>806,602,360</t>
+  </si>
+  <si>
+    <t>657,799,089</t>
+  </si>
+  <si>
+    <t>574,190,983</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>1,000,507,093</t>
-[...5 lines deleted...]
-    <t>1,067,923,281</t>
+    <t>894,331,672</t>
+  </si>
+  <si>
+    <t>1,143,175,182</t>
+  </si>
+  <si>
+    <t>884,476,419</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>802,793,390</t>
-[...5 lines deleted...]
-    <t>343,309,976</t>
+    <t>718,206,337</t>
+  </si>
+  <si>
+    <t>795,672,817</t>
+  </si>
+  <si>
+    <t>517,323,113</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>71,679,596</t>
-[...5 lines deleted...]
-    <t>149,031,908</t>
+    <t>28,066,032</t>
+  </si>
+  <si>
+    <t>19,730,420</t>
+  </si>
+  <si>
+    <t>76,786,270</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>805,971,296</t>
-[...5 lines deleted...]
-    <t>1,332,457,585</t>
+    <t>2,137,255,194</t>
+  </si>
+  <si>
+    <t>1,650,428,814</t>
+  </si>
+  <si>
+    <t>1,332,632,791</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>56,137,939</t>
-[...5 lines deleted...]
-    <t>6,253,844</t>
+    <t>48,866,593</t>
+  </si>
+  <si>
+    <t>66,011,768</t>
+  </si>
+  <si>
+    <t>58,301,178</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>390,563</t>
-[...5 lines deleted...]
-    <t>340,435</t>
+    <t>675,400</t>
+  </si>
+  <si>
+    <t>799,470</t>
+  </si>
+  <si>
+    <t>1,737,212</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>7,579,423</t>
-[...5 lines deleted...]
-    <t>3,528,854</t>
+    <t>2,192,850</t>
+  </si>
+  <si>
+    <t>178,529</t>
+  </si>
+  <si>
+    <t>6,683,127</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>16,232,797</t>
-[...5 lines deleted...]
-    <t>39,137,503</t>
+    <t>40,721,778</t>
+  </si>
+  <si>
+    <t>20,140,009</t>
+  </si>
+  <si>
+    <t>17,627,148</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>103,618,801</t>
-[...5 lines deleted...]
-    <t>123,461,765</t>
+    <t>89,335,742</t>
+  </si>
+  <si>
+    <t>109,061,555</t>
+  </si>
+  <si>
+    <t>115,029,850</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>113,650,769</t>
-[...5 lines deleted...]
-    <t>158,517,877</t>
+    <t>124,651,441</t>
+  </si>
+  <si>
+    <t>146,479,715</t>
+  </si>
+  <si>
+    <t>167,637,693</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>7,334,104,440</t>
-[...5 lines deleted...]
-    <t>7,810,271,312</t>
+    <t>7,057,799,040</t>
+  </si>
+  <si>
+    <t>7,929,263,010</t>
+  </si>
+  <si>
+    <t>8,468,439,711</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>6,480,747,795</t>
-[...5 lines deleted...]
-    <t>6,413,908,162</t>
+    <t>6,468,560,683</t>
+  </si>
+  <si>
+    <t>6,317,976,903</t>
+  </si>
+  <si>
+    <t>6,475,404,368</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>6,059,607</t>
-[...5 lines deleted...]
-    <t>1,232,805</t>
+    <t>26,026,405</t>
+  </si>
+  <si>
+    <t>2,671,667</t>
+  </si>
+  <si>
+    <t>31,197,677</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,787,808,302</t>
-[...5 lines deleted...]
-    <t>1,900,376,191</t>
+    <t>1,740,129,667</t>
+  </si>
+  <si>
+    <t>2,203,475,453</t>
+  </si>
+  <si>
+    <t>2,715,538,796</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>655,296,855</t>
-[...5 lines deleted...]
-    <t>845,409,283</t>
+    <t>4,658,409,550</t>
+  </si>
+  <si>
+    <t>17,415,960,523</t>
+  </si>
+  <si>
+    <t>6,015,570,932</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>19,919,460</t>
-[...5 lines deleted...]
-    <t>21,303,777</t>
+    <t>29,571,761</t>
+  </si>
+  <si>
+    <t>11,708,747</t>
+  </si>
+  <si>
+    <t>9,326,191</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>2,102,712,652</t>
-[...5 lines deleted...]
-    <t>2,698,216,485</t>
+    <t>3,315,166,745</t>
+  </si>
+  <si>
+    <t>2,971,578,906</t>
+  </si>
+  <si>
+    <t>1,660,514,194</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>3,059,061</t>
-[...5 lines deleted...]
-    <t>4,283,137</t>
+    <t>4,219,428</t>
+  </si>
+  <si>
+    <t>3,136,134</t>
+  </si>
+  <si>
+    <t>4,473,903</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>14,249,114</t>
-[...5 lines deleted...]
-    <t>20,535,669</t>
+    <t>19,141,091</t>
+  </si>
+  <si>
+    <t>20,567,129</t>
+  </si>
+  <si>
+    <t>11,456,036</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>190,035,060</t>
-[...5 lines deleted...]
-    <t>67,333,663</t>
+    <t>29,638,097</t>
+  </si>
+  <si>
+    <t>1,376,170</t>
+  </si>
+  <si>
+    <t>3,106,398</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>180,932,666</t>
-[...5 lines deleted...]
-    <t>165,554,015</t>
+    <t>258,825,262</t>
+  </si>
+  <si>
+    <t>169,712,319</t>
+  </si>
+  <si>
+    <t>141,276,577</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>72,471,667</t>
-[...5 lines deleted...]
-    <t>54,866,826</t>
+    <t>51,344,362</t>
+  </si>
+  <si>
+    <t>53,164,111</t>
+  </si>
+  <si>
+    <t>63,604,869</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>29,060,509</t>
-[...5 lines deleted...]
-    <t>20,553,250</t>
+    <t>19,203,167</t>
+  </si>
+  <si>
+    <t>17,701,295</t>
+  </si>
+  <si>
+    <t>15,704,262</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>1,347,784</t>
-[...5 lines deleted...]
-    <t>4,617,298</t>
+    <t>567,145</t>
+  </si>
+  <si>
+    <t>17,040,096</t>
+  </si>
+  <si>
+    <t>4,258,795</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -2228,771 +2219,771 @@
         <v>178</v>
       </c>
       <c r="D45" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>180</v>
       </c>
       <c r="B46" t="s">
         <v>181</v>
       </c>
       <c r="C46" t="s">
         <v>182</v>
       </c>
       <c r="D46" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>184</v>
       </c>
       <c r="B47" t="s">
+        <v>61</v>
+      </c>
+      <c r="C47" t="s">
         <v>185</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>187</v>
+      </c>
+      <c r="B48" t="s">
         <v>188</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>189</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>191</v>
+      </c>
+      <c r="B49" t="s">
         <v>192</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>193</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>195</v>
+      </c>
+      <c r="B50" t="s">
         <v>196</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>197</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>199</v>
+      </c>
+      <c r="B51" t="s">
         <v>200</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>201</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>203</v>
+      </c>
+      <c r="B52" t="s">
+        <v>61</v>
+      </c>
+      <c r="C52" t="s">
         <v>204</v>
       </c>
-      <c r="B52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52" t="s">
-        <v>207</v>
+        <v>61</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>205</v>
+      </c>
+      <c r="B53" t="s">
+        <v>206</v>
+      </c>
+      <c r="C53" t="s">
+        <v>207</v>
+      </c>
+      <c r="D53" t="s">
         <v>208</v>
-      </c>
-[...7 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>209</v>
+      </c>
+      <c r="B54" t="s">
+        <v>210</v>
+      </c>
+      <c r="C54" t="s">
+        <v>211</v>
+      </c>
+      <c r="D54" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>213</v>
+      </c>
+      <c r="B55" t="s">
+        <v>214</v>
+      </c>
+      <c r="C55" t="s">
+        <v>215</v>
+      </c>
+      <c r="D55" t="s">
         <v>216</v>
-      </c>
-[...7 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>217</v>
+      </c>
+      <c r="B56" t="s">
+        <v>218</v>
+      </c>
+      <c r="C56" t="s">
+        <v>219</v>
+      </c>
+      <c r="D56" t="s">
         <v>220</v>
-      </c>
-[...7 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>221</v>
+      </c>
+      <c r="B57" t="s">
+        <v>222</v>
+      </c>
+      <c r="C57" t="s">
+        <v>223</v>
+      </c>
+      <c r="D57" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>225</v>
+      </c>
+      <c r="B58" t="s">
+        <v>226</v>
+      </c>
+      <c r="C58" t="s">
+        <v>227</v>
+      </c>
+      <c r="D58" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>229</v>
+      </c>
+      <c r="B59" t="s">
+        <v>230</v>
+      </c>
+      <c r="C59" t="s">
+        <v>231</v>
+      </c>
+      <c r="D59" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>233</v>
+      </c>
+      <c r="B60" t="s">
+        <v>234</v>
+      </c>
+      <c r="C60" t="s">
+        <v>235</v>
+      </c>
+      <c r="D60" t="s">
         <v>236</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>237</v>
+      </c>
+      <c r="B61" t="s">
+        <v>238</v>
+      </c>
+      <c r="C61" t="s">
+        <v>239</v>
+      </c>
+      <c r="D61" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>241</v>
+      </c>
+      <c r="B62" t="s">
+        <v>242</v>
+      </c>
+      <c r="C62" t="s">
+        <v>243</v>
+      </c>
+      <c r="D62" t="s">
         <v>244</v>
-      </c>
-[...7 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>245</v>
+      </c>
+      <c r="B63" t="s">
+        <v>246</v>
+      </c>
+      <c r="C63" t="s">
+        <v>247</v>
+      </c>
+      <c r="D63" t="s">
         <v>248</v>
-      </c>
-[...7 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>249</v>
+      </c>
+      <c r="B64" t="s">
+        <v>250</v>
+      </c>
+      <c r="C64" t="s">
+        <v>251</v>
+      </c>
+      <c r="D64" t="s">
         <v>252</v>
-      </c>
-[...7 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>253</v>
+      </c>
+      <c r="B65" t="s">
+        <v>254</v>
+      </c>
+      <c r="C65" t="s">
+        <v>255</v>
+      </c>
+      <c r="D65" t="s">
         <v>256</v>
-      </c>
-[...7 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>257</v>
+      </c>
+      <c r="B66" t="s">
+        <v>258</v>
+      </c>
+      <c r="C66" t="s">
+        <v>259</v>
+      </c>
+      <c r="D66" t="s">
         <v>260</v>
-      </c>
-[...7 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>261</v>
+      </c>
+      <c r="B67" t="s">
+        <v>262</v>
+      </c>
+      <c r="C67" t="s">
+        <v>263</v>
+      </c>
+      <c r="D67" t="s">
         <v>264</v>
-      </c>
-[...7 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>265</v>
+      </c>
+      <c r="B68" t="s">
+        <v>266</v>
+      </c>
+      <c r="C68" t="s">
+        <v>267</v>
+      </c>
+      <c r="D68" t="s">
         <v>268</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>269</v>
+      </c>
+      <c r="B69" t="s">
+        <v>270</v>
+      </c>
+      <c r="C69" t="s">
+        <v>271</v>
+      </c>
+      <c r="D69" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>273</v>
+      </c>
+      <c r="B70" t="s">
+        <v>274</v>
+      </c>
+      <c r="C70" t="s">
+        <v>275</v>
+      </c>
+      <c r="D70" t="s">
         <v>276</v>
-      </c>
-[...7 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>277</v>
+      </c>
+      <c r="B71" t="s">
+        <v>278</v>
+      </c>
+      <c r="C71" t="s">
+        <v>279</v>
+      </c>
+      <c r="D71" t="s">
         <v>280</v>
-      </c>
-[...7 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>281</v>
+      </c>
+      <c r="B72" t="s">
+        <v>282</v>
+      </c>
+      <c r="C72" t="s">
+        <v>283</v>
+      </c>
+      <c r="D72" t="s">
         <v>284</v>
-      </c>
-[...7 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>285</v>
+      </c>
+      <c r="B73" t="s">
+        <v>286</v>
+      </c>
+      <c r="C73" t="s">
+        <v>287</v>
+      </c>
+      <c r="D73" t="s">
         <v>288</v>
-      </c>
-[...7 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>289</v>
+      </c>
+      <c r="B74" t="s">
+        <v>290</v>
+      </c>
+      <c r="C74" t="s">
+        <v>291</v>
+      </c>
+      <c r="D74" t="s">
         <v>292</v>
-      </c>
-[...7 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>293</v>
+      </c>
+      <c r="B75" t="s">
+        <v>294</v>
+      </c>
+      <c r="C75" t="s">
+        <v>295</v>
+      </c>
+      <c r="D75" t="s">
         <v>296</v>
-      </c>
-[...7 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>297</v>
+      </c>
+      <c r="B76" t="s">
+        <v>298</v>
+      </c>
+      <c r="C76" t="s">
+        <v>299</v>
+      </c>
+      <c r="D76" t="s">
         <v>300</v>
-      </c>
-[...7 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>301</v>
+      </c>
+      <c r="B77" t="s">
+        <v>302</v>
+      </c>
+      <c r="C77" t="s">
+        <v>303</v>
+      </c>
+      <c r="D77" t="s">
         <v>304</v>
-      </c>
-[...7 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>305</v>
+      </c>
+      <c r="B78" t="s">
+        <v>306</v>
+      </c>
+      <c r="C78" t="s">
+        <v>307</v>
+      </c>
+      <c r="D78" t="s">
         <v>308</v>
-      </c>
-[...7 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>309</v>
+      </c>
+      <c r="B79" t="s">
+        <v>310</v>
+      </c>
+      <c r="C79" t="s">
+        <v>311</v>
+      </c>
+      <c r="D79" t="s">
         <v>312</v>
-      </c>
-[...7 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>313</v>
+      </c>
+      <c r="B80" t="s">
+        <v>314</v>
+      </c>
+      <c r="C80" t="s">
+        <v>315</v>
+      </c>
+      <c r="D80" t="s">
         <v>316</v>
-      </c>
-[...7 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>317</v>
+      </c>
+      <c r="B81" t="s">
+        <v>318</v>
+      </c>
+      <c r="C81" t="s">
+        <v>319</v>
+      </c>
+      <c r="D81" t="s">
         <v>320</v>
-      </c>
-[...7 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>321</v>
+      </c>
+      <c r="B82" t="s">
+        <v>322</v>
+      </c>
+      <c r="C82" t="s">
+        <v>323</v>
+      </c>
+      <c r="D82" t="s">
         <v>324</v>
-      </c>
-[...7 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>325</v>
+      </c>
+      <c r="B83" t="s">
+        <v>326</v>
+      </c>
+      <c r="C83" t="s">
+        <v>327</v>
+      </c>
+      <c r="D83" t="s">
         <v>328</v>
-      </c>
-[...7 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>329</v>
+      </c>
+      <c r="B84" t="s">
+        <v>330</v>
+      </c>
+      <c r="C84" t="s">
+        <v>331</v>
+      </c>
+      <c r="D84" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>333</v>
+      </c>
+      <c r="B85" t="s">
+        <v>334</v>
+      </c>
+      <c r="C85" t="s">
+        <v>335</v>
+      </c>
+      <c r="D85" t="s">
         <v>336</v>
-      </c>
-[...7 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>337</v>
+      </c>
+      <c r="B86" t="s">
+        <v>338</v>
+      </c>
+      <c r="C86" t="s">
+        <v>339</v>
+      </c>
+      <c r="D86" t="s">
         <v>340</v>
-      </c>
-[...7 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>341</v>
+      </c>
+      <c r="B87" t="s">
+        <v>342</v>
+      </c>
+      <c r="C87" t="s">
+        <v>343</v>
+      </c>
+      <c r="D87" t="s">
         <v>344</v>
-      </c>
-[...7 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>345</v>
+      </c>
+      <c r="B88" t="s">
+        <v>346</v>
+      </c>
+      <c r="C88" t="s">
+        <v>347</v>
+      </c>
+      <c r="D88" t="s">
         <v>348</v>
-      </c>
-[...7 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>349</v>
+      </c>
+      <c r="B89" t="s">
+        <v>350</v>
+      </c>
+      <c r="C89" t="s">
+        <v>351</v>
+      </c>
+      <c r="D89" t="s">
         <v>352</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>353</v>
+      </c>
+      <c r="B90" t="s">
+        <v>354</v>
+      </c>
+      <c r="C90" t="s">
+        <v>355</v>
+      </c>
+      <c r="D90" t="s">
         <v>356</v>
-      </c>
-[...7 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>357</v>
+      </c>
+      <c r="B91" t="s">
+        <v>358</v>
+      </c>
+      <c r="C91" t="s">
+        <v>359</v>
+      </c>
+      <c r="D91" t="s">
         <v>360</v>
-      </c>
-[...7 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>361</v>
+      </c>
+      <c r="B92" t="s">
+        <v>362</v>
+      </c>
+      <c r="C92" t="s">
+        <v>363</v>
+      </c>
+      <c r="D92" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>365</v>
+      </c>
+      <c r="B93" t="s">
+        <v>366</v>
+      </c>
+      <c r="C93" t="s">
+        <v>367</v>
+      </c>
+      <c r="D93" t="s">
         <v>368</v>
-      </c>
-[...7 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>369</v>
+      </c>
+      <c r="B94" t="s">
+        <v>370</v>
+      </c>
+      <c r="C94" t="s">
+        <v>371</v>
+      </c>
+      <c r="D94" t="s">
         <v>372</v>
-      </c>
-[...7 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>373</v>
+      </c>
+      <c r="B95" t="s">
+        <v>374</v>
+      </c>
+      <c r="C95" t="s">
+        <v>375</v>
+      </c>
+      <c r="D95" t="s">
         <v>376</v>
-      </c>
-[...7 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>377</v>
+      </c>
+      <c r="B96" t="s">
+        <v>378</v>
+      </c>
+      <c r="C96" t="s">
+        <v>379</v>
+      </c>
+      <c r="D96" t="s">
         <v>380</v>
-      </c>
-[...7 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>381</v>
+      </c>
+      <c r="B97" t="s">
+        <v>382</v>
+      </c>
+      <c r="C97" t="s">
+        <v>383</v>
+      </c>
+      <c r="D97" t="s">
         <v>384</v>
-      </c>
-[...7 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>385</v>
+      </c>
+      <c r="B98" t="s">
+        <v>386</v>
+      </c>
+      <c r="C98" t="s">
+        <v>387</v>
+      </c>
+      <c r="D98" t="s">
         <v>388</v>
-      </c>
-[...7 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3"/>
       <c r="B106" s="3"/>
       <c r="C106" s="3"/>
       <c r="D106" s="3"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3"/>
       <c r="B107" s="3"/>