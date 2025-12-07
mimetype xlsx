--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,458 +12,446 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>72,760,029</t>
+  </si>
+  <si>
     <t>48,671,475</t>
   </si>
   <si>
     <t>543,193,628</t>
   </si>
   <si>
-    <t>557,597,024</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>24,005,203</t>
+  </si>
+  <si>
     <t>13,864,017</t>
   </si>
   <si>
     <t>13,729,875</t>
   </si>
   <si>
-    <t>10,710,948</t>
-[...2 lines deleted...]
-    <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
+    <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
+  </si>
+  <si>
+    <t>19,964</t>
+  </si>
+  <si>
+    <t>98,284</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>1,098</t>
-[...10 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
     <t>1,371</t>
   </si>
   <si>
-    <t>28 เคมีภัณฑ์อนินทรีย์</t>
-[...4 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
     <t>472,020,153</t>
   </si>
   <si>
-    <t>480,087,094</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
     <t>1,363</t>
   </si>
   <si>
-    <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
-[...4 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>1,379,958</t>
+  </si>
+  <si>
     <t>1,368,496</t>
   </si>
   <si>
     <t>1,619,786</t>
   </si>
   <si>
-    <t>1,331,010</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>613,040</t>
+  </si>
+  <si>
     <t>891,829</t>
   </si>
   <si>
     <t>125,707</t>
   </si>
   <si>
-    <t>596,539</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>258,947</t>
+  </si>
+  <si>
     <t>185,073</t>
   </si>
   <si>
     <t>1,175,313</t>
   </si>
   <si>
-    <t>1,024,863</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>2,703,176</t>
+  </si>
+  <si>
     <t>2,818,047</t>
   </si>
   <si>
     <t>3,316,234</t>
   </si>
   <si>
-    <t>8,202,392</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>41,626</t>
+  </si>
+  <si>
     <t>117,940</t>
   </si>
   <si>
     <t>111,002</t>
   </si>
   <si>
-    <t>141,074</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>1,022</t>
+  </si>
+  <si>
     <t>822</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>1,199</t>
-[...1 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>139</t>
+  </si>
+  <si>
     <t>1,031</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>4,535</t>
+  </si>
+  <si>
     <t>14,525</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>4,393</t>
+  </si>
+  <si>
     <t>28,075</t>
   </si>
   <si>
+    <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
+  </si>
+  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>3,635,642</t>
+  </si>
+  <si>
     <t>3,482,149</t>
   </si>
   <si>
     <t>9,018,545</t>
   </si>
   <si>
-    <t>1,910,296</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>12,177,984</t>
+  </si>
+  <si>
     <t>9,356,118</t>
   </si>
   <si>
     <t>12,156,587</t>
   </si>
   <si>
-    <t>10,511,453</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>458,279</t>
+  </si>
+  <si>
     <t>49,085</t>
   </si>
   <si>
     <t>341,550</t>
   </si>
   <si>
-    <t>365,433</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>391,337</t>
+  </si>
+  <si>
     <t>263,913</t>
   </si>
   <si>
     <t>91,401</t>
   </si>
   <si>
-    <t>222,357</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>134,209</t>
+  </si>
+  <si>
     <t>46,331</t>
   </si>
   <si>
     <t>19,773</t>
   </si>
   <si>
-    <t>19,506</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>586</t>
+  </si>
+  <si>
     <t>2,639</t>
   </si>
   <si>
     <t>127,645</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>4,994</t>
+  </si>
+  <si>
     <t>8,502</t>
   </si>
   <si>
-    <t>2,777</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
     <t>154,341</t>
   </si>
   <si>
-    <t>719,522</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>51,438</t>
+  </si>
+  <si>
     <t>881</t>
   </si>
   <si>
     <t>41,628</t>
   </si>
   <si>
-    <t>103,708</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>3,512</t>
+  </si>
+  <si>
     <t>1,919</t>
   </si>
   <si>
     <t>7,828,162</t>
   </si>
   <si>
-    <t>13,054,499</t>
-[...1 lines deleted...]
-  <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
     <t>1,140,348</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
     <t>1,990</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>16,945</t>
+  </si>
+  <si>
     <t>6,786</t>
   </si>
   <si>
     <t>16,742</t>
   </si>
   <si>
-    <t>1,610</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>5,425,901</t>
+  </si>
+  <si>
     <t>2,889,840</t>
   </si>
   <si>
     <t>3,013,813</t>
   </si>
   <si>
-    <t>4,163,133</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>18,775,415</t>
+  </si>
+  <si>
     <t>9,953,271</t>
   </si>
   <si>
     <t>14,823,458</t>
   </si>
   <si>
-    <t>7,892,437</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,065,611</t>
+  </si>
+  <si>
     <t>401,566</t>
   </si>
   <si>
     <t>222,239</t>
   </si>
   <si>
-    <t>481,465</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>1,392,101</t>
+  </si>
+  <si>
     <t>1,322,948</t>
   </si>
   <si>
     <t>3,215,524</t>
   </si>
   <si>
-    <t>1,403,096</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>49,600</t>
+  </si>
+  <si>
     <t>13,831</t>
   </si>
   <si>
     <t>9,640</t>
   </si>
   <si>
-    <t>8,971</t>
-[...1 lines deleted...]
-  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>134,869</t>
+  </si>
+  <si>
     <t>226,529</t>
   </si>
   <si>
     <t>82,565</t>
   </si>
   <si>
-    <t>338,803</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
     <t>26,373</t>
   </si>
   <si>
-    <t>37,006</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>9,464</t>
+  </si>
+  <si>
     <t>2,949</t>
   </si>
   <si>
     <t>13,341</t>
-  </si>
-[...1 lines deleted...]
-    <t>2,420</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -797,62 +785,62 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D49"/>
+  <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A49" sqref="A49"/>
+      <selection activeCell="A47" sqref="A47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -861,591 +849,563 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B15" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C15" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="D15" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C16" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="D16" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B17" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="D17" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B18" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="C18" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B19" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="C19" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B20" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C20" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B21" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C21" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D21" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B22" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C22" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D22" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B23" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C23" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D23" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B24" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D24" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B25" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="C25" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B26" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="D26" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B27" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="D27" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B28" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C28" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D28" t="s">
-        <v>92</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B29" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C29" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D29" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B30" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B31" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C31" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B32" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C32" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D32" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B33" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C33" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="D33" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B34" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C34" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="D34" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B35" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C35" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D35" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B36" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C36" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="D36" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B37" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="C37" t="s">
-        <v>123</v>
+        <v>15</v>
       </c>
       <c r="D37" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B38" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C38" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D38" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="39" spans="1:4">
-      <c r="A39" t="s">
-[...27 lines deleted...]
-      <c r="A41" s="2" t="s">
+      <c r="A39" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B41" s="2" t="s">
+      <c r="B39" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C41" s="2" t="s">
+      <c r="C39" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D41" s="2" t="s">
+      <c r="D39" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="48" spans="1:4">
-[...9 lines deleted...]
-      <c r="D49" s="3"/>
+    <row r="46" spans="1:4">
+      <c r="A46" s="3"/>
+      <c r="B46" s="3"/>
+      <c r="C46" s="3"/>
+      <c r="D46" s="3"/>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" s="3"/>
+      <c r="B47" s="3"/>
+      <c r="C47" s="3"/>
+      <c r="D47" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A48:D48"/>
-    <mergeCell ref="A49:D49"/>
+    <mergeCell ref="A46:D46"/>
+    <mergeCell ref="A47:D47"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>