--- v1 (2025-12-07)
+++ v2 (2026-03-12)
@@ -12,446 +12,461 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>72,760,029</t>
-[...5 lines deleted...]
-    <t>543,193,628</t>
+    <t>96,121,001</t>
+  </si>
+  <si>
+    <t>95,287,695</t>
+  </si>
+  <si>
+    <t>63,575,856</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>24,005,203</t>
-[...5 lines deleted...]
-    <t>13,729,875</t>
+    <t>21,078,418</t>
+  </si>
+  <si>
+    <t>21,407,897</t>
+  </si>
+  <si>
+    <t>18,082,848</t>
+  </si>
+  <si>
+    <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>292</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>19,964</t>
-[...5 lines deleted...]
-    <t>0</t>
+    <t>13,261,072</t>
+  </si>
+  <si>
+    <t>87,369</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>1,371</t>
-[...11 lines deleted...]
-    <t>1,363</t>
+    <t>1,462</t>
+  </si>
+  <si>
+    <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>28 เคมีภัณฑ์อนินทรีย์</t>
+  </si>
+  <si>
+    <t>19,305,713</t>
+  </si>
+  <si>
+    <t>7,779,759</t>
+  </si>
+  <si>
+    <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
+  </si>
+  <si>
+    <t>202,131</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>1,379,958</t>
-[...5 lines deleted...]
-    <t>1,619,786</t>
+    <t>1,114,840</t>
+  </si>
+  <si>
+    <t>323,520</t>
+  </si>
+  <si>
+    <t>1,184,398</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>613,040</t>
-[...5 lines deleted...]
-    <t>125,707</t>
+    <t>1,019,341</t>
+  </si>
+  <si>
+    <t>1,780</t>
+  </si>
+  <si>
+    <t>722,174</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>258,947</t>
-[...5 lines deleted...]
-    <t>1,175,313</t>
+    <t>168,662</t>
+  </si>
+  <si>
+    <t>43,457</t>
+  </si>
+  <si>
+    <t>198,183</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>2,703,176</t>
-[...5 lines deleted...]
-    <t>3,316,234</t>
+    <t>3,758,430</t>
+  </si>
+  <si>
+    <t>7,566,251</t>
+  </si>
+  <si>
+    <t>3,418,799</t>
+  </si>
+  <si>
+    <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
+  </si>
+  <si>
+    <t>12,538</t>
+  </si>
+  <si>
+    <t>2,318</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>41,626</t>
-[...5 lines deleted...]
-    <t>111,002</t>
+    <t>173,935</t>
+  </si>
+  <si>
+    <t>79,843</t>
+  </si>
+  <si>
+    <t>221,895</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>1,022</t>
-[...5 lines deleted...]
-    <t>824</t>
+    <t>518</t>
+  </si>
+  <si>
+    <t>584</t>
+  </si>
+  <si>
+    <t>601</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>139</t>
-[...5 lines deleted...]
-    <t>414</t>
+    <t>274</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>194</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>4,535</t>
-[...2 lines deleted...]
-    <t>14,525</t>
+    <t>26,646</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>4,393</t>
-[...5 lines deleted...]
-    <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
+    <t>1,211</t>
+  </si>
+  <si>
+    <t>1,782</t>
+  </si>
+  <si>
+    <t>55</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>3,635,642</t>
-[...5 lines deleted...]
-    <t>9,018,545</t>
+    <t>7,566,814</t>
+  </si>
+  <si>
+    <t>1,384,119</t>
+  </si>
+  <si>
+    <t>1,663,654</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>12,177,984</t>
-[...5 lines deleted...]
-    <t>12,156,587</t>
+    <t>10,803,512</t>
+  </si>
+  <si>
+    <t>10,422,315</t>
+  </si>
+  <si>
+    <t>6,696,134</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>458,279</t>
-[...5 lines deleted...]
-    <t>341,550</t>
+    <t>102,856</t>
+  </si>
+  <si>
+    <t>200,848</t>
+  </si>
+  <si>
+    <t>71,372</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>391,337</t>
-[...5 lines deleted...]
-    <t>91,401</t>
+    <t>175,932</t>
+  </si>
+  <si>
+    <t>286,259</t>
+  </si>
+  <si>
+    <t>197,227</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>134,209</t>
-[...17 lines deleted...]
-    <t>127,645</t>
+    <t>7,819</t>
+  </si>
+  <si>
+    <t>92,053</t>
+  </si>
+  <si>
+    <t>2,486</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>4,994</t>
-[...2 lines deleted...]
-    <t>8,502</t>
+    <t>22,092</t>
+  </si>
+  <si>
+    <t>16,975</t>
+  </si>
+  <si>
+    <t>5,984</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>154,341</t>
+    <t>422,653</t>
+  </si>
+  <si>
+    <t>141,725</t>
+  </si>
+  <si>
+    <t>165,600</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>51,438</t>
-[...5 lines deleted...]
-    <t>41,628</t>
+    <t>47,472</t>
+  </si>
+  <si>
+    <t>192,094</t>
+  </si>
+  <si>
+    <t>302,847</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>3,512</t>
-[...17 lines deleted...]
-    <t>1,990</t>
+    <t>1,068</t>
+  </si>
+  <si>
+    <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
+  </si>
+  <si>
+    <t>12,807,109</t>
+  </si>
+  <si>
+    <t>17,060,578</t>
+  </si>
+  <si>
+    <t>1,555,249</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>16,945</t>
-[...5 lines deleted...]
-    <t>16,742</t>
+    <t>6,247</t>
+  </si>
+  <si>
+    <t>116,074</t>
+  </si>
+  <si>
+    <t>13,563</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>5,425,901</t>
-[...5 lines deleted...]
-    <t>3,013,813</t>
+    <t>2,588,967</t>
+  </si>
+  <si>
+    <t>1,966,263</t>
+  </si>
+  <si>
+    <t>1,117,590</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>18,775,415</t>
-[...5 lines deleted...]
-    <t>14,823,458</t>
+    <t>12,988,196</t>
+  </si>
+  <si>
+    <t>8,567,671</t>
+  </si>
+  <si>
+    <t>17,362,916</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,065,611</t>
-[...5 lines deleted...]
-    <t>222,239</t>
+    <t>4,839,165</t>
+  </si>
+  <si>
+    <t>4,008,908</t>
+  </si>
+  <si>
+    <t>373,837</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>1,392,101</t>
-[...5 lines deleted...]
-    <t>3,215,524</t>
+    <t>2,547,367</t>
+  </si>
+  <si>
+    <t>1,777,797</t>
+  </si>
+  <si>
+    <t>2,152,253</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>49,600</t>
-[...5 lines deleted...]
-    <t>9,640</t>
+    <t>2,599</t>
+  </si>
+  <si>
+    <t>9,057</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>134,869</t>
-[...5 lines deleted...]
-    <t>82,565</t>
+    <t>372,739</t>
+  </si>
+  <si>
+    <t>309,908</t>
+  </si>
+  <si>
+    <t>173,273</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>26,373</t>
+    <t>202</t>
+  </si>
+  <si>
+    <t>23,278</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>9,464</t>
-[...5 lines deleted...]
-    <t>13,341</t>
+    <t>1,244</t>
+  </si>
+  <si>
+    <t>387</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -785,62 +800,62 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D47"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A47" sqref="A47"/>
+      <selection activeCell="A48" sqref="A48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -852,560 +867,574 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" t="s">
         <v>23</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B16" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C16" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="D16" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" t="s">
         <v>57</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>58</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>60</v>
+      </c>
+      <c r="B19" t="s">
         <v>61</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C20" t="s">
+        <v>64</v>
+      </c>
+      <c r="D20" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>66</v>
+      </c>
+      <c r="B21" t="s">
+        <v>67</v>
+      </c>
+      <c r="C21" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>70</v>
+      </c>
+      <c r="B22" t="s">
+        <v>71</v>
+      </c>
+      <c r="C22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D22" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>74</v>
+      </c>
+      <c r="B23" t="s">
+        <v>75</v>
+      </c>
+      <c r="C23" t="s">
+        <v>76</v>
+      </c>
+      <c r="D23" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>78</v>
+      </c>
+      <c r="B24" t="s">
+        <v>79</v>
+      </c>
+      <c r="C24" t="s">
+        <v>80</v>
+      </c>
+      <c r="D24" t="s">
         <v>81</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>82</v>
+      </c>
+      <c r="B25" t="s">
+        <v>83</v>
+      </c>
+      <c r="C25" t="s">
         <v>84</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>86</v>
       </c>
       <c r="B26" t="s">
         <v>87</v>
       </c>
       <c r="C26" t="s">
         <v>88</v>
       </c>
       <c r="D26" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>90</v>
       </c>
       <c r="B27" t="s">
         <v>91</v>
       </c>
       <c r="C27" t="s">
         <v>92</v>
       </c>
       <c r="D27" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>94</v>
       </c>
       <c r="B28" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C29" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B30" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C30" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D30" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B31" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C31" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D31" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B32" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C32" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D32" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B33" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C33" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D33" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B34" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C34" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D34" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B35" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C35" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D35" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B36" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C36" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D36" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B37" t="s">
-        <v>15</v>
+        <v>128</v>
       </c>
       <c r="C37" t="s">
-        <v>15</v>
+        <v>129</v>
       </c>
       <c r="D37" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B38" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C38" t="s">
-        <v>130</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="39" spans="1:4">
-      <c r="A39" s="2" t="s">
+      <c r="A39" t="s">
+        <v>134</v>
+      </c>
+      <c r="B39" t="s">
+        <v>135</v>
+      </c>
+      <c r="C39" t="s">
+        <v>136</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B39" s="2" t="s">
+      <c r="B40" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C39" s="2" t="s">
+      <c r="C40" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D39" s="2" t="s">
+      <c r="D40" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D46" s="3"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3"/>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
     </row>
+    <row r="48" spans="1:4">
+      <c r="A48" s="3"/>
+      <c r="B48" s="3"/>
+      <c r="C48" s="3"/>
+      <c r="D48" s="3"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A46:D46"/>
     <mergeCell ref="A47:D47"/>
+    <mergeCell ref="A48:D48"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>