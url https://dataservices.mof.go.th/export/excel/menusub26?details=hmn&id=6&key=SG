--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,1055 +12,1049 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>19,669,123,554</t>
+  </si>
+  <si>
     <t>20,089,107,661</t>
   </si>
   <si>
     <t>23,162,757,280</t>
   </si>
   <si>
-    <t>19,295,524,653</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>20,405</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
     <t>10,000</t>
   </si>
   <si>
-    <t>2,000</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>1,588,629</t>
+    <t>361,601</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
     <t>2,382,677</t>
   </si>
   <si>
-    <t>21,610</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>9,154,270</t>
+  </si>
+  <si>
     <t>10,631,105</t>
   </si>
   <si>
     <t>1,392,715</t>
   </si>
   <si>
-    <t>299,569</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>9,411,439</t>
+  </si>
+  <si>
     <t>6,434,619</t>
   </si>
   <si>
     <t>14,646,690</t>
   </si>
   <si>
-    <t>15,066,185</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>3,937,746</t>
+  </si>
+  <si>
     <t>10,630,621</t>
   </si>
   <si>
     <t>11,871,914</t>
   </si>
   <si>
-    <t>4,706,911</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>18,911,984</t>
+  </si>
+  <si>
     <t>26,306,720</t>
   </si>
   <si>
     <t>44,713,431</t>
   </si>
   <si>
-    <t>23,748,092</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>12,593,719</t>
+  </si>
+  <si>
     <t>1,063,635</t>
   </si>
   <si>
     <t>1,467,931</t>
   </si>
   <si>
-    <t>486,082</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>4,724,115</t>
+  </si>
+  <si>
     <t>5,203,339</t>
   </si>
   <si>
     <t>12,663,803</t>
   </si>
   <si>
-    <t>5,064,435</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>126,551,901</t>
+  </si>
+  <si>
     <t>104,486,285</t>
   </si>
   <si>
     <t>108,259,885</t>
   </si>
   <si>
-    <t>179,925,409</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>281,710,643</t>
+  </si>
+  <si>
     <t>268,454,040</t>
   </si>
   <si>
     <t>261,548,763</t>
   </si>
   <si>
-    <t>339,854,207</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>7,891,815</t>
+  </si>
+  <si>
     <t>516,241</t>
   </si>
   <si>
     <t>3,808,412</t>
   </si>
   <si>
-    <t>2,956,268</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>1,059,317,971</t>
+  </si>
+  <si>
     <t>766,996,472</t>
   </si>
   <si>
     <t>587,420,182</t>
   </si>
   <si>
-    <t>733,201,615</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>12,296,087</t>
+  </si>
+  <si>
     <t>12,440,319</t>
   </si>
   <si>
     <t>6,560,922</t>
   </si>
   <si>
-    <t>11,013,047</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>82,419,486</t>
+  </si>
+  <si>
     <t>82,207,951</t>
   </si>
   <si>
     <t>86,632,803</t>
   </si>
   <si>
-    <t>88,522,103</t>
-[...1 lines deleted...]
-  <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
     <t>9,047,049</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>2,222,525</t>
+  </si>
+  <si>
     <t>950,683</t>
   </si>
   <si>
     <t>12,816</t>
   </si>
   <si>
-    <t>97,701</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
+    <t>2,175,891</t>
+  </si>
+  <si>
     <t>2,354,010</t>
   </si>
   <si>
     <t>1,039,842</t>
   </si>
   <si>
-    <t>947,017</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>1,805,884,115</t>
+  </si>
+  <si>
     <t>2,385,371,964</t>
   </si>
   <si>
     <t>1,137,888,728</t>
   </si>
   <si>
-    <t>1,229,090,951</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>10,173,297</t>
+  </si>
+  <si>
     <t>10,495,675</t>
   </si>
   <si>
     <t>15,741,057</t>
   </si>
   <si>
-    <t>18,163,965</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>509,823,091</t>
+  </si>
+  <si>
     <t>1,405,306,236</t>
   </si>
   <si>
     <t>443,269,368</t>
   </si>
   <si>
-    <t>796,633,006</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>326,657,914</t>
+  </si>
+  <si>
     <t>74,653,981</t>
   </si>
   <si>
     <t>433,987,071</t>
   </si>
   <si>
-    <t>162,464,711</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>561,115</t>
+  </si>
+  <si>
     <t>2,529,467</t>
   </si>
   <si>
     <t>2,255,208</t>
   </si>
   <si>
-    <t>985,759</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>64,743,526</t>
+  </si>
+  <si>
     <t>64,790,896</t>
   </si>
   <si>
     <t>74,089,599</t>
   </si>
   <si>
-    <t>56,458,955</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>1,496,989,517</t>
+  </si>
+  <si>
     <t>997,412,296</t>
   </si>
   <si>
     <t>1,429,822,127</t>
   </si>
   <si>
-    <t>1,332,678,801</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>102,209,065</t>
+  </si>
+  <si>
     <t>78,798,791</t>
   </si>
   <si>
     <t>79,791,589</t>
   </si>
   <si>
-    <t>109,903,871</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>42,649,476</t>
+  </si>
+  <si>
     <t>43,414,345</t>
   </si>
   <si>
     <t>32,250,998</t>
   </si>
   <si>
-    <t>33,759,910</t>
-[...1 lines deleted...]
-  <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
+    <t>2,561,624</t>
+  </si>
+  <si>
     <t>1,143,582</t>
   </si>
   <si>
     <t>5,447,799</t>
   </si>
   <si>
-    <t>3,166,418</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>659,856,551</t>
+  </si>
+  <si>
     <t>662,881,570</t>
   </si>
   <si>
     <t>668,041,463</t>
   </si>
   <si>
-    <t>682,671,005</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>1,113,424,570</t>
+  </si>
+  <si>
     <t>962,359,635</t>
   </si>
   <si>
     <t>1,267,449,835</t>
   </si>
   <si>
-    <t>1,132,063,570</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>227,603,019</t>
+  </si>
+  <si>
     <t>208,340,556</t>
   </si>
   <si>
     <t>375,583,511</t>
   </si>
   <si>
-    <t>287,704,128</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>43,005</t>
+  </si>
+  <si>
     <t>12,325</t>
   </si>
   <si>
     <t>23,109</t>
   </si>
   <si>
-    <t>81,698</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>2,778,070</t>
+  </si>
+  <si>
     <t>2,840,257</t>
   </si>
   <si>
     <t>1,370,940</t>
   </si>
   <si>
-    <t>1,310,745</t>
-[...1 lines deleted...]
-  <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
     <t>1,019</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>2,943,204</t>
+  </si>
+  <si>
     <t>1,705,430</t>
   </si>
   <si>
     <t>324,839</t>
   </si>
   <si>
-    <t>4,861,529</t>
-[...1 lines deleted...]
-  <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
     <t>18,585</t>
   </si>
   <si>
-    <t>1,000</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>6,303,790</t>
+  </si>
+  <si>
     <t>7,816,945</t>
   </si>
   <si>
     <t>9,519,970</t>
   </si>
   <si>
-    <t>7,644,824</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>50,066,265</t>
+  </si>
+  <si>
     <t>50,048,834</t>
   </si>
   <si>
     <t>46,054,926</t>
   </si>
   <si>
-    <t>64,449,088</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>46,846,944</t>
+  </si>
+  <si>
     <t>19,823,893</t>
   </si>
   <si>
     <t>27,688,791</t>
   </si>
   <si>
-    <t>46,802,572</t>
-[...1 lines deleted...]
-  <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>784</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>36,651</t>
+  </si>
+  <si>
     <t>17,073</t>
   </si>
   <si>
     <t>139,820</t>
   </si>
   <si>
-    <t>32,973</t>
-[...1 lines deleted...]
-  <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>703</t>
+    <t>13,020</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>3,510,184</t>
+  </si>
+  <si>
     <t>3,360,967</t>
   </si>
   <si>
     <t>5,996,113</t>
   </si>
   <si>
-    <t>5,563,773</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>34,317</t>
+  </si>
+  <si>
     <t>112,678</t>
   </si>
   <si>
-    <t>31,199</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>350,468</t>
+  </si>
+  <si>
     <t>1,652,599</t>
   </si>
   <si>
     <t>1,060,072</t>
   </si>
   <si>
-    <t>1,635,154</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>315,720</t>
+  </si>
+  <si>
     <t>66,406</t>
   </si>
   <si>
     <t>593,593</t>
   </si>
   <si>
-    <t>10,710</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>25,036,881</t>
+  </si>
+  <si>
     <t>23,397,521</t>
   </si>
   <si>
     <t>11,496,426</t>
   </si>
   <si>
-    <t>10,075,923</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>191,586</t>
+  </si>
+  <si>
     <t>1,244,829</t>
   </si>
   <si>
     <t>159,783</t>
   </si>
   <si>
-    <t>1,130,824</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>569,359</t>
+  </si>
+  <si>
     <t>181,277</t>
   </si>
   <si>
     <t>32,792</t>
   </si>
   <si>
-    <t>193,360</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>5,505,626</t>
+  </si>
+  <si>
     <t>4,046,696</t>
   </si>
   <si>
     <t>1,933,066</t>
   </si>
   <si>
-    <t>1,948,092</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>7,814,105</t>
+  </si>
+  <si>
     <t>8,317,398</t>
   </si>
   <si>
     <t>16,456,695</t>
   </si>
   <si>
-    <t>10,364,780</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>5,637,835</t>
+  </si>
+  <si>
     <t>12,056,653</t>
   </si>
   <si>
     <t>24,318,928</t>
   </si>
   <si>
-    <t>41,145,419</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>14,427,506</t>
+  </si>
+  <si>
     <t>12,102,606</t>
   </si>
   <si>
     <t>17,415,194</t>
   </si>
   <si>
-    <t>5,001,586</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>264,173</t>
+  </si>
+  <si>
     <t>4,148,190</t>
   </si>
   <si>
     <t>334,896</t>
   </si>
   <si>
-    <t>38,934,490</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
+    <t>61,855</t>
+  </si>
+  <si>
     <t>38,467</t>
   </si>
   <si>
     <t>60,971</t>
   </si>
   <si>
-    <t>92,446</t>
-[...1 lines deleted...]
-  <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>3,986</t>
+  </si>
+  <si>
     <t>5,982</t>
   </si>
   <si>
     <t>8,267</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>14,083,201</t>
+  </si>
+  <si>
     <t>1,935,080</t>
   </si>
   <si>
     <t>5,744,637</t>
   </si>
   <si>
-    <t>3,952,685</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>3,829,418</t>
+  </si>
+  <si>
     <t>4,471,687</t>
   </si>
   <si>
     <t>3,397,348</t>
   </si>
   <si>
-    <t>4,022,714</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>5,585,177</t>
+  </si>
+  <si>
     <t>8,769,522</t>
   </si>
   <si>
     <t>9,120,544</t>
   </si>
   <si>
-    <t>5,657,155</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>2,361,076,282</t>
+  </si>
+  <si>
     <t>2,895,619,377</t>
   </si>
   <si>
     <t>1,516,319,870</t>
   </si>
   <si>
-    <t>3,574,683,759</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>18,662,217</t>
+  </si>
+  <si>
     <t>6,162,306</t>
   </si>
   <si>
     <t>5,383,496</t>
   </si>
   <si>
-    <t>4,403,878</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>198,097,728</t>
+  </si>
+  <si>
     <t>140,852,311</t>
   </si>
   <si>
     <t>154,498,439</t>
   </si>
   <si>
-    <t>145,679,353</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>8,583,691</t>
+  </si>
+  <si>
     <t>8,514,896</t>
   </si>
   <si>
     <t>12,597,535</t>
   </si>
   <si>
-    <t>12,250,598</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
+    <t>11,276,722</t>
+  </si>
+  <si>
     <t>14,229</t>
   </si>
   <si>
     <t>504,305</t>
   </si>
   <si>
-    <t>405,769</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>36,423,187</t>
+  </si>
+  <si>
     <t>34,858,314</t>
   </si>
   <si>
     <t>56,139,561</t>
   </si>
   <si>
-    <t>36,818,694</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
+    <t>58,662,291</t>
+  </si>
+  <si>
     <t>56,976,883</t>
   </si>
   <si>
     <t>116,528,995</t>
   </si>
   <si>
-    <t>104,950,754</t>
-[...1 lines deleted...]
-  <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
+    <t>1,127,754</t>
+  </si>
+  <si>
     <t>150,142,678</t>
   </si>
   <si>
     <t>5,422,322</t>
   </si>
   <si>
-    <t>24,342,003</t>
-[...1 lines deleted...]
-  <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
+    <t>3,338,393</t>
+  </si>
+  <si>
     <t>1,343,028</t>
   </si>
   <si>
     <t>1,564,698</t>
   </si>
   <si>
-    <t>2,232,003</t>
-[...1 lines deleted...]
-  <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>5,420,099</t>
+  </si>
+  <si>
     <t>3,939,072</t>
   </si>
   <si>
     <t>1,491,957</t>
   </si>
   <si>
-    <t>922,360</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>20,114,411</t>
+  </si>
+  <si>
     <t>23,259,217</t>
   </si>
   <si>
     <t>30,624,425</t>
   </si>
   <si>
-    <t>25,772,324</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>13,683,253</t>
+  </si>
+  <si>
     <t>23,572,315</t>
   </si>
   <si>
     <t>14,422,019</t>
   </si>
   <si>
-    <t>35,699,913</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,487,061,116</t>
+  </si>
+  <si>
     <t>1,134,144,224</t>
   </si>
   <si>
     <t>1,530,916,253</t>
   </si>
   <si>
-    <t>1,256,401,304</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>6,669,623,172</t>
+  </si>
+  <si>
     <t>6,547,945,015</t>
   </si>
   <si>
     <t>6,946,051,963</t>
   </si>
   <si>
-    <t>5,880,854,428</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,379,722</t>
+  </si>
+  <si>
     <t>1,354,300</t>
   </si>
   <si>
     <t>4,145,906</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>13,462,455</t>
+  </si>
+  <si>
     <t>7,585,534</t>
   </si>
   <si>
     <t>351,984,685</t>
   </si>
   <si>
-    <t>19,698,941</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>18,424,112</t>
+  </si>
+  <si>
     <t>93,677,771</t>
   </si>
   <si>
     <t>74,109,643</t>
   </si>
   <si>
-    <t>52,728,496</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
+    <t>4,353,656</t>
+  </si>
+  <si>
     <t>188,322,273</t>
   </si>
   <si>
     <t>4,500,511,935</t>
   </si>
   <si>
-    <t>194,357,421</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>471,987,186</t>
+  </si>
+  <si>
     <t>373,260,634</t>
   </si>
   <si>
     <t>460,326,244</t>
   </si>
   <si>
-    <t>348,996,672</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>17,234,081</t>
+  </si>
+  <si>
     <t>2,151,220</t>
   </si>
   <si>
     <t>2,655,504</t>
   </si>
   <si>
-    <t>1,412,871</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>42,485</t>
+  </si>
+  <si>
     <t>64,411</t>
   </si>
   <si>
     <t>506,424</t>
   </si>
   <si>
-    <t>354,286</t>
-[...1 lines deleted...]
-  <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
     <t>21,527,220</t>
   </si>
   <si>
-    <t>6,588,478</t>
-[...1 lines deleted...]
-  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>41,001,589</t>
+  </si>
+  <si>
     <t>13,890,489</t>
   </si>
   <si>
     <t>36,074,255</t>
   </si>
   <si>
-    <t>39,879,914</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>1,287,492</t>
+  </si>
+  <si>
     <t>1,183,650</t>
   </si>
   <si>
     <t>2,690,530</t>
   </si>
   <si>
-    <t>4,148,573</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>13,553,409</t>
+  </si>
+  <si>
     <t>13,256,240</t>
   </si>
   <si>
     <t>14,676,911</t>
   </si>
   <si>
-    <t>11,113,712</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>156,227</t>
+  </si>
+  <si>
     <t>380,089</t>
   </si>
   <si>
     <t>1,000,677</t>
-  </si>
-[...1 lines deleted...]
-    <t>2,635,993</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1455,1233 +1449,1233 @@
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
         <v>15</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
         <v>17</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
         <v>21</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" t="s">
         <v>25</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" t="s">
         <v>27</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>28</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" t="s">
         <v>31</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>32</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
         <v>35</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>36</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" t="s">
         <v>39</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>40</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" t="s">
         <v>43</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>44</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" t="s">
         <v>47</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>48</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" t="s">
         <v>51</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>52</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>54</v>
+      </c>
+      <c r="B16" t="s">
         <v>55</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>56</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>58</v>
+      </c>
+      <c r="B17" t="s">
         <v>59</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>60</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" t="s">
         <v>63</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>64</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>66</v>
+      </c>
+      <c r="B19" t="s">
+        <v>10</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>68</v>
+      </c>
+      <c r="B20" t="s">
         <v>69</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>70</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>72</v>
+      </c>
+      <c r="B21" t="s">
         <v>73</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>74</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>76</v>
+      </c>
+      <c r="B22" t="s">
         <v>77</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>78</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>80</v>
+      </c>
+      <c r="B23" t="s">
         <v>81</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>82</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>84</v>
+      </c>
+      <c r="B24" t="s">
         <v>85</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>86</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" t="s">
         <v>89</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>90</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>92</v>
+      </c>
+      <c r="B26" t="s">
         <v>93</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>94</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>96</v>
+      </c>
+      <c r="B27" t="s">
         <v>97</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>98</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>100</v>
+      </c>
+      <c r="B28" t="s">
         <v>101</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>102</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>104</v>
+      </c>
+      <c r="B29" t="s">
         <v>105</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>106</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>108</v>
+      </c>
+      <c r="B30" t="s">
         <v>109</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>110</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>112</v>
+      </c>
+      <c r="B31" t="s">
         <v>113</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>114</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>116</v>
+      </c>
+      <c r="B32" t="s">
         <v>117</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>118</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>120</v>
+      </c>
+      <c r="B33" t="s">
         <v>121</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>122</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>124</v>
+      </c>
+      <c r="B34" t="s">
         <v>125</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>126</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>128</v>
+      </c>
+      <c r="B35" t="s">
         <v>129</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>130</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>132</v>
+      </c>
+      <c r="B36" t="s">
         <v>133</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>134</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>136</v>
+      </c>
+      <c r="B37" t="s">
+        <v>10</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>138</v>
+      </c>
+      <c r="B38" t="s">
         <v>139</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>140</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>142</v>
+      </c>
+      <c r="B39" t="s">
+        <v>10</v>
+      </c>
+      <c r="C39" t="s">
         <v>143</v>
       </c>
-      <c r="B39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>144</v>
+      </c>
+      <c r="B40" t="s">
+        <v>145</v>
+      </c>
+      <c r="C40" t="s">
         <v>146</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>148</v>
+      </c>
+      <c r="B41" t="s">
+        <v>149</v>
+      </c>
+      <c r="C41" t="s">
         <v>150</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>152</v>
+      </c>
+      <c r="B42" t="s">
+        <v>153</v>
+      </c>
+      <c r="C42" t="s">
         <v>154</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B43" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C43" t="s">
-        <v>159</v>
+        <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>158</v>
+      </c>
+      <c r="B44" t="s">
+        <v>159</v>
+      </c>
+      <c r="C44" t="s">
+        <v>160</v>
+      </c>
+      <c r="D44" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B45" t="s">
-        <v>9</v>
+        <v>163</v>
       </c>
       <c r="C45" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>166</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>164</v>
+      </c>
+      <c r="B46" t="s">
+        <v>165</v>
+      </c>
+      <c r="C46" t="s">
+        <v>166</v>
+      </c>
+      <c r="D46" t="s">
         <v>167</v>
-      </c>
-[...7 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B47" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="C47" t="s">
-        <v>172</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>171</v>
+      </c>
+      <c r="B48" t="s">
+        <v>172</v>
+      </c>
+      <c r="C48" t="s">
+        <v>173</v>
+      </c>
+      <c r="D48" t="s">
         <v>174</v>
-      </c>
-[...7 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>175</v>
+      </c>
+      <c r="B49" t="s">
+        <v>176</v>
+      </c>
+      <c r="C49" t="s">
+        <v>177</v>
+      </c>
+      <c r="D49" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>179</v>
+      </c>
+      <c r="B50" t="s">
+        <v>180</v>
+      </c>
+      <c r="C50" t="s">
+        <v>181</v>
+      </c>
+      <c r="D50" t="s">
         <v>182</v>
-      </c>
-[...7 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>183</v>
+      </c>
+      <c r="B51" t="s">
+        <v>184</v>
+      </c>
+      <c r="C51" t="s">
+        <v>185</v>
+      </c>
+      <c r="D51" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>187</v>
+      </c>
+      <c r="B52" t="s">
+        <v>188</v>
+      </c>
+      <c r="C52" t="s">
+        <v>189</v>
+      </c>
+      <c r="D52" t="s">
         <v>190</v>
-      </c>
-[...7 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>191</v>
+      </c>
+      <c r="B53" t="s">
+        <v>192</v>
+      </c>
+      <c r="C53" t="s">
+        <v>193</v>
+      </c>
+      <c r="D53" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>195</v>
+      </c>
+      <c r="B54" t="s">
+        <v>196</v>
+      </c>
+      <c r="C54" t="s">
+        <v>197</v>
+      </c>
+      <c r="D54" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>199</v>
+      </c>
+      <c r="B55" t="s">
+        <v>200</v>
+      </c>
+      <c r="C55" t="s">
+        <v>201</v>
+      </c>
+      <c r="D55" t="s">
         <v>202</v>
-      </c>
-[...7 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>203</v>
+      </c>
+      <c r="B56" t="s">
+        <v>204</v>
+      </c>
+      <c r="C56" t="s">
+        <v>205</v>
+      </c>
+      <c r="D56" t="s">
         <v>206</v>
-      </c>
-[...7 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>207</v>
+      </c>
+      <c r="B57" t="s">
+        <v>208</v>
+      </c>
+      <c r="C57" t="s">
+        <v>209</v>
+      </c>
+      <c r="D57" t="s">
         <v>210</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>211</v>
+      </c>
+      <c r="B58" t="s">
+        <v>212</v>
+      </c>
+      <c r="C58" t="s">
+        <v>213</v>
+      </c>
+      <c r="D58" t="s">
         <v>214</v>
-      </c>
-[...7 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>215</v>
+      </c>
+      <c r="B59" t="s">
+        <v>216</v>
+      </c>
+      <c r="C59" t="s">
+        <v>217</v>
+      </c>
+      <c r="D59" t="s">
         <v>218</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>219</v>
+      </c>
+      <c r="B60" t="s">
+        <v>220</v>
+      </c>
+      <c r="C60" t="s">
         <v>221</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>223</v>
+      </c>
+      <c r="B61" t="s">
+        <v>224</v>
+      </c>
+      <c r="C61" t="s">
         <v>225</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>227</v>
+      </c>
+      <c r="B62" t="s">
+        <v>228</v>
+      </c>
+      <c r="C62" t="s">
         <v>229</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>231</v>
+      </c>
+      <c r="B63" t="s">
+        <v>232</v>
+      </c>
+      <c r="C63" t="s">
         <v>233</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>235</v>
+      </c>
+      <c r="B64" t="s">
+        <v>236</v>
+      </c>
+      <c r="C64" t="s">
         <v>237</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>239</v>
+      </c>
+      <c r="B65" t="s">
+        <v>240</v>
+      </c>
+      <c r="C65" t="s">
         <v>241</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>243</v>
+      </c>
+      <c r="B66" t="s">
+        <v>244</v>
+      </c>
+      <c r="C66" t="s">
         <v>245</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>247</v>
+      </c>
+      <c r="B67" t="s">
+        <v>248</v>
+      </c>
+      <c r="C67" t="s">
         <v>249</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>251</v>
+      </c>
+      <c r="B68" t="s">
+        <v>252</v>
+      </c>
+      <c r="C68" t="s">
         <v>253</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>255</v>
+      </c>
+      <c r="B69" t="s">
+        <v>256</v>
+      </c>
+      <c r="C69" t="s">
         <v>257</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>259</v>
+      </c>
+      <c r="B70" t="s">
+        <v>260</v>
+      </c>
+      <c r="C70" t="s">
         <v>261</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>263</v>
+      </c>
+      <c r="B71" t="s">
+        <v>264</v>
+      </c>
+      <c r="C71" t="s">
         <v>265</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>267</v>
+      </c>
+      <c r="B72" t="s">
+        <v>268</v>
+      </c>
+      <c r="C72" t="s">
         <v>269</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>271</v>
+      </c>
+      <c r="B73" t="s">
+        <v>272</v>
+      </c>
+      <c r="C73" t="s">
         <v>273</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>275</v>
+      </c>
+      <c r="B74" t="s">
+        <v>276</v>
+      </c>
+      <c r="C74" t="s">
         <v>277</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>279</v>
+      </c>
+      <c r="B75" t="s">
+        <v>280</v>
+      </c>
+      <c r="C75" t="s">
         <v>281</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>283</v>
+      </c>
+      <c r="B76" t="s">
+        <v>284</v>
+      </c>
+      <c r="C76" t="s">
         <v>285</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>287</v>
+      </c>
+      <c r="B77" t="s">
+        <v>288</v>
+      </c>
+      <c r="C77" t="s">
         <v>289</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>291</v>
+      </c>
+      <c r="B78" t="s">
         <v>292</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>293</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>295</v>
+      </c>
+      <c r="B79" t="s">
         <v>296</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>297</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>299</v>
+      </c>
+      <c r="B80" t="s">
         <v>300</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>301</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>303</v>
+      </c>
+      <c r="B81" t="s">
         <v>304</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>305</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>307</v>
+      </c>
+      <c r="B82" t="s">
         <v>308</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>309</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>311</v>
+      </c>
+      <c r="B83" t="s">
         <v>312</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>313</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>315</v>
+      </c>
+      <c r="B84" t="s">
+        <v>10</v>
+      </c>
+      <c r="C84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D84" t="s">
         <v>316</v>
-      </c>
-[...7 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>317</v>
+      </c>
+      <c r="B85" t="s">
+        <v>318</v>
+      </c>
+      <c r="C85" t="s">
         <v>319</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>321</v>
+      </c>
+      <c r="B86" t="s">
+        <v>322</v>
+      </c>
+      <c r="C86" t="s">
         <v>323</v>
       </c>
-      <c r="B86" t="s">
+      <c r="D86" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>325</v>
+      </c>
+      <c r="B87" t="s">
+        <v>326</v>
+      </c>
+      <c r="C87" t="s">
         <v>327</v>
       </c>
-      <c r="B87" t="s">
+      <c r="D87" t="s">
         <v>328</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>329</v>
+      </c>
+      <c r="B88" t="s">
+        <v>330</v>
+      </c>
+      <c r="C88" t="s">
         <v>331</v>
       </c>
-      <c r="B88" t="s">
+      <c r="D88" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="3"/>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3"/>
       <c r="B97" s="3"/>