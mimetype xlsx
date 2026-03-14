--- v0 (2025-10-02)
+++ v1 (2026-03-14)
@@ -12,899 +12,854 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>สิงหาคม 2568</t>
-[...5 lines deleted...]
-    <t>มิถุนายน 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>1,899,243,036</t>
-[...5 lines deleted...]
-    <t>2,067,424,724</t>
+    <t>2,624,438,026</t>
+  </si>
+  <si>
+    <t>1,471,933,277</t>
+  </si>
+  <si>
+    <t>1,784,570,996</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>250,234</t>
+    <t>292,828</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>135,808</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>1,046</t>
-[...8 lines deleted...]
-    <t>10,149</t>
+    <t>2,364</t>
+  </si>
+  <si>
+    <t>398,427</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>42,710</t>
+    <t>141,735</t>
+  </si>
+  <si>
+    <t>478,974</t>
+  </si>
+  <si>
+    <t>402,116</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>5,140</t>
-[...5 lines deleted...]
-    <t>5,373,737</t>
+    <t>406,099</t>
+  </si>
+  <si>
+    <t>509,024</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>2,057,654</t>
-[...11 lines deleted...]
-    <t>1,168,546</t>
+    <t>1,474,660</t>
+  </si>
+  <si>
+    <t>3,688,499</t>
+  </si>
+  <si>
+    <t>82,339</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>407,450</t>
-[...2 lines deleted...]
-    <t>42,358</t>
+    <t>119,428</t>
+  </si>
+  <si>
+    <t>340,859</t>
+  </si>
+  <si>
+    <t>445,746</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>404,689</t>
-[...5 lines deleted...]
-    <t>91,817</t>
+    <t>1,818,983</t>
+  </si>
+  <si>
+    <t>61,445</t>
+  </si>
+  <si>
+    <t>2,253,471</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>710,635</t>
-[...5 lines deleted...]
-    <t>1,271,792</t>
+    <t>877,005</t>
+  </si>
+  <si>
+    <t>929,195</t>
+  </si>
+  <si>
+    <t>1,445,065</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>446,775</t>
-[...5 lines deleted...]
-    <t>688,607</t>
+    <t>956,300</t>
+  </si>
+  <si>
+    <t>782,398</t>
+  </si>
+  <si>
+    <t>1,746,299</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>18,021</t>
-[...5 lines deleted...]
-    <t>4,025,033</t>
+    <t>67,928</t>
+  </si>
+  <si>
+    <t>58,749</t>
+  </si>
+  <si>
+    <t>10,038,749</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>6,468,718</t>
-[...5 lines deleted...]
-    <t>7,453,077</t>
+    <t>5,462,744</t>
+  </si>
+  <si>
+    <t>7,701,718</t>
+  </si>
+  <si>
+    <t>9,772,977</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>6,541,884</t>
-[...5 lines deleted...]
-    <t>5,907,956</t>
+    <t>1,577,886</t>
+  </si>
+  <si>
+    <t>1,034,560</t>
+  </si>
+  <si>
+    <t>5,317,543</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>10,036,921</t>
-[...5 lines deleted...]
-    <t>7,646,817</t>
+    <t>20,504,766</t>
+  </si>
+  <si>
+    <t>19,308,872</t>
+  </si>
+  <si>
+    <t>16,083,386</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>2,285</t>
-[...5 lines deleted...]
-    <t>42,474</t>
+    <t>7,984</t>
+  </si>
+  <si>
+    <t>8,022</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>1,297,369</t>
-[...5 lines deleted...]
-    <t>1,087,714</t>
+    <t>15,562</t>
+  </si>
+  <si>
+    <t>57,781</t>
+  </si>
+  <si>
+    <t>3,682</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>11,415,138</t>
-[...5 lines deleted...]
-    <t>12,877,017</t>
+    <t>11,974,097</t>
+  </si>
+  <si>
+    <t>10,536,050</t>
+  </si>
+  <si>
+    <t>11,595,880</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>813</t>
-[...5 lines deleted...]
-    <t>405,893</t>
+    <t>15,363,513</t>
+  </si>
+  <si>
+    <t>3,946,141</t>
+  </si>
+  <si>
+    <t>12,812,515</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>12,627,568</t>
-[...5 lines deleted...]
-    <t>11,072,586</t>
+    <t>12,275,453</t>
+  </si>
+  <si>
+    <t>10,416,466</t>
+  </si>
+  <si>
+    <t>11,029,715</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>52,111,089</t>
-[...11 lines deleted...]
-    <t>1,482,762</t>
+    <t>72,114,661</t>
+  </si>
+  <si>
+    <t>139,798,121</t>
+  </si>
+  <si>
+    <t>395,651,423</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>2,737,593</t>
-[...5 lines deleted...]
-    <t>4,059,075</t>
+    <t>3,829,809</t>
+  </si>
+  <si>
+    <t>6,497,345</t>
+  </si>
+  <si>
+    <t>4,716,172</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>8,391,755</t>
-[...5 lines deleted...]
-    <t>9,399,416</t>
+    <t>96,003,630</t>
+  </si>
+  <si>
+    <t>5,145,286</t>
+  </si>
+  <si>
+    <t>43,600,848</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>5,644,440</t>
-[...5 lines deleted...]
-    <t>9,303,588</t>
+    <t>4,311,327</t>
+  </si>
+  <si>
+    <t>2,746,659</t>
+  </si>
+  <si>
+    <t>5,585,691</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>2,205,475</t>
-[...5 lines deleted...]
-    <t>10,622,006</t>
+    <t>2,099,350</t>
+  </si>
+  <si>
+    <t>3,527,788</t>
+  </si>
+  <si>
+    <t>2,766,031</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>17,609,427</t>
-[...5 lines deleted...]
-    <t>21,074,357</t>
+    <t>12,897,070</t>
+  </si>
+  <si>
+    <t>30,424,046</t>
+  </si>
+  <si>
+    <t>17,904,166</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>30,640,151</t>
-[...5 lines deleted...]
-    <t>9,790,318</t>
+    <t>18,005,171</t>
+  </si>
+  <si>
+    <t>37,151,270</t>
+  </si>
+  <si>
+    <t>30,106,597</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>11,895,322</t>
-[...5 lines deleted...]
-    <t>60,875,261</t>
+    <t>13,482,658</t>
+  </si>
+  <si>
+    <t>11,291,512</t>
+  </si>
+  <si>
+    <t>16,373,447</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>74,750</t>
-[...2 lines deleted...]
-    <t>57,991</t>
+    <t>15,590</t>
+  </si>
+  <si>
+    <t>24,139</t>
+  </si>
+  <si>
+    <t>90,009</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>215,397</t>
-[...5 lines deleted...]
-    <t>189,966</t>
+    <t>188,498</t>
+  </si>
+  <si>
+    <t>111,774</t>
+  </si>
+  <si>
+    <t>176,109</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>1,914,949</t>
-[...11 lines deleted...]
-    <t>356</t>
+    <t>815,603</t>
+  </si>
+  <si>
+    <t>73,462</t>
+  </si>
+  <si>
+    <t>542,536</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>79,219,895</t>
-[...5 lines deleted...]
-    <t>86,530,160</t>
+    <t>72,387,809</t>
+  </si>
+  <si>
+    <t>87,978,547</t>
+  </si>
+  <si>
+    <t>102,089,979</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>210,947,060</t>
-[...5 lines deleted...]
-    <t>222,493,150</t>
+    <t>257,857,336</t>
+  </si>
+  <si>
+    <t>92,246,785</t>
+  </si>
+  <si>
+    <t>52,817,094</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>739,681</t>
-[...14 lines deleted...]
-    <t>5,368</t>
+    <t>264,546</t>
+  </si>
+  <si>
+    <t>202,914</t>
+  </si>
+  <si>
+    <t>271,526</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>129,359</t>
-[...2 lines deleted...]
-    <t>13,171</t>
+    <t>3,837</t>
+  </si>
+  <si>
+    <t>211,638</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>80,015</t>
-[...5 lines deleted...]
-    <t>3,217</t>
+    <t>685,457</t>
+  </si>
+  <si>
+    <t>4,109</t>
+  </si>
+  <si>
+    <t>500</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>16,250</t>
-[...2 lines deleted...]
-    <t>5,079</t>
+    <t>9,485</t>
+  </si>
+  <si>
+    <t>147,735</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>59,155</t>
-[...5 lines deleted...]
-    <t>3,560</t>
+    <t>1,631,840</t>
+  </si>
+  <si>
+    <t>427,546</t>
+  </si>
+  <si>
+    <t>482,767</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>1,337</t>
+    <t>1,200</t>
+  </si>
+  <si>
+    <t>148</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>477,528</t>
-[...5 lines deleted...]
-    <t>403,101</t>
+    <t>913,641</t>
+  </si>
+  <si>
+    <t>605,978</t>
+  </si>
+  <si>
+    <t>846,346</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>637,508</t>
-[...5 lines deleted...]
-    <t>835,795</t>
+    <t>1,797,118</t>
+  </si>
+  <si>
+    <t>1,104,805</t>
+  </si>
+  <si>
+    <t>1,798,307</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>221,030</t>
-[...5 lines deleted...]
-    <t>95,400</t>
+    <t>165,154</t>
+  </si>
+  <si>
+    <t>136,139</t>
+  </si>
+  <si>
+    <t>293,466</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>98,686</t>
-[...5 lines deleted...]
-    <t>45,208</t>
+    <t>58,442</t>
+  </si>
+  <si>
+    <t>28,704</t>
+  </si>
+  <si>
+    <t>65,102</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>49,726</t>
-[...5 lines deleted...]
-    <t>74,636</t>
+    <t>202,615</t>
+  </si>
+  <si>
+    <t>470,368</t>
+  </si>
+  <si>
+    <t>258,962</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>1,036</t>
-[...5 lines deleted...]
-    <t>7,015</t>
+    <t>34,403</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>398,034</t>
-[...5 lines deleted...]
-    <t>1,280,886</t>
+    <t>3,500,420</t>
+  </si>
+  <si>
+    <t>1,453,244</t>
+  </si>
+  <si>
+    <t>76,369</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>17,860</t>
-[...5 lines deleted...]
-    <t>7,309</t>
+    <t>76,778</t>
+  </si>
+  <si>
+    <t>142,410</t>
+  </si>
+  <si>
+    <t>28,314</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>126,307</t>
-[...5 lines deleted...]
-    <t>282,018</t>
+    <t>761,558</t>
+  </si>
+  <si>
+    <t>290,987</t>
+  </si>
+  <si>
+    <t>535,910</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>697,277</t>
-[...5 lines deleted...]
-    <t>629,044</t>
+    <t>213,599</t>
+  </si>
+  <si>
+    <t>583,316</t>
+  </si>
+  <si>
+    <t>582,422</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>56,138,610</t>
-[...5 lines deleted...]
-    <t>72,262,392</t>
+    <t>74,678,623</t>
+  </si>
+  <si>
+    <t>55,077,880</t>
+  </si>
+  <si>
+    <t>64,551,645</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>80,412,426</t>
-[...5 lines deleted...]
-    <t>101,911,845</t>
+    <t>48,393,568</t>
+  </si>
+  <si>
+    <t>52,614,391</t>
+  </si>
+  <si>
+    <t>55,366,763</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>618,728</t>
-[...5 lines deleted...]
-    <t>222,811</t>
+    <t>238,329</t>
+  </si>
+  <si>
+    <t>694,172</t>
+  </si>
+  <si>
+    <t>82,732</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>628,782</t>
-[...5 lines deleted...]
-    <t>3,535,031</t>
+    <t>910,558</t>
+  </si>
+  <si>
+    <t>583,351</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>19,138,987</t>
-[...5 lines deleted...]
-    <t>710,183</t>
+    <t>54,399,522</t>
+  </si>
+  <si>
+    <t>15,719,545</t>
+  </si>
+  <si>
+    <t>20,253,161</t>
+  </si>
+  <si>
+    <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
+  </si>
+  <si>
+    <t>272,815</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>19,578</t>
-[...5 lines deleted...]
-    <t>83,509</t>
+    <t>3,505</t>
+  </si>
+  <si>
+    <t>86,597</t>
+  </si>
+  <si>
+    <t>2,889</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>54,697</t>
-[...5 lines deleted...]
-    <t>68,097</t>
+    <t>129,544</t>
+  </si>
+  <si>
+    <t>37,760</t>
+  </si>
+  <si>
+    <t>738,784</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>16,012,344</t>
-[...5 lines deleted...]
-    <t>18,934,673</t>
+    <t>16,377,685</t>
+  </si>
+  <si>
+    <t>15,353,815</t>
+  </si>
+  <si>
+    <t>14,801,754</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>3,694,253</t>
-[...5 lines deleted...]
-    <t>1,138,375</t>
+    <t>2,075,332</t>
+  </si>
+  <si>
+    <t>1,215,030</t>
+  </si>
+  <si>
+    <t>2,598,043</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>730,214,992</t>
-[...5 lines deleted...]
-    <t>921,867,828</t>
+    <t>1,455,822,627</t>
+  </si>
+  <si>
+    <t>566,878,847</t>
+  </si>
+  <si>
+    <t>509,150,123</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>82,783,889</t>
-[...5 lines deleted...]
-    <t>70,133,291</t>
+    <t>76,076,464</t>
+  </si>
+  <si>
+    <t>88,386,282</t>
+  </si>
+  <si>
+    <t>80,483,506</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>208,264</t>
+    <t>72,322</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>106,950,098</t>
-[...5 lines deleted...]
-    <t>142,015,218</t>
+    <t>147,247,774</t>
+  </si>
+  <si>
+    <t>86,456,975</t>
+  </si>
+  <si>
+    <t>118,713,947</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>292,558,994</t>
-[...5 lines deleted...]
-    <t>73,518,366</t>
+    <t>59,459,743</t>
+  </si>
+  <si>
+    <t>24,038,167</t>
+  </si>
+  <si>
+    <t>102,472,085</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>26,992,081</t>
-[...5 lines deleted...]
-    <t>45,579,816</t>
+    <t>46,819,928</t>
+  </si>
+  <si>
+    <t>75,248,332</t>
+  </si>
+  <si>
+    <t>47,674,057</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>329,588</t>
-[...5 lines deleted...]
-    <t>1,573,452</t>
+    <t>670,251</t>
+  </si>
+  <si>
+    <t>1,002,392</t>
+  </si>
+  <si>
+    <t>1,636,178</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>150,732</t>
-[...14 lines deleted...]
-    <t>49,285</t>
+    <t>1,000</t>
+  </si>
+  <si>
+    <t>1,208,512</t>
+  </si>
+  <si>
+    <t>19,233</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>958,100</t>
-[...5 lines deleted...]
-    <t>2,261,143</t>
+    <t>4,017,396</t>
+  </si>
+  <si>
+    <t>2,327,120</t>
+  </si>
+  <si>
+    <t>2,348,568</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>145,119</t>
-[...5 lines deleted...]
-    <t>425,596</t>
+    <t>233,904</t>
+  </si>
+  <si>
+    <t>2,140,211</t>
+  </si>
+  <si>
+    <t>1,095,566</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>117,909</t>
-[...5 lines deleted...]
-    <t>747,869</t>
+    <t>124,534</t>
+  </si>
+  <si>
+    <t>308,610</t>
+  </si>
+  <si>
+    <t>34,041</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>6,492</t>
-[...5 lines deleted...]
-    <t>27,258</t>
+    <t>74,340</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1238,1173 +1193,1089 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D86"/>
+  <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A86" sqref="A86"/>
+      <selection activeCell="A80" sqref="A80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C11" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B12" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C12" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D12" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B14" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C14" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D14" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B15" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D15" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="C16" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D16" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B17" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C17" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D17" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B18" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C18" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D18" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B19" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C19" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D19" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B20" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D20" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="C21" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="D21" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B22" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C22" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D22" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B23" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C23" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D23" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B24" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="D24" t="s">
-        <v>10</v>
+        <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B25" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C25" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D25" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="B26" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C26" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D26" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="B27" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="C27" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="D27" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B28" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C28" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="D28" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B29" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C29" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="D29" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B30" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C30" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="D30" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B31" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C31" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D31" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B32" t="s">
-        <v>10</v>
+        <v>121</v>
       </c>
       <c r="C32" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="D32" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B33" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="C33" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="D33" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="B34" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="C34" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="D34" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="B35" t="s">
         <v>10</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>133</v>
       </c>
       <c r="D35" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B36" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="C36" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="D36" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="B37" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="C37" t="s">
-        <v>133</v>
+        <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B38" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C38" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="D38" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B39" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="C39" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="D39" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="B40" t="s">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="C40" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="D40" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="B41" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="C41" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="D41" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="B42" t="s">
-        <v>10</v>
+        <v>158</v>
       </c>
       <c r="C42" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="D42" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="B43" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="C43" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="D43" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="B44" t="s">
-        <v>10</v>
+        <v>166</v>
       </c>
       <c r="C44" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="D44" t="s">
-        <v>10</v>
+        <v>168</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="B45" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="C45" t="s">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>161</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="B46" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C46" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="D46" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="B47" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="C47" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="D47" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="B48" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="C48" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="D48" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="B49" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="C49" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="D49" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="B50" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="C50" t="s">
-        <v>10</v>
+        <v>189</v>
       </c>
       <c r="D50" t="s">
-        <v>10</v>
+        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="B51" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="C51" t="s">
-        <v>181</v>
+        <v>193</v>
       </c>
       <c r="D51" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="B52" t="s">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="C52" t="s">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="D52" t="s">
-        <v>185</v>
+        <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
       <c r="B53" t="s">
-        <v>187</v>
+        <v>10</v>
       </c>
       <c r="C53" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="D53" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>190</v>
+        <v>202</v>
       </c>
       <c r="B54" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="C54" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="D54" t="s">
-        <v>193</v>
+        <v>205</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>194</v>
+        <v>206</v>
       </c>
       <c r="B55" t="s">
-        <v>195</v>
+        <v>207</v>
       </c>
       <c r="C55" t="s">
-        <v>196</v>
+        <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>197</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="B56" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="C56" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="D56" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="B57" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="C57" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="D57" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="B58" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="C58" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="D58" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="B59" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="C59" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="D59" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="B60" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="C60" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="D60" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="B61" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="C61" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="D61" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="B62" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="C62" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>225</v>
+        <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="B63" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="C63" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="D63" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="B64" t="s">
-        <v>231</v>
+        <v>239</v>
       </c>
       <c r="C64" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="D64" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="B65" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="C65" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="D65" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="B66" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="C66" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="D66" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="B67" t="s">
-        <v>10</v>
+        <v>251</v>
       </c>
       <c r="C67" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="D67" t="s">
-        <v>10</v>
+        <v>253</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="B68" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="C68" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="D68" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="B69" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="C69" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="D69" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="B70" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="C70" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="D70" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="B71" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="C71" t="s">
-        <v>258</v>
+        <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>259</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:4">
-      <c r="A72" t="s">
-[...83 lines deleted...]
-      <c r="A78" s="2" t="s">
+      <c r="A72" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B78" s="2" t="s">
+      <c r="B72" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C78" s="2" t="s">
+      <c r="C72" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D78" s="2" t="s">
+      <c r="D72" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="85" spans="1:4">
-[...9 lines deleted...]
-      <c r="D86" s="3"/>
+    <row r="79" spans="1:4">
+      <c r="A79" s="3"/>
+      <c r="B79" s="3"/>
+      <c r="C79" s="3"/>
+      <c r="D79" s="3"/>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" s="3"/>
+      <c r="B80" s="3"/>
+      <c r="C80" s="3"/>
+      <c r="D80" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A85:D85"/>
-    <mergeCell ref="A86:D86"/>
+    <mergeCell ref="A79:D79"/>
+    <mergeCell ref="A80:D80"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>