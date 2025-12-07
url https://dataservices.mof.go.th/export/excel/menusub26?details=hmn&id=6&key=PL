--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,947 +12,944 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>1,576,185,994</t>
+  </si>
+  <si>
     <t>1,393,893,546</t>
   </si>
   <si>
     <t>1,173,033,021</t>
   </si>
   <si>
-    <t>1,254,271,625</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>15,000</t>
   </si>
   <si>
-    <t>5,000</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>1,036,699</t>
+  </si>
+  <si>
     <t>978,699</t>
   </si>
   <si>
-    <t>8,586,481</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>38,252,080</t>
+  </si>
+  <si>
     <t>22,859,591</t>
   </si>
   <si>
     <t>33,171,281</t>
   </si>
   <si>
-    <t>27,199,886</t>
-[...1 lines deleted...]
-  <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
     <t>348,906</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>1,279</t>
+  </si>
+  <si>
     <t>6,876</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>29,217</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
+    <t>185,731</t>
+  </si>
+  <si>
     <t>203,823</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
+    <t>1,158,747</t>
+  </si>
+  <si>
     <t>254,360</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>3,595,480</t>
+  </si>
+  <si>
     <t>13,537,533</t>
   </si>
   <si>
     <t>6,305,833</t>
   </si>
   <si>
-    <t>2,880,722</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>7,170,811</t>
+  </si>
+  <si>
     <t>10,702,441</t>
   </si>
   <si>
     <t>816,664</t>
   </si>
   <si>
-    <t>8,943,199</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>947,589</t>
+  </si>
+  <si>
     <t>529,279</t>
   </si>
   <si>
     <t>1,025,416</t>
   </si>
   <si>
-    <t>3,450,620</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>32,204</t>
+  </si>
+  <si>
     <t>146</t>
   </si>
   <si>
-    <t>79,406</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>3,686</t>
+    <t>52,331</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
     <t>1,986,775</t>
   </si>
   <si>
     <t>5,243</t>
   </si>
   <si>
-    <t>21,269</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>3,234,134</t>
+  </si>
+  <si>
     <t>5,684,670</t>
   </si>
   <si>
     <t>1,746,241</t>
   </si>
   <si>
-    <t>4,638,100</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>2,222,543</t>
+  </si>
+  <si>
     <t>1,186,588</t>
   </si>
   <si>
     <t>3,989,898</t>
   </si>
   <si>
-    <t>2,836,601</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>25,778,247</t>
+  </si>
+  <si>
     <t>14,341,918</t>
   </si>
   <si>
     <t>34,462,680</t>
   </si>
   <si>
-    <t>14,978,660</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>11,154,179</t>
+  </si>
+  <si>
     <t>616,800</t>
   </si>
   <si>
     <t>2,606,665</t>
   </si>
   <si>
-    <t>3,879,381</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>7,986,078</t>
+  </si>
+  <si>
     <t>1,714,785</t>
   </si>
   <si>
     <t>5,862,154</t>
   </si>
   <si>
-    <t>3,878,114</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>1,017,844</t>
+  </si>
+  <si>
     <t>1,698,925</t>
   </si>
   <si>
     <t>672,146</t>
   </si>
   <si>
-    <t>1,178,676</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>35,642,189</t>
+  </si>
+  <si>
     <t>44,316,927</t>
   </si>
   <si>
     <t>28,976,613</t>
   </si>
   <si>
-    <t>28,580,915</t>
-[...1 lines deleted...]
-  <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
     <t>700,297</t>
   </si>
   <si>
     <t>8,615,672</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>575,948</t>
+  </si>
+  <si>
     <t>4,177</t>
   </si>
   <si>
-    <t>310,313</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>43,270</t>
+  </si>
+  <si>
     <t>133,911</t>
   </si>
   <si>
     <t>7,798</t>
   </si>
   <si>
-    <t>195,897</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>1,554,895</t>
+  </si>
+  <si>
     <t>1,939,498</t>
   </si>
   <si>
     <t>1,111,697</t>
   </si>
   <si>
-    <t>127,783</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>15,428,761</t>
+  </si>
+  <si>
     <t>2,582,533</t>
   </si>
   <si>
     <t>9,958,043</t>
   </si>
   <si>
-    <t>10,113,779</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>81,977,502</t>
+  </si>
+  <si>
     <t>116,583,684</t>
   </si>
   <si>
     <t>47,454,471</t>
   </si>
   <si>
-    <t>69,160,371</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>2,179,425</t>
+  </si>
+  <si>
     <t>11,170</t>
   </si>
   <si>
     <t>2,190,235</t>
   </si>
   <si>
-    <t>850,737</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>4,910,021</t>
+  </si>
+  <si>
     <t>662,726</t>
   </si>
   <si>
     <t>6,823,028</t>
   </si>
   <si>
-    <t>3,699,102</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>34,800,967</t>
+  </si>
+  <si>
     <t>56,343,685</t>
   </si>
   <si>
     <t>42,995,463</t>
   </si>
   <si>
-    <t>57,573,766</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>2,283,571</t>
+  </si>
+  <si>
     <t>9,184,198</t>
   </si>
   <si>
     <t>5,833,516</t>
   </si>
   <si>
-    <t>2,132,277</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>106,686,889</t>
+  </si>
+  <si>
     <t>47,353,896</t>
   </si>
   <si>
     <t>27,809,012</t>
   </si>
   <si>
-    <t>45,909,000</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>13,587,063</t>
+  </si>
+  <si>
     <t>16,417,698</t>
   </si>
   <si>
     <t>10,906,539</t>
   </si>
   <si>
-    <t>55,449,215</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>30,980,071</t>
+  </si>
+  <si>
     <t>23,949,581</t>
   </si>
   <si>
     <t>18,692,346</t>
   </si>
   <si>
-    <t>19,327,069</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>81,223,202</t>
+  </si>
+  <si>
     <t>85,726,883</t>
   </si>
   <si>
     <t>103,283,144</t>
   </si>
   <si>
-    <t>168,293,276</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>42,475</t>
+  </si>
+  <si>
     <t>792,751</t>
   </si>
   <si>
     <t>1,406,880</t>
   </si>
   <si>
-    <t>4,694</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>262,119</t>
+  </si>
+  <si>
     <t>153,985</t>
   </si>
   <si>
     <t>210,718</t>
   </si>
   <si>
-    <t>115,188</t>
-[...7 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>13,285,033</t>
+  </si>
+  <si>
     <t>19,009,961</t>
   </si>
   <si>
     <t>17,254,838</t>
   </si>
   <si>
-    <t>13,238,841</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>14,843,110</t>
+  </si>
+  <si>
     <t>1,579,716</t>
   </si>
   <si>
     <t>1,244,648</t>
   </si>
   <si>
-    <t>12,670,514</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>8,865,572</t>
+  </si>
+  <si>
     <t>5,638,648</t>
   </si>
   <si>
     <t>8,530,289</t>
   </si>
   <si>
-    <t>12,273,253</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>612,558</t>
+  </si>
+  <si>
     <t>8,813,427</t>
   </si>
   <si>
     <t>33,006,268</t>
   </si>
   <si>
-    <t>1,744,140</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
     <t>181,537</t>
   </si>
   <si>
-    <t>371</t>
-[...1 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>6,325</t>
+  </si>
+  <si>
     <t>220,745</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>4,534</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>28,289,565</t>
+  </si>
+  <si>
     <t>3,465,783</t>
   </si>
   <si>
     <t>890,560</t>
   </si>
   <si>
-    <t>2,941,280</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>33,332,512</t>
+  </si>
+  <si>
     <t>26,594,673</t>
   </si>
   <si>
     <t>37,360,024</t>
   </si>
   <si>
-    <t>35,299,504</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>63,043</t>
+  </si>
+  <si>
     <t>90,055</t>
   </si>
   <si>
     <t>46,055</t>
   </si>
   <si>
-    <t>69,075</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
     <t>5,136</t>
   </si>
   <si>
     <t>20,312</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>8,035,745</t>
+  </si>
+  <si>
     <t>8,712,435</t>
   </si>
   <si>
     <t>12,948,767</t>
   </si>
   <si>
-    <t>7,350,358</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
     <t>23,524</t>
   </si>
   <si>
-    <t>11,510</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>269,098</t>
+  </si>
+  <si>
     <t>564,985</t>
   </si>
   <si>
     <t>303,761</t>
   </si>
   <si>
-    <t>291,142</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>1,238,486</t>
+  </si>
+  <si>
     <t>1,136,238</t>
   </si>
   <si>
     <t>1,252,291</t>
   </si>
   <si>
-    <t>2,094,213</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>236,931</t>
+  </si>
+  <si>
     <t>245,183</t>
   </si>
   <si>
     <t>234,604</t>
   </si>
   <si>
-    <t>203,086</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>147,657</t>
+  </si>
+  <si>
     <t>164,883</t>
   </si>
   <si>
     <t>118,860</t>
   </si>
   <si>
-    <t>107,556</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>51,455</t>
+  </si>
+  <si>
     <t>44,928</t>
   </si>
   <si>
     <t>18,353</t>
   </si>
   <si>
-    <t>505,251</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
     <t>1,261</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>452,155</t>
+  </si>
+  <si>
     <t>95,367</t>
   </si>
   <si>
-    <t>192,332</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>3,582,021</t>
+  </si>
+  <si>
     <t>585,564</t>
   </si>
   <si>
     <t>5,246,714</t>
   </si>
   <si>
-    <t>4,162,820</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>36,712,962</t>
+  </si>
+  <si>
     <t>22,540,212</t>
   </si>
   <si>
     <t>22,354,206</t>
   </si>
   <si>
-    <t>21,272,935</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>10,774,592</t>
+  </si>
+  <si>
     <t>2,334,594</t>
   </si>
   <si>
     <t>4,812,360</t>
   </si>
   <si>
-    <t>2,285,958</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>4,109,066</t>
+  </si>
+  <si>
     <t>147,701</t>
   </si>
   <si>
     <t>16,829,018</t>
   </si>
   <si>
-    <t>4,483,998</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>4,654,302</t>
+  </si>
+  <si>
     <t>2,532,286</t>
   </si>
   <si>
     <t>2,513,349</t>
   </si>
   <si>
-    <t>2,902,318</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>18,161,321</t>
+  </si>
+  <si>
     <t>16,223,116</t>
   </si>
   <si>
     <t>19,775,278</t>
   </si>
   <si>
-    <t>16,042,291</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>169,982,460</t>
+  </si>
+  <si>
     <t>158,000,226</t>
   </si>
   <si>
     <t>949,079</t>
   </si>
   <si>
-    <t>436,115</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
     <t>3,489,796</t>
   </si>
   <si>
-    <t>3,332,118</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>21,438,478</t>
+  </si>
+  <si>
     <t>16,433,920</t>
   </si>
   <si>
     <t>33,520,979</t>
   </si>
   <si>
-    <t>58,390,660</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
     <t>19,944,249</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>4,132,035</t>
+  </si>
+  <si>
     <t>4,994,105</t>
   </si>
   <si>
     <t>2,150,837</t>
   </si>
   <si>
-    <t>2,641,165</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>6,270,648</t>
+  </si>
+  <si>
     <t>2,746,878</t>
   </si>
   <si>
     <t>7,193,452</t>
   </si>
   <si>
-    <t>2,511,038</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>132,268,000</t>
+  </si>
+  <si>
     <t>149,797,712</t>
   </si>
   <si>
     <t>141,825,049</t>
   </si>
   <si>
-    <t>187,163,064</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>293,943,516</t>
+  </si>
+  <si>
     <t>245,743,502</t>
   </si>
   <si>
     <t>200,029,457</t>
   </si>
   <si>
-    <t>158,065,473</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>153,138,250</t>
+  </si>
+  <si>
     <t>129,988,122</t>
   </si>
   <si>
     <t>133,682,627</t>
   </si>
   <si>
-    <t>99,145,812</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>188,244</t>
+  </si>
+  <si>
     <t>6,080</t>
   </si>
   <si>
     <t>124,663</t>
   </si>
   <si>
-    <t>3,673</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>66,793</t>
+    <t>6,955,541</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>47,314,636</t>
+  </si>
+  <si>
     <t>36,475,300</t>
   </si>
   <si>
     <t>42,735,745</t>
   </si>
   <si>
-    <t>34,907,137</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>12,122</t>
+  </si>
+  <si>
     <t>441,506</t>
   </si>
   <si>
     <t>64,974</t>
   </si>
   <si>
-    <t>961,876</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>2,399</t>
+  </si>
+  <si>
     <t>19,179</t>
   </si>
   <si>
     <t>294,457</t>
   </si>
   <si>
-    <t>117,771</t>
+    <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
+  </si>
+  <si>
+    <t>12,423</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>33,660,262</t>
+  </si>
+  <si>
     <t>20,429,286</t>
   </si>
   <si>
     <t>16,439,289</t>
   </si>
   <si>
-    <t>15,234,009</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>3,135,189</t>
+  </si>
+  <si>
     <t>1,751,171</t>
   </si>
   <si>
     <t>1,180,563</t>
   </si>
   <si>
-    <t>2,314,478</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>1,163</t>
+  </si>
+  <si>
     <t>245,053</t>
   </si>
   <si>
     <t>51,368</t>
   </si>
   <si>
-    <t>156,277</t>
+    <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
+  </si>
+  <si>
+    <t>2,775</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1286,266 +1283,266 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D90"/>
+  <dimension ref="A1:D91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A90" sqref="A90"/>
+      <selection activeCell="A91" sqref="A91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" t="s">
         <v>15</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>16</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
         <v>21</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
         <v>25</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B15" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>48</v>
       </c>
       <c r="D15" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>52</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>54</v>
@@ -1613,71 +1610,71 @@
         <v>72</v>
       </c>
       <c r="D21" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>74</v>
       </c>
       <c r="B22" t="s">
         <v>75</v>
       </c>
       <c r="C22" t="s">
         <v>76</v>
       </c>
       <c r="D22" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>78</v>
       </c>
       <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>79</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>81</v>
       </c>
       <c r="B24" t="s">
         <v>82</v>
       </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D24" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>84</v>
       </c>
       <c r="B25" t="s">
         <v>85</v>
       </c>
       <c r="C25" t="s">
         <v>86</v>
       </c>
       <c r="D25" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>88</v>
       </c>
       <c r="B26" t="s">
         <v>89</v>
       </c>
       <c r="C26" t="s">
         <v>90</v>
@@ -1837,222 +1834,222 @@
         <v>134</v>
       </c>
       <c r="D37" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>136</v>
       </c>
       <c r="B38" t="s">
         <v>137</v>
       </c>
       <c r="C38" t="s">
         <v>138</v>
       </c>
       <c r="D38" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>140</v>
       </c>
       <c r="B39" t="s">
-        <v>9</v>
+        <v>141</v>
       </c>
       <c r="C39" t="s">
-        <v>9</v>
+        <v>142</v>
       </c>
       <c r="D39" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B40" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C40" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D40" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B41" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C41" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D41" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B42" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C42" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D42" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B43" t="s">
-        <v>155</v>
+        <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D43" t="s">
-        <v>157</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>158</v>
       </c>
       <c r="B44" t="s">
         <v>159</v>
       </c>
       <c r="C44" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D44" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B45" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C45" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D45" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B46" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C46" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D46" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B47" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C47" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D47" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B48" t="s">
-        <v>174</v>
+        <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>175</v>
       </c>
       <c r="D48" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>177</v>
       </c>
       <c r="B49" t="s">
         <v>178</v>
       </c>
       <c r="C49" t="s">
         <v>179</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B50" t="s">
-        <v>181</v>
+        <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>182</v>
       </c>
       <c r="D50" t="s">
-        <v>183</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>183</v>
+      </c>
+      <c r="B51" t="s">
         <v>184</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D51" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>187</v>
       </c>
       <c r="B52" t="s">
         <v>188</v>
       </c>
       <c r="C52" t="s">
         <v>189</v>
       </c>
       <c r="D52" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>191</v>
       </c>
       <c r="B53" t="s">
         <v>192</v>
@@ -2075,79 +2072,79 @@
         <v>197</v>
       </c>
       <c r="D54" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>199</v>
       </c>
       <c r="B55" t="s">
         <v>200</v>
       </c>
       <c r="C55" t="s">
         <v>201</v>
       </c>
       <c r="D55" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>203</v>
       </c>
       <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>204</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>205</v>
+      </c>
+      <c r="B57" t="s">
+        <v>206</v>
+      </c>
+      <c r="C57" t="s">
+        <v>9</v>
+      </c>
+      <c r="D57" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>208</v>
+      </c>
+      <c r="B58" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>210</v>
       </c>
       <c r="D58" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>212</v>
       </c>
       <c r="B59" t="s">
         <v>213</v>
       </c>
       <c r="C59" t="s">
         <v>214</v>
       </c>
       <c r="D59" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>216</v>
@@ -2201,314 +2198,328 @@
         <v>230</v>
       </c>
       <c r="D63" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>232</v>
       </c>
       <c r="B64" t="s">
         <v>233</v>
       </c>
       <c r="C64" t="s">
         <v>234</v>
       </c>
       <c r="D64" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>236</v>
       </c>
       <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>237</v>
       </c>
-      <c r="C65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" t="s">
-        <v>239</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>238</v>
+      </c>
+      <c r="B66" t="s">
+        <v>239</v>
+      </c>
+      <c r="C66" t="s">
         <v>240</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>242</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
         <v>243</v>
       </c>
-      <c r="B67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>246</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>244</v>
+      </c>
+      <c r="B68" t="s">
+        <v>245</v>
+      </c>
+      <c r="C68" t="s">
+        <v>246</v>
+      </c>
+      <c r="D68" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>248</v>
+      </c>
+      <c r="B69" t="s">
         <v>249</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>250</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>252</v>
+      </c>
+      <c r="B70" t="s">
         <v>253</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>254</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>256</v>
+      </c>
+      <c r="B71" t="s">
         <v>257</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>258</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>260</v>
+      </c>
+      <c r="B72" t="s">
         <v>261</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>262</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>264</v>
+      </c>
+      <c r="B73" t="s">
         <v>265</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>266</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>268</v>
+      </c>
+      <c r="B74" t="s">
         <v>269</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" t="s">
-        <v>271</v>
+        <v>9</v>
       </c>
       <c r="D74" t="s">
-        <v>272</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>270</v>
+      </c>
+      <c r="B75" t="s">
+        <v>271</v>
+      </c>
+      <c r="C75" t="s">
+        <v>272</v>
+      </c>
+      <c r="D75" t="s">
         <v>273</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>274</v>
+      </c>
+      <c r="B76" t="s">
         <v>275</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>276</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>278</v>
+      </c>
+      <c r="B77" t="s">
         <v>279</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>280</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>282</v>
+      </c>
+      <c r="B78" t="s">
         <v>283</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="D78" t="s">
-        <v>286</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>284</v>
+      </c>
+      <c r="B79" t="s">
+        <v>285</v>
+      </c>
+      <c r="C79" t="s">
+        <v>286</v>
+      </c>
+      <c r="D79" t="s">
         <v>287</v>
-      </c>
-[...7 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>288</v>
+      </c>
+      <c r="B80" t="s">
+        <v>289</v>
+      </c>
+      <c r="C80" t="s">
+        <v>290</v>
+      </c>
+      <c r="D80" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>292</v>
+      </c>
+      <c r="B81" t="s">
+        <v>293</v>
+      </c>
+      <c r="C81" t="s">
+        <v>294</v>
+      </c>
+      <c r="D81" t="s">
         <v>295</v>
       </c>
-      <c r="B81" t="s">
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
         <v>296</v>
       </c>
-      <c r="C81" t="s">
+      <c r="B82" t="s">
         <v>297</v>
       </c>
-      <c r="D81" t="s">
-[...4 lines deleted...]
-      <c r="A82" s="2" t="s">
+      <c r="C82" t="s">
+        <v>9</v>
+      </c>
+      <c r="D82" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B82" s="2" t="s">
+      <c r="B83" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C82" s="2" t="s">
+      <c r="C83" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D82" s="2" t="s">
+      <c r="D83" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D89" s="3"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3"/>
       <c r="B90" s="3"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
     </row>
+    <row r="91" spans="1:4">
+      <c r="A91" s="3"/>
+      <c r="B91" s="3"/>
+      <c r="C91" s="3"/>
+      <c r="D91" s="3"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A89:D89"/>
     <mergeCell ref="A90:D90"/>
+    <mergeCell ref="A91:D91"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>