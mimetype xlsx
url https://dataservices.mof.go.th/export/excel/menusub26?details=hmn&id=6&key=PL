--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -12,941 +12,932 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>ตุลาคม 2568</t>
+  </si>
+  <si>
     <t>กันยายน 2568</t>
   </si>
   <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
-    <t>กรกฎาคม 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>1,309,554,524</t>
+  </si>
+  <si>
     <t>1,576,185,994</t>
   </si>
   <si>
     <t>1,393,893,546</t>
   </si>
   <si>
-    <t>1,173,033,021</t>
-[...2 lines deleted...]
-    <t>01 สัตว์มีชีวิต</t>
+    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>15,000</t>
-[...4 lines deleted...]
-  <si>
     <t>1,036,699</t>
   </si>
   <si>
-    <t>978,699</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>48,232,402</t>
+  </si>
+  <si>
     <t>38,252,080</t>
   </si>
   <si>
     <t>22,859,591</t>
   </si>
   <si>
-    <t>33,171,281</t>
-[...1 lines deleted...]
-  <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
+    <t>199,658</t>
+  </si>
+  <si>
     <t>348,906</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>2,525</t>
+  </si>
+  <si>
     <t>1,279</t>
   </si>
   <si>
     <t>6,876</t>
   </si>
   <si>
-    <t>720</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
     <t>185,731</t>
   </si>
   <si>
     <t>203,823</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
     <t>1,158,747</t>
   </si>
   <si>
     <t>254,360</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>363,569</t>
+  </si>
+  <si>
     <t>3,595,480</t>
   </si>
   <si>
     <t>13,537,533</t>
   </si>
   <si>
-    <t>6,305,833</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>4,101,518</t>
+  </si>
+  <si>
     <t>7,170,811</t>
   </si>
   <si>
     <t>10,702,441</t>
   </si>
   <si>
-    <t>816,664</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
     <t>947,589</t>
   </si>
   <si>
     <t>529,279</t>
   </si>
   <si>
-    <t>1,025,416</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
     <t>32,204</t>
   </si>
   <si>
-    <t>146</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
     <t>52,331</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>45,360</t>
+  </si>
+  <si>
     <t>1,986,775</t>
   </si>
   <si>
-    <t>5,243</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>4,315,576</t>
+  </si>
+  <si>
     <t>3,234,134</t>
   </si>
   <si>
     <t>5,684,670</t>
   </si>
   <si>
-    <t>1,746,241</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>9,732,820</t>
+  </si>
+  <si>
     <t>2,222,543</t>
   </si>
   <si>
     <t>1,186,588</t>
   </si>
   <si>
-    <t>3,989,898</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>16,412,531</t>
+  </si>
+  <si>
     <t>25,778,247</t>
   </si>
   <si>
     <t>14,341,918</t>
   </si>
   <si>
-    <t>34,462,680</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>1,078,098</t>
+  </si>
+  <si>
     <t>11,154,179</t>
   </si>
   <si>
     <t>616,800</t>
   </si>
   <si>
-    <t>2,606,665</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>6,682,417</t>
+  </si>
+  <si>
     <t>7,986,078</t>
   </si>
   <si>
     <t>1,714,785</t>
   </si>
   <si>
-    <t>5,862,154</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>1,400,032</t>
+  </si>
+  <si>
     <t>1,017,844</t>
   </si>
   <si>
     <t>1,698,925</t>
   </si>
   <si>
-    <t>672,146</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>24,650,420</t>
+  </si>
+  <si>
     <t>35,642,189</t>
   </si>
   <si>
     <t>44,316,927</t>
   </si>
   <si>
-    <t>28,976,613</t>
-[...1 lines deleted...]
-  <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
+    <t>10,864,807</t>
+  </si>
+  <si>
     <t>700,297</t>
   </si>
   <si>
-    <t>8,615,672</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
     <t>575,948</t>
   </si>
   <si>
     <t>4,177</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>39,078</t>
+  </si>
+  <si>
     <t>43,270</t>
   </si>
   <si>
     <t>133,911</t>
   </si>
   <si>
-    <t>7,798</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>1,406,762</t>
+  </si>
+  <si>
     <t>1,554,895</t>
   </si>
   <si>
     <t>1,939,498</t>
   </si>
   <si>
-    <t>1,111,697</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>10,184,280</t>
+  </si>
+  <si>
     <t>15,428,761</t>
   </si>
   <si>
     <t>2,582,533</t>
   </si>
   <si>
-    <t>9,958,043</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>29,589,379</t>
+  </si>
+  <si>
     <t>81,977,502</t>
   </si>
   <si>
     <t>116,583,684</t>
   </si>
   <si>
-    <t>47,454,471</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
     <t>2,179,425</t>
   </si>
   <si>
     <t>11,170</t>
   </si>
   <si>
-    <t>2,190,235</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>1,104,065</t>
+  </si>
+  <si>
     <t>4,910,021</t>
   </si>
   <si>
     <t>662,726</t>
   </si>
   <si>
-    <t>6,823,028</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>64,504,846</t>
+  </si>
+  <si>
     <t>34,800,967</t>
   </si>
   <si>
     <t>56,343,685</t>
   </si>
   <si>
-    <t>42,995,463</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>4,370,522</t>
+  </si>
+  <si>
     <t>2,283,571</t>
   </si>
   <si>
     <t>9,184,198</t>
   </si>
   <si>
-    <t>5,833,516</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>31,471,922</t>
+  </si>
+  <si>
     <t>106,686,889</t>
   </si>
   <si>
     <t>47,353,896</t>
   </si>
   <si>
-    <t>27,809,012</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>29,139,120</t>
+  </si>
+  <si>
     <t>13,587,063</t>
   </si>
   <si>
     <t>16,417,698</t>
   </si>
   <si>
-    <t>10,906,539</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>22,552,967</t>
+  </si>
+  <si>
     <t>30,980,071</t>
   </si>
   <si>
     <t>23,949,581</t>
   </si>
   <si>
-    <t>18,692,346</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>95,047,459</t>
+  </si>
+  <si>
     <t>81,223,202</t>
   </si>
   <si>
     <t>85,726,883</t>
   </si>
   <si>
-    <t>103,283,144</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>3,841,295</t>
+  </si>
+  <si>
     <t>42,475</t>
   </si>
   <si>
     <t>792,751</t>
   </si>
   <si>
-    <t>1,406,880</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>162,413</t>
+  </si>
+  <si>
     <t>262,119</t>
   </si>
   <si>
     <t>153,985</t>
   </si>
   <si>
-    <t>210,718</t>
-[...1 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>9,803,164</t>
+  </si>
+  <si>
     <t>13,285,033</t>
   </si>
   <si>
     <t>19,009,961</t>
   </si>
   <si>
-    <t>17,254,838</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>17,588,205</t>
+  </si>
+  <si>
     <t>14,843,110</t>
   </si>
   <si>
     <t>1,579,716</t>
   </si>
   <si>
-    <t>1,244,648</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>6,663,527</t>
+  </si>
+  <si>
     <t>8,865,572</t>
   </si>
   <si>
     <t>5,638,648</t>
   </si>
   <si>
-    <t>8,530,289</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>23,656,507</t>
+  </si>
+  <si>
     <t>612,558</t>
   </si>
   <si>
     <t>8,813,427</t>
   </si>
   <si>
-    <t>33,006,268</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
     <t>181,537</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>1,815</t>
+  </si>
+  <si>
     <t>6,325</t>
   </si>
   <si>
     <t>220,745</t>
   </si>
   <si>
-    <t>599</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>1,789,510</t>
+  </si>
+  <si>
     <t>28,289,565</t>
   </si>
   <si>
     <t>3,465,783</t>
   </si>
   <si>
-    <t>890,560</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>10,966,343</t>
+  </si>
+  <si>
     <t>33,332,512</t>
   </si>
   <si>
     <t>26,594,673</t>
   </si>
   <si>
-    <t>37,360,024</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>44,223</t>
+  </si>
+  <si>
     <t>63,043</t>
   </si>
   <si>
     <t>90,055</t>
   </si>
   <si>
-    <t>46,055</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>31,803</t>
+  </si>
+  <si>
     <t>5,136</t>
   </si>
   <si>
-    <t>20,312</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>238,168</t>
+  </si>
+  <si>
     <t>8,035,745</t>
   </si>
   <si>
     <t>8,712,435</t>
   </si>
   <si>
-    <t>12,948,767</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
     <t>23,524</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>275,983</t>
+  </si>
+  <si>
     <t>269,098</t>
   </si>
   <si>
     <t>564,985</t>
   </si>
   <si>
-    <t>303,761</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>2,021,500</t>
+  </si>
+  <si>
     <t>1,238,486</t>
   </si>
   <si>
     <t>1,136,238</t>
   </si>
   <si>
-    <t>1,252,291</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>231,753</t>
+  </si>
+  <si>
     <t>236,931</t>
   </si>
   <si>
     <t>245,183</t>
   </si>
   <si>
-    <t>234,604</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>158,587</t>
+  </si>
+  <si>
     <t>147,657</t>
   </si>
   <si>
     <t>164,883</t>
   </si>
   <si>
-    <t>118,860</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>211,333</t>
+  </si>
+  <si>
     <t>51,455</t>
   </si>
   <si>
     <t>44,928</t>
   </si>
   <si>
-    <t>18,353</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
     <t>1,261</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>17,246</t>
+  </si>
+  <si>
     <t>452,155</t>
   </si>
   <si>
-    <t>95,367</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>1,944,046</t>
+  </si>
+  <si>
     <t>3,582,021</t>
   </si>
   <si>
     <t>585,564</t>
   </si>
   <si>
-    <t>5,246,714</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>28,383,191</t>
+  </si>
+  <si>
     <t>36,712,962</t>
   </si>
   <si>
     <t>22,540,212</t>
   </si>
   <si>
-    <t>22,354,206</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>1,139,876</t>
+  </si>
+  <si>
     <t>10,774,592</t>
   </si>
   <si>
     <t>2,334,594</t>
   </si>
   <si>
-    <t>4,812,360</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>7,076,715</t>
+  </si>
+  <si>
     <t>4,109,066</t>
   </si>
   <si>
     <t>147,701</t>
   </si>
   <si>
-    <t>16,829,018</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>698,922</t>
+  </si>
+  <si>
     <t>4,654,302</t>
   </si>
   <si>
     <t>2,532,286</t>
   </si>
   <si>
-    <t>2,513,349</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>21,494,102</t>
+  </si>
+  <si>
     <t>18,161,321</t>
   </si>
   <si>
     <t>16,223,116</t>
   </si>
   <si>
-    <t>19,775,278</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>171,541,169</t>
+  </si>
+  <si>
     <t>169,982,460</t>
   </si>
   <si>
     <t>158,000,226</t>
   </si>
   <si>
-    <t>949,079</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
     <t>3,489,796</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>46,854,335</t>
+  </si>
+  <si>
     <t>21,438,478</t>
   </si>
   <si>
     <t>16,433,920</t>
   </si>
   <si>
-    <t>33,520,979</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
+    <t>16,669,358</t>
+  </si>
+  <si>
     <t>19,944,249</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>3,758,585</t>
+  </si>
+  <si>
     <t>4,132,035</t>
   </si>
   <si>
     <t>4,994,105</t>
   </si>
   <si>
-    <t>2,150,837</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>5,093,382</t>
+  </si>
+  <si>
     <t>6,270,648</t>
   </si>
   <si>
     <t>2,746,878</t>
   </si>
   <si>
-    <t>7,193,452</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>133,386,550</t>
+  </si>
+  <si>
     <t>132,268,000</t>
   </si>
   <si>
     <t>149,797,712</t>
   </si>
   <si>
-    <t>141,825,049</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>208,396,500</t>
+  </si>
+  <si>
     <t>293,943,516</t>
   </si>
   <si>
     <t>245,743,502</t>
   </si>
   <si>
-    <t>200,029,457</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>104,597,868</t>
+  </si>
+  <si>
     <t>153,138,250</t>
   </si>
   <si>
     <t>129,988,122</t>
   </si>
   <si>
-    <t>133,682,627</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>1,260,289</t>
+  </si>
+  <si>
     <t>188,244</t>
   </si>
   <si>
     <t>6,080</t>
   </si>
   <si>
-    <t>124,663</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
     <t>6,955,541</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>40,338,411</t>
+  </si>
+  <si>
     <t>47,314,636</t>
   </si>
   <si>
     <t>36,475,300</t>
   </si>
   <si>
-    <t>42,735,745</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>12,658</t>
+  </si>
+  <si>
     <t>12,122</t>
   </si>
   <si>
     <t>441,506</t>
   </si>
   <si>
-    <t>64,974</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>493,561</t>
+  </si>
+  <si>
     <t>2,399</t>
   </si>
   <si>
     <t>19,179</t>
   </si>
   <si>
-    <t>294,457</t>
-[...1 lines deleted...]
-  <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
     <t>12,423</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>19,765,194</t>
+  </si>
+  <si>
     <t>33,660,262</t>
   </si>
   <si>
     <t>20,429,286</t>
   </si>
   <si>
-    <t>16,439,289</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>968,413</t>
+  </si>
+  <si>
     <t>3,135,189</t>
   </si>
   <si>
     <t>1,751,171</t>
   </si>
   <si>
-    <t>1,180,563</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>481,319</t>
+  </si>
+  <si>
     <t>1,163</t>
   </si>
   <si>
     <t>245,053</t>
   </si>
   <si>
-    <t>51,368</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
+  </si>
+  <si>
+    <t>4,572</t>
   </si>
   <si>
     <t>2,775</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1283,266 +1274,266 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D91"/>
+  <dimension ref="A1:D90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A91" sqref="A91"/>
+      <selection activeCell="A90" sqref="A90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>42</v>
       </c>
-      <c r="B13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>48</v>
       </c>
       <c r="D15" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>52</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>54</v>
@@ -1599,684 +1590,684 @@
         <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>70</v>
       </c>
       <c r="B21" t="s">
         <v>71</v>
       </c>
       <c r="C21" t="s">
         <v>72</v>
       </c>
       <c r="D21" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>74</v>
       </c>
       <c r="B22" t="s">
         <v>75</v>
       </c>
       <c r="C22" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>77</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>78</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>80</v>
+      </c>
+      <c r="B24" t="s">
         <v>81</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>82</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>84</v>
       </c>
       <c r="B25" t="s">
         <v>85</v>
       </c>
       <c r="C25" t="s">
         <v>86</v>
       </c>
       <c r="D25" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>88</v>
       </c>
       <c r="B26" t="s">
         <v>89</v>
       </c>
       <c r="C26" t="s">
         <v>90</v>
       </c>
       <c r="D26" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>92</v>
       </c>
       <c r="B27" t="s">
         <v>93</v>
       </c>
       <c r="C27" t="s">
         <v>94</v>
       </c>
       <c r="D27" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>96</v>
       </c>
       <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>97</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>99</v>
+      </c>
+      <c r="B29" t="s">
         <v>100</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>101</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>103</v>
+      </c>
+      <c r="B30" t="s">
         <v>104</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>105</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>107</v>
+      </c>
+      <c r="B31" t="s">
         <v>108</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>109</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>111</v>
+      </c>
+      <c r="B32" t="s">
         <v>112</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>113</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>115</v>
+      </c>
+      <c r="B33" t="s">
         <v>116</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>117</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>119</v>
+      </c>
+      <c r="B34" t="s">
         <v>120</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>121</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>123</v>
+      </c>
+      <c r="B35" t="s">
         <v>124</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>125</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>127</v>
+      </c>
+      <c r="B36" t="s">
         <v>128</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>129</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>131</v>
+      </c>
+      <c r="B37" t="s">
         <v>132</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>133</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>135</v>
+      </c>
+      <c r="B38" t="s">
         <v>136</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>137</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>139</v>
+      </c>
+      <c r="B39" t="s">
         <v>140</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>141</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>143</v>
+      </c>
+      <c r="B40" t="s">
         <v>144</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>145</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>147</v>
+      </c>
+      <c r="B41" t="s">
         <v>148</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>149</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>151</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D42" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>153</v>
+      </c>
+      <c r="B43" t="s">
+        <v>154</v>
+      </c>
+      <c r="C43" t="s">
+        <v>155</v>
+      </c>
+      <c r="D43" t="s">
         <v>156</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>157</v>
+      </c>
+      <c r="B44" t="s">
         <v>158</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>159</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>161</v>
+      </c>
+      <c r="B45" t="s">
         <v>162</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>163</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>165</v>
+      </c>
+      <c r="B46" t="s">
         <v>166</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>167</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>169</v>
+      </c>
+      <c r="B47" t="s">
         <v>170</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
+        <v>9</v>
+      </c>
+      <c r="D47" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>172</v>
+      </c>
+      <c r="B48" t="s">
+        <v>173</v>
+      </c>
+      <c r="C48" t="s">
         <v>174</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>176</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>9</v>
+      </c>
+      <c r="D49" t="s">
         <v>177</v>
-      </c>
-[...7 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>178</v>
+      </c>
+      <c r="B50" t="s">
+        <v>179</v>
+      </c>
+      <c r="C50" t="s">
+        <v>180</v>
+      </c>
+      <c r="D50" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>182</v>
+      </c>
+      <c r="B51" t="s">
         <v>183</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>184</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>186</v>
+      </c>
+      <c r="B52" t="s">
         <v>187</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>188</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>190</v>
+      </c>
+      <c r="B53" t="s">
         <v>191</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>192</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>194</v>
+      </c>
+      <c r="B54" t="s">
         <v>195</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>196</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>198</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>9</v>
+      </c>
+      <c r="D55" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B56" t="s">
-        <v>9</v>
+        <v>201</v>
       </c>
       <c r="C56" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>203</v>
+      </c>
+      <c r="B57" t="s">
+        <v>204</v>
+      </c>
+      <c r="C57" t="s">
         <v>205</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>207</v>
+      </c>
+      <c r="B58" t="s">
         <v>208</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>209</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>211</v>
+      </c>
+      <c r="B59" t="s">
         <v>212</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>213</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>215</v>
+      </c>
+      <c r="B60" t="s">
         <v>216</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>217</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>219</v>
+      </c>
+      <c r="B61" t="s">
         <v>220</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>221</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>223</v>
+      </c>
+      <c r="B62" t="s">
         <v>224</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>225</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>227</v>
+      </c>
+      <c r="B63" t="s">
         <v>228</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>229</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>231</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>9</v>
+      </c>
+      <c r="D64" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>233</v>
+      </c>
+      <c r="B65" t="s">
+        <v>234</v>
+      </c>
+      <c r="C65" t="s">
+        <v>235</v>
+      </c>
+      <c r="D65" t="s">
         <v>236</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>237</v>
+      </c>
+      <c r="B66" t="s">
         <v>238</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
+        <v>9</v>
+      </c>
+      <c r="D66" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>240</v>
+      </c>
+      <c r="B67" t="s">
+        <v>241</v>
+      </c>
+      <c r="C67" t="s">
         <v>242</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>244</v>
       </c>
       <c r="B68" t="s">
         <v>245</v>
       </c>
       <c r="C68" t="s">
         <v>246</v>
       </c>
       <c r="D68" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>248</v>
       </c>
       <c r="B69" t="s">
         <v>249</v>
       </c>
       <c r="C69" t="s">
         <v>250</v>
@@ -2310,216 +2301,202 @@
         <v>258</v>
       </c>
       <c r="D71" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>260</v>
       </c>
       <c r="B72" t="s">
         <v>261</v>
       </c>
       <c r="C72" t="s">
         <v>262</v>
       </c>
       <c r="D72" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>264</v>
       </c>
       <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>265</v>
       </c>
-      <c r="C73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" t="s">
-        <v>267</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>266</v>
+      </c>
+      <c r="B74" t="s">
+        <v>267</v>
+      </c>
+      <c r="C74" t="s">
         <v>268</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>270</v>
       </c>
       <c r="B75" t="s">
         <v>271</v>
       </c>
       <c r="C75" t="s">
         <v>272</v>
       </c>
       <c r="D75" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>274</v>
       </c>
       <c r="B76" t="s">
         <v>275</v>
       </c>
       <c r="C76" t="s">
         <v>276</v>
       </c>
       <c r="D76" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>278</v>
       </c>
       <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>279</v>
       </c>
-      <c r="C77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D77" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>280</v>
+      </c>
+      <c r="B78" t="s">
+        <v>281</v>
+      </c>
+      <c r="C78" t="s">
         <v>282</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
         <v>283</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>284</v>
       </c>
       <c r="B79" t="s">
         <v>285</v>
       </c>
       <c r="C79" t="s">
         <v>286</v>
       </c>
       <c r="D79" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>288</v>
       </c>
       <c r="B80" t="s">
         <v>289</v>
       </c>
       <c r="C80" t="s">
         <v>290</v>
       </c>
       <c r="D80" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>292</v>
       </c>
       <c r="B81" t="s">
         <v>293</v>
       </c>
       <c r="C81" t="s">
         <v>294</v>
       </c>
       <c r="D81" t="s">
-        <v>295</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
-      <c r="A82" t="s">
-[...13 lines deleted...]
-      <c r="A83" s="2" t="s">
+      <c r="A82" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B83" s="2" t="s">
+      <c r="B82" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C83" s="2" t="s">
+      <c r="C82" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D83" s="2" t="s">
+      <c r="D82" s="2" t="s">
         <v>7</v>
       </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" s="3"/>
+      <c r="B89" s="3"/>
+      <c r="C89" s="3"/>
+      <c r="D89" s="3"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3"/>
       <c r="B90" s="3"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
     </row>
-    <row r="91" spans="1:4">
-[...4 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
+    <mergeCell ref="A89:D89"/>
     <mergeCell ref="A90:D90"/>
-    <mergeCell ref="A91:D91"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>