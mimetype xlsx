--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,995 +12,998 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="318">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>7,943,971,924</t>
+  </si>
+  <si>
     <t>8,023,053,242</t>
   </si>
   <si>
     <t>8,507,631,629</t>
   </si>
   <si>
-    <t>8,676,978,529</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>17,000</t>
+  </si>
+  <si>
     <t>23,810</t>
   </si>
   <si>
     <t>30,000</t>
   </si>
   <si>
+    <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
-    <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
-[...1 lines deleted...]
-  <si>
     <t>293</t>
   </si>
   <si>
-    <t>428</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>36,440,227</t>
+  </si>
+  <si>
     <t>5,897,107</t>
   </si>
   <si>
     <t>15,049,469</t>
   </si>
   <si>
-    <t>15,113,377</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>326</t>
+  </si>
+  <si>
     <t>1,040</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
+    <t>1,380,499</t>
+  </si>
+  <si>
     <t>2,334,523</t>
   </si>
   <si>
-    <t>1,669,474</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>486</t>
+  </si>
+  <si>
     <t>4,383</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>13,618</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
+    <t>228</t>
+  </si>
+  <si>
     <t>137,918</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
+    <t>12,264,727</t>
+  </si>
+  <si>
     <t>6,183,966</t>
   </si>
   <si>
     <t>17,952,156</t>
   </si>
   <si>
-    <t>7,721,311</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>851</t>
+  </si>
+  <si>
     <t>285</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>846,438</t>
+  </si>
+  <si>
     <t>408,499</t>
   </si>
   <si>
     <t>847,092</t>
   </si>
   <si>
-    <t>424,142</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>2,270,141</t>
+  </si>
+  <si>
     <t>8,828,234</t>
   </si>
   <si>
     <t>1,813,732</t>
   </si>
   <si>
-    <t>6,880,754</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>5,337,114</t>
+  </si>
+  <si>
     <t>7,250,750</t>
   </si>
   <si>
     <t>10,784,145</t>
   </si>
   <si>
-    <t>21,295,526</t>
-[...1 lines deleted...]
-  <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
     <t>642,125</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>1,898,690</t>
+  </si>
+  <si>
     <t>3,315,552</t>
   </si>
   <si>
     <t>6,928,010</t>
   </si>
   <si>
-    <t>3,323,461</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>4,636,475</t>
+  </si>
+  <si>
     <t>4,070,919</t>
   </si>
   <si>
-    <t>11,643,072</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>26,306,560</t>
+  </si>
+  <si>
     <t>12,034,866</t>
   </si>
   <si>
     <t>16,736,855</t>
   </si>
   <si>
-    <t>17,529,677</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>411,864</t>
+  </si>
+  <si>
     <t>1,506,026</t>
   </si>
   <si>
     <t>3,552,334</t>
   </si>
   <si>
-    <t>601</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>8,386,651</t>
+  </si>
+  <si>
     <t>21,019,272</t>
   </si>
   <si>
     <t>5,052,943</t>
   </si>
   <si>
-    <t>11,604,973</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>9,425,845</t>
+  </si>
+  <si>
     <t>6,690,141</t>
   </si>
   <si>
     <t>12,876,396</t>
   </si>
   <si>
-    <t>10,921,690</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>3,305,216</t>
+  </si>
+  <si>
     <t>9,105,939</t>
   </si>
   <si>
     <t>5,826,621</t>
   </si>
   <si>
-    <t>9,673,671</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>9,354</t>
+  </si>
+  <si>
     <t>646,004</t>
   </si>
   <si>
     <t>328,869</t>
   </si>
   <si>
-    <t>728,102</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>7,136,897</t>
+  </si>
+  <si>
     <t>13,897,060</t>
   </si>
   <si>
     <t>10,389,899</t>
   </si>
   <si>
-    <t>17,411,128</t>
-[...1 lines deleted...]
-  <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
+    <t>268,048,725</t>
+  </si>
+  <si>
     <t>315,175,866</t>
   </si>
   <si>
     <t>344,276,264</t>
   </si>
   <si>
-    <t>211,044,764</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
     <t>4,650</t>
   </si>
   <si>
     <t>8,645</t>
   </si>
   <si>
-    <t>42,273</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
     <t>1,831,819</t>
   </si>
   <si>
     <t>2,174,834</t>
   </si>
   <si>
-    <t>3,903,658</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>2,967</t>
+  </si>
+  <si>
     <t>108,522</t>
   </si>
   <si>
     <t>14,481</t>
   </si>
   <si>
-    <t>5,404</t>
-[...7 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>11,916,780</t>
+  </si>
+  <si>
     <t>8,925,658</t>
   </si>
   <si>
     <t>8,763,876</t>
   </si>
   <si>
-    <t>8,518,039</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>1,053,380</t>
+  </si>
+  <si>
     <t>6,007,842</t>
   </si>
   <si>
     <t>3,882,567</t>
   </si>
   <si>
-    <t>3,995,719</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>1,804,938</t>
+  </si>
+  <si>
     <t>2,187,654</t>
   </si>
   <si>
     <t>856,494</t>
   </si>
   <si>
-    <t>2,665,913</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>21,175,360</t>
+  </si>
+  <si>
     <t>23,726,158</t>
   </si>
   <si>
     <t>47,978,671</t>
   </si>
   <si>
-    <t>36,766,662</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>577,251</t>
+  </si>
+  <si>
     <t>281,894</t>
   </si>
   <si>
     <t>920,000</t>
   </si>
   <si>
-    <t>388,968</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>21,264,809</t>
+  </si>
+  <si>
     <t>21,297,366</t>
   </si>
   <si>
     <t>11,594,051</t>
   </si>
   <si>
-    <t>17,793,488</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>2,598</t>
-[...1 lines deleted...]
-  <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
+    <t>4,919,235</t>
+  </si>
+  <si>
     <t>9,747,641</t>
   </si>
   <si>
     <t>9,743,989</t>
   </si>
   <si>
-    <t>4,984,889</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>11,493,018</t>
+  </si>
+  <si>
     <t>7,076,846</t>
   </si>
   <si>
     <t>7,183,463</t>
   </si>
   <si>
-    <t>11,567,561</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>170,207,115</t>
+  </si>
+  <si>
     <t>178,922,643</t>
   </si>
   <si>
     <t>170,104,272</t>
   </si>
   <si>
-    <t>193,435,998</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>38,441,456</t>
+  </si>
+  <si>
     <t>41,663,653</t>
   </si>
   <si>
     <t>42,330,852</t>
   </si>
   <si>
-    <t>37,743,929</t>
+    <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
+  </si>
+  <si>
+    <t>524</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>20,353,215</t>
+  </si>
+  <si>
     <t>12,299,789</t>
   </si>
   <si>
     <t>7,933,930</t>
   </si>
   <si>
-    <t>12,579,350</t>
-[...1 lines deleted...]
-  <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>1,278,993</t>
+  </si>
+  <si>
     <t>2,000,809</t>
   </si>
   <si>
     <t>1,455,902</t>
   </si>
   <si>
-    <t>2,421,781</t>
-[...7 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>10,537,119</t>
+  </si>
+  <si>
     <t>17,358,456</t>
   </si>
   <si>
     <t>5,490,493</t>
   </si>
   <si>
-    <t>24,751,457</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>22,816,398</t>
+  </si>
+  <si>
     <t>20,170,071</t>
   </si>
   <si>
     <t>47,538,791</t>
   </si>
   <si>
-    <t>21,772,379</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>786,997</t>
+  </si>
+  <si>
     <t>713,447</t>
   </si>
   <si>
     <t>1,179,201</t>
   </si>
   <si>
-    <t>443,742</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>75,223</t>
+  </si>
+  <si>
     <t>16,565</t>
   </si>
   <si>
     <t>67,286</t>
   </si>
   <si>
-    <t>43,226</t>
-[...1 lines deleted...]
-  <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
+    <t>21,446</t>
+  </si>
+  <si>
     <t>367,114</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>12,899</t>
+  </si>
+  <si>
     <t>120,862</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
     <t>588,252</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>395,383</t>
+  </si>
+  <si>
     <t>34,889</t>
   </si>
   <si>
     <t>1,046,706</t>
   </si>
   <si>
-    <t>35,780</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>6,839</t>
+  </si>
+  <si>
     <t>200</t>
   </si>
   <si>
     <t>1,800</t>
   </si>
   <si>
-    <t>5,566</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>6,900,179</t>
+  </si>
+  <si>
     <t>8,100,337</t>
   </si>
   <si>
     <t>5,408,819</t>
   </si>
   <si>
-    <t>4,497,711</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>14,448,911</t>
+  </si>
+  <si>
     <t>23,290,081</t>
   </si>
   <si>
     <t>22,114,509</t>
   </si>
   <si>
-    <t>23,053,999</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>757,427</t>
+  </si>
+  <si>
     <t>560,106</t>
   </si>
   <si>
     <t>481,082</t>
   </si>
   <si>
-    <t>416,041</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>5,997,026</t>
+  </si>
+  <si>
     <t>8,125,705</t>
   </si>
   <si>
     <t>7,262,934</t>
   </si>
   <si>
-    <t>8,201,346</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>5,302,834</t>
+  </si>
+  <si>
     <t>8,925,570</t>
   </si>
   <si>
     <t>4,564,260</t>
   </si>
   <si>
-    <t>13,258,072</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>9,957,957</t>
+  </si>
+  <si>
     <t>10,412,676</t>
   </si>
   <si>
     <t>5,647,882</t>
   </si>
   <si>
-    <t>4,556,530</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>23,529</t>
+  </si>
+  <si>
     <t>91,482</t>
   </si>
   <si>
     <t>504,198</t>
   </si>
   <si>
-    <t>503,778</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,768,700</t>
+  </si>
+  <si>
     <t>1,030,850</t>
   </si>
   <si>
     <t>561,205</t>
   </si>
   <si>
-    <t>1,005,831</t>
+    <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
+  </si>
+  <si>
+    <t>6,479</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>1,292,209</t>
+  </si>
+  <si>
     <t>1,821,433</t>
   </si>
   <si>
-    <t>779,718</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>443,343</t>
+  </si>
+  <si>
     <t>1,798,551</t>
   </si>
   <si>
     <t>3,151,114</t>
   </si>
   <si>
-    <t>826,069</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>1,565,728</t>
+  </si>
+  <si>
     <t>2,422,639</t>
   </si>
   <si>
     <t>1,101,369</t>
   </si>
   <si>
-    <t>299,331</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>10,657,569</t>
+  </si>
+  <si>
     <t>7,118,231</t>
   </si>
   <si>
     <t>9,057,319</t>
   </si>
   <si>
-    <t>7,568,129</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>24,871,458</t>
+  </si>
+  <si>
     <t>16,286,111</t>
   </si>
   <si>
     <t>22,108,427</t>
   </si>
   <si>
-    <t>10,924,621</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>12,209,514</t>
+  </si>
+  <si>
     <t>3,519,092</t>
   </si>
   <si>
     <t>17,849,348</t>
   </si>
   <si>
-    <t>10,367,226</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>110,296,379</t>
+  </si>
+  <si>
     <t>106,074,706</t>
   </si>
   <si>
     <t>127,368,364</t>
   </si>
   <si>
-    <t>86,486,007</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>23,681,363</t>
+  </si>
+  <si>
     <t>49,422,366</t>
   </si>
   <si>
     <t>51,257,300</t>
   </si>
   <si>
-    <t>55,437,551</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>18,103,125</t>
+  </si>
+  <si>
     <t>24,344,591</t>
   </si>
   <si>
     <t>25,635,164</t>
   </si>
   <si>
-    <t>15,350,392</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
+    <t>24,082</t>
+  </si>
+  <si>
     <t>11,370</t>
   </si>
   <si>
     <t>3,352,444</t>
   </si>
   <si>
-    <t>90,334</t>
-[...1 lines deleted...]
-  <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
     <t>29,602,427</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>1,506,018</t>
+  </si>
+  <si>
     <t>2,269,767</t>
   </si>
   <si>
     <t>2,501,251</t>
   </si>
   <si>
-    <t>2,337,319</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>35,531,888</t>
+  </si>
+  <si>
     <t>43,856,619</t>
   </si>
   <si>
     <t>46,933,345</t>
   </si>
   <si>
-    <t>49,676,946</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>2,561,626,715</t>
+  </si>
+  <si>
     <t>2,584,878,496</t>
   </si>
   <si>
     <t>2,750,798,509</t>
   </si>
   <si>
-    <t>2,924,642,165</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>3,249,992,911</t>
+  </si>
+  <si>
     <t>3,158,535,993</t>
   </si>
   <si>
     <t>3,485,172,447</t>
   </si>
   <si>
-    <t>3,653,145,836</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>538,155,103</t>
+  </si>
+  <si>
     <t>615,548,394</t>
   </si>
   <si>
     <t>490,195,477</t>
   </si>
   <si>
-    <t>514,204,459</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>690,968</t>
+  </si>
+  <si>
     <t>32,462</t>
   </si>
   <si>
     <t>405,638</t>
   </si>
   <si>
-    <t>117,487</t>
-[...7 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>561,931,611</t>
+  </si>
+  <si>
     <t>554,698,910</t>
   </si>
   <si>
     <t>550,101,278</t>
   </si>
   <si>
-    <t>528,938,060</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>5,821,774</t>
+  </si>
+  <si>
     <t>2,605,309</t>
   </si>
   <si>
     <t>7,852,306</t>
   </si>
   <si>
-    <t>12,072,616</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>48,138</t>
+  </si>
+  <si>
     <t>32,558</t>
   </si>
   <si>
     <t>148,048</t>
   </si>
   <si>
-    <t>41,900</t>
-[...1 lines deleted...]
-  <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>6,647,655</t>
+    <t>3,948,490</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>5,442,947</t>
+  </si>
+  <si>
     <t>12,363,718</t>
   </si>
   <si>
     <t>6,020,107</t>
   </si>
   <si>
-    <t>2,423,792</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>3,613,785</t>
+  </si>
+  <si>
     <t>3,152,044</t>
   </si>
   <si>
     <t>4,168,205</t>
   </si>
   <si>
-    <t>4,375,913</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>86,518</t>
+  </si>
+  <si>
     <t>154,732</t>
   </si>
   <si>
     <t>215,027</t>
   </si>
   <si>
-    <t>226,116</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
+  </si>
+  <si>
+    <t>1,587</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>314,595</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1340,54 +1343,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D96"/>
+  <dimension ref="A1:D95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A96" sqref="A96"/>
+      <selection activeCell="A95" sqref="A95"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -1404,1249 +1407,1235 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C14" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D14" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B16" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C16" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B17" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="D17" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B18" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B19" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C19" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D19" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B20" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C20" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D20" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B21" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C21" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D21" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B22" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C22" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D22" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B23" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C23" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D23" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B24" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C24" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D24" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B25" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C25" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D25" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B26" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D26" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B27" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D27" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B28" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C28" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D28" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B29" t="s">
-        <v>11</v>
+        <v>103</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>104</v>
       </c>
       <c r="D29" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B30" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C30" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D30" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B31" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C31" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D31" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B32" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C32" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D32" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B33" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C33" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D33" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B34" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C34" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D34" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B35" t="s">
-        <v>124</v>
+        <v>13</v>
       </c>
       <c r="C35" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D35" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B36" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>130</v>
       </c>
       <c r="D36" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B37" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C37" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D37" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B38" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C38" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D38" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B39" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C39" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D39" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B40" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C40" t="s">
-        <v>144</v>
+        <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>145</v>
+        <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>146</v>
       </c>
       <c r="B41" t="s">
         <v>147</v>
       </c>
       <c r="C41" t="s">
         <v>148</v>
       </c>
       <c r="D41" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>150</v>
       </c>
       <c r="B42" t="s">
+        <v>13</v>
+      </c>
+      <c r="C42" t="s">
         <v>151</v>
       </c>
-      <c r="C42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>152</v>
       </c>
       <c r="B43" t="s">
         <v>153</v>
       </c>
       <c r="C43" t="s">
         <v>154</v>
       </c>
       <c r="D43" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>156</v>
       </c>
       <c r="B44" t="s">
-        <v>11</v>
+        <v>157</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>158</v>
       </c>
       <c r="D44" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B45" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C45" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D45" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B46" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C46" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D46" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B47" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C47" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D47" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B48" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C48" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D48" t="s">
-        <v>173</v>
+        <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B49" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C49" t="s">
-        <v>11</v>
+        <v>177</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>178</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B50" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="C50" t="s">
-        <v>178</v>
+        <v>13</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B51" t="s">
-        <v>11</v>
+        <v>182</v>
       </c>
       <c r="C51" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>184</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B52" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C52" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="D52" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B53" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C53" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D53" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B54" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C54" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D54" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B55" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C55" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D55" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B56" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C56" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D56" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B57" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C57" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D57" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B58" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C58" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D58" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B59" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C59" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="D59" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B60" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C60" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D60" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B61" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C61" t="s">
-        <v>219</v>
+        <v>13</v>
       </c>
       <c r="D61" t="s">
-        <v>220</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B62" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C62" t="s">
-        <v>11</v>
+        <v>225</v>
       </c>
       <c r="D62" t="s">
-        <v>223</v>
+        <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B63" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C63" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D63" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B64" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C64" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D64" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B65" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C65" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D65" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B66" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C66" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D66" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B67" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C67" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D67" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B68" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C68" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D68" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B69" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C69" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D69" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B70" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C70" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D70" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B71" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C71" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D71" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B72" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C72" t="s">
-        <v>261</v>
+        <v>13</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>263</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B73" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C73" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D73" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B74" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C74" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D74" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B75" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C75" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D75" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B76" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C76" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D76" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B77" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C77" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D77" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B78" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C78" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D78" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B79" t="s">
-        <v>11</v>
+        <v>289</v>
       </c>
       <c r="C79" t="s">
-        <v>11</v>
+        <v>290</v>
       </c>
       <c r="D79" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B80" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C80" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="D80" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B81" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C81" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="D81" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B82" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C82" t="s">
-        <v>298</v>
+        <v>13</v>
       </c>
       <c r="D82" t="s">
-        <v>299</v>
+        <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B83" t="s">
-        <v>11</v>
+        <v>303</v>
       </c>
       <c r="C83" t="s">
-        <v>11</v>
+        <v>304</v>
       </c>
       <c r="D83" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B84" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C84" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D84" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B85" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="C85" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="D85" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B86" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="C86" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="D86" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
     </row>
     <row r="87" spans="1:4">
-      <c r="A87" t="s">
-[...13 lines deleted...]
-      <c r="A88" s="2" t="s">
+      <c r="A87" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B88" s="2" t="s">
+      <c r="B87" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C88" s="2" t="s">
+      <c r="C87" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D88" s="2" t="s">
+      <c r="D87" s="2" t="s">
         <v>7</v>
       </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" s="3"/>
+      <c r="B94" s="3"/>
+      <c r="C94" s="3"/>
+      <c r="D94" s="3"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="3"/>
       <c r="B95" s="3"/>
       <c r="C95" s="3"/>
       <c r="D95" s="3"/>
     </row>
-    <row r="96" spans="1:4">
-[...4 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
+    <mergeCell ref="A94:D94"/>
     <mergeCell ref="A95:D95"/>
-    <mergeCell ref="A96:D96"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>