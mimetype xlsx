--- v1 (2025-12-07)
+++ v2 (2026-03-14)
@@ -12,1004 +12,998 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="318">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>7,943,971,924</t>
-[...5 lines deleted...]
-    <t>8,507,631,629</t>
+    <t>9,771,392,307</t>
+  </si>
+  <si>
+    <t>10,003,426,375</t>
+  </si>
+  <si>
+    <t>9,561,673,016</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>17,000</t>
-[...5 lines deleted...]
-    <t>30,000</t>
+    <t>0</t>
+  </si>
+  <si>
+    <t>5,000</t>
   </si>
   <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
-    <t>0</t>
-[...2 lines deleted...]
-    <t>293</t>
+    <t>1,172</t>
+  </si>
+  <si>
+    <t>456</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>36,440,227</t>
-[...5 lines deleted...]
-    <t>15,049,469</t>
+    <t>224,153,167</t>
+  </si>
+  <si>
+    <t>11,677,207</t>
+  </si>
+  <si>
+    <t>28,611,901</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>326</t>
-[...2 lines deleted...]
-    <t>1,040</t>
+    <t>1,259</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>1,380,499</t>
-[...2 lines deleted...]
-    <t>2,334,523</t>
+    <t>1,364,030</t>
+  </si>
+  <si>
+    <t>61,176</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>486</t>
-[...5 lines deleted...]
-    <t>442</t>
+    <t>19,017</t>
+  </si>
+  <si>
+    <t>18,410</t>
+  </si>
+  <si>
+    <t>1,252</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>228</t>
-[...2 lines deleted...]
-    <t>137,918</t>
+    <t>514</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>12,264,727</t>
-[...14 lines deleted...]
-    <t>285</t>
+    <t>2,133,815</t>
+  </si>
+  <si>
+    <t>8,608,085</t>
+  </si>
+  <si>
+    <t>6,196</t>
+  </si>
+  <si>
+    <t>10 ธัญพืช</t>
+  </si>
+  <si>
+    <t>4,920</t>
+  </si>
+  <si>
+    <t>280</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>846,438</t>
-[...5 lines deleted...]
-    <t>847,092</t>
+    <t>635,566</t>
+  </si>
+  <si>
+    <t>544,725</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>2,270,141</t>
-[...5 lines deleted...]
-    <t>1,813,732</t>
+    <t>2,218</t>
+  </si>
+  <si>
+    <t>14,536,637</t>
+  </si>
+  <si>
+    <t>12,229</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>5,337,114</t>
-[...5 lines deleted...]
-    <t>10,784,145</t>
+    <t>10,680,690</t>
+  </si>
+  <si>
+    <t>5,439,483</t>
+  </si>
+  <si>
+    <t>5,037,616</t>
   </si>
   <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
-    <t>642,125</t>
+    <t>1,924,165</t>
+  </si>
+  <si>
+    <t>821,151</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>1,898,690</t>
-[...5 lines deleted...]
-    <t>6,928,010</t>
+    <t>3,465,679</t>
+  </si>
+  <si>
+    <t>22,804,050</t>
+  </si>
+  <si>
+    <t>37,409,229</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>4,636,475</t>
-[...2 lines deleted...]
-    <t>4,070,919</t>
+    <t>9,520,810</t>
+  </si>
+  <si>
+    <t>9,182,801</t>
+  </si>
+  <si>
+    <t>10,939,739</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>26,306,560</t>
-[...5 lines deleted...]
-    <t>16,736,855</t>
+    <t>12,564,593</t>
+  </si>
+  <si>
+    <t>19,029,558</t>
+  </si>
+  <si>
+    <t>6,957,822</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>411,864</t>
-[...5 lines deleted...]
-    <t>3,552,334</t>
+    <t>7,396,333</t>
+  </si>
+  <si>
+    <t>2,317,649</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>8,386,651</t>
-[...5 lines deleted...]
-    <t>5,052,943</t>
+    <t>8,099,748</t>
+  </si>
+  <si>
+    <t>18,474,230</t>
+  </si>
+  <si>
+    <t>10,122,245</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>9,425,845</t>
-[...5 lines deleted...]
-    <t>12,876,396</t>
+    <t>12,172,020</t>
+  </si>
+  <si>
+    <t>4,179,176</t>
+  </si>
+  <si>
+    <t>9,711,957</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>3,305,216</t>
-[...5 lines deleted...]
-    <t>5,826,621</t>
+    <t>6,436,544</t>
+  </si>
+  <si>
+    <t>8,831,775</t>
+  </si>
+  <si>
+    <t>4,717,244</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>9,354</t>
-[...5 lines deleted...]
-    <t>328,869</t>
+    <t>38,620</t>
+  </si>
+  <si>
+    <t>947,615</t>
+  </si>
+  <si>
+    <t>20,875</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>7,136,897</t>
-[...5 lines deleted...]
-    <t>10,389,899</t>
+    <t>10,721,961</t>
+  </si>
+  <si>
+    <t>10,869,129</t>
+  </si>
+  <si>
+    <t>7,172,316</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>268,048,725</t>
-[...5 lines deleted...]
-    <t>344,276,264</t>
+    <t>224,118,396</t>
+  </si>
+  <si>
+    <t>243,602,525</t>
+  </si>
+  <si>
+    <t>185,277,641</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>4,650</t>
-[...11 lines deleted...]
-    <t>2,174,834</t>
+    <t>26,862</t>
+  </si>
+  <si>
+    <t>34,038</t>
+  </si>
+  <si>
+    <t>13,312</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>2,967</t>
-[...5 lines deleted...]
-    <t>14,481</t>
+    <t>95,269,556</t>
+  </si>
+  <si>
+    <t>1,471</t>
+  </si>
+  <si>
+    <t>1,693</t>
+  </si>
+  <si>
+    <t>28 เคมีภัณฑ์อนินทรีย์</t>
+  </si>
+  <si>
+    <t>31,851,937</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>11,916,780</t>
-[...5 lines deleted...]
-    <t>8,763,876</t>
+    <t>8,232,109</t>
+  </si>
+  <si>
+    <t>7,131,876</t>
+  </si>
+  <si>
+    <t>11,275,276</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>1,053,380</t>
-[...5 lines deleted...]
-    <t>3,882,567</t>
+    <t>6,738,886</t>
+  </si>
+  <si>
+    <t>3,532,135</t>
+  </si>
+  <si>
+    <t>4,791,358</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>1,804,938</t>
-[...5 lines deleted...]
-    <t>856,494</t>
+    <t>409,727</t>
+  </si>
+  <si>
+    <t>816,292</t>
+  </si>
+  <si>
+    <t>416,396</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>21,175,360</t>
-[...5 lines deleted...]
-    <t>47,978,671</t>
+    <t>21,569,521</t>
+  </si>
+  <si>
+    <t>26,390,056</t>
+  </si>
+  <si>
+    <t>9,095,586</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>577,251</t>
-[...5 lines deleted...]
-    <t>920,000</t>
+    <t>271,265</t>
+  </si>
+  <si>
+    <t>909,448</t>
+  </si>
+  <si>
+    <t>658,940</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>21,264,809</t>
-[...5 lines deleted...]
-    <t>11,594,051</t>
+    <t>2,855,313</t>
+  </si>
+  <si>
+    <t>7,040,263</t>
+  </si>
+  <si>
+    <t>10,556,761</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>294</t>
+    <t>163</t>
+  </si>
+  <si>
+    <t>3,196</t>
   </si>
   <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
-    <t>4,919,235</t>
-[...5 lines deleted...]
-    <t>9,743,989</t>
+    <t>5,201,557</t>
+  </si>
+  <si>
+    <t>5,326,458</t>
+  </si>
+  <si>
+    <t>9,576,693</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>11,493,018</t>
-[...5 lines deleted...]
-    <t>7,183,463</t>
+    <t>9,542,893</t>
+  </si>
+  <si>
+    <t>2,737,190</t>
+  </si>
+  <si>
+    <t>7,127,955</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>170,207,115</t>
-[...5 lines deleted...]
-    <t>170,104,272</t>
+    <t>159,515,817</t>
+  </si>
+  <si>
+    <t>164,199,853</t>
+  </si>
+  <si>
+    <t>163,905,928</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>38,441,456</t>
-[...5 lines deleted...]
-    <t>42,330,852</t>
+    <t>46,962,279</t>
+  </si>
+  <si>
+    <t>51,447,879</t>
+  </si>
+  <si>
+    <t>33,374,587</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>524</t>
+    <t>261</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>20,353,215</t>
-[...11 lines deleted...]
-    <t>916</t>
+    <t>10,890,431</t>
+  </si>
+  <si>
+    <t>17,161,424</t>
+  </si>
+  <si>
+    <t>2,973,852</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>1,278,993</t>
-[...5 lines deleted...]
-    <t>1,455,902</t>
+    <t>23,108</t>
+  </si>
+  <si>
+    <t>3,116</t>
+  </si>
+  <si>
+    <t>81,786</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>10,537,119</t>
-[...5 lines deleted...]
-    <t>5,490,493</t>
+    <t>8,571,944</t>
+  </si>
+  <si>
+    <t>7,857,516</t>
+  </si>
+  <si>
+    <t>13,258,238</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>22,816,398</t>
-[...5 lines deleted...]
-    <t>47,538,791</t>
+    <t>17,098,368</t>
+  </si>
+  <si>
+    <t>19,696,526</t>
+  </si>
+  <si>
+    <t>19,063,788</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>786,997</t>
-[...5 lines deleted...]
-    <t>1,179,201</t>
+    <t>763,504</t>
+  </si>
+  <si>
+    <t>1,153,221</t>
+  </si>
+  <si>
+    <t>744,572</t>
+  </si>
+  <si>
+    <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
+  </si>
+  <si>
+    <t>9,358</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>75,223</t>
-[...5 lines deleted...]
-    <t>67,286</t>
+    <t>964</t>
+  </si>
+  <si>
+    <t>1,537</t>
+  </si>
+  <si>
+    <t>162,632</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>21,446</t>
-[...2 lines deleted...]
-    <t>367,114</t>
+    <t>95,632</t>
+  </si>
+  <si>
+    <t>95,187</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>12,899</t>
-[...5 lines deleted...]
-    <t>722</t>
+    <t>175</t>
+  </si>
+  <si>
+    <t>6,202</t>
+  </si>
+  <si>
+    <t>4,597</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>588,252</t>
+    <t>16,484</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>395,383</t>
-[...5 lines deleted...]
-    <t>1,046,706</t>
+    <t>42,525</t>
+  </si>
+  <si>
+    <t>67,062</t>
+  </si>
+  <si>
+    <t>58,315</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>6,839</t>
-[...5 lines deleted...]
-    <t>1,800</t>
+    <t>278</t>
+  </si>
+  <si>
+    <t>1,402</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>6,900,179</t>
-[...5 lines deleted...]
-    <t>5,408,819</t>
+    <t>5,958,899</t>
+  </si>
+  <si>
+    <t>6,558,355</t>
+  </si>
+  <si>
+    <t>5,402,670</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>14,448,911</t>
-[...5 lines deleted...]
-    <t>22,114,509</t>
+    <t>15,956,652</t>
+  </si>
+  <si>
+    <t>14,760,179</t>
+  </si>
+  <si>
+    <t>16,351,377</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>757,427</t>
-[...5 lines deleted...]
-    <t>481,082</t>
+    <t>68,698</t>
+  </si>
+  <si>
+    <t>129,005</t>
+  </si>
+  <si>
+    <t>543,140</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>5,997,026</t>
-[...5 lines deleted...]
-    <t>7,262,934</t>
+    <t>3,744,292</t>
+  </si>
+  <si>
+    <t>6,660,218</t>
+  </si>
+  <si>
+    <t>6,686,290</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>5,302,834</t>
-[...5 lines deleted...]
-    <t>4,564,260</t>
+    <t>6,081,908</t>
+  </si>
+  <si>
+    <t>4,312,079</t>
+  </si>
+  <si>
+    <t>3,510,728</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>9,957,957</t>
-[...5 lines deleted...]
-    <t>5,647,882</t>
+    <t>6,330,086</t>
+  </si>
+  <si>
+    <t>2,099,414</t>
+  </si>
+  <si>
+    <t>4,803,292</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>23,529</t>
-[...5 lines deleted...]
-    <t>504,198</t>
+    <t>27,410</t>
+  </si>
+  <si>
+    <t>293,205</t>
+  </si>
+  <si>
+    <t>35,869</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,768,700</t>
-[...5 lines deleted...]
-    <t>561,205</t>
+    <t>297,524</t>
+  </si>
+  <si>
+    <t>747,503</t>
+  </si>
+  <si>
+    <t>184,414</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>6,479</t>
+    <t>8,235</t>
+  </si>
+  <si>
+    <t>1,314</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>1,292,209</t>
-[...2 lines deleted...]
-    <t>1,821,433</t>
+    <t>789,392</t>
+  </si>
+  <si>
+    <t>630,269</t>
+  </si>
+  <si>
+    <t>1,376,014</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>443,343</t>
-[...5 lines deleted...]
-    <t>3,151,114</t>
+    <t>2,082,142</t>
+  </si>
+  <si>
+    <t>752,545</t>
+  </si>
+  <si>
+    <t>358,747</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>1,565,728</t>
-[...5 lines deleted...]
-    <t>1,101,369</t>
+    <t>292,970</t>
+  </si>
+  <si>
+    <t>400,257</t>
+  </si>
+  <si>
+    <t>103,350</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>10,657,569</t>
-[...5 lines deleted...]
-    <t>9,057,319</t>
+    <t>6,414,734</t>
+  </si>
+  <si>
+    <t>12,900,979</t>
+  </si>
+  <si>
+    <t>8,307,501</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>24,871,458</t>
-[...5 lines deleted...]
-    <t>22,108,427</t>
+    <t>49,883,101</t>
+  </si>
+  <si>
+    <t>10,638,289</t>
+  </si>
+  <si>
+    <t>12,161,004</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>12,209,514</t>
-[...5 lines deleted...]
-    <t>17,849,348</t>
+    <t>17,985,002</t>
+  </si>
+  <si>
+    <t>12,314,421</t>
+  </si>
+  <si>
+    <t>21,522,258</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>110,296,379</t>
-[...5 lines deleted...]
-    <t>127,368,364</t>
+    <t>112,590,282</t>
+  </si>
+  <si>
+    <t>109,769,042</t>
+  </si>
+  <si>
+    <t>109,332,498</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>23,681,363</t>
-[...5 lines deleted...]
-    <t>51,257,300</t>
+    <t>37,350,608</t>
+  </si>
+  <si>
+    <t>30,315,988</t>
+  </si>
+  <si>
+    <t>27,868,820</t>
+  </si>
+  <si>
+    <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
+  </si>
+  <si>
+    <t>99</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>18,103,125</t>
-[...5 lines deleted...]
-    <t>25,635,164</t>
+    <t>20,487,590</t>
+  </si>
+  <si>
+    <t>20,805,428</t>
+  </si>
+  <si>
+    <t>11,909,349</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>24,082</t>
-[...11 lines deleted...]
-    <t>29,602,427</t>
+    <t>68,224</t>
+  </si>
+  <si>
+    <t>108,207</t>
+  </si>
+  <si>
+    <t>262,699</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>1,506,018</t>
-[...5 lines deleted...]
-    <t>2,501,251</t>
+    <t>1,055,751</t>
+  </si>
+  <si>
+    <t>1,109,765</t>
+  </si>
+  <si>
+    <t>1,286,008</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>35,531,888</t>
-[...5 lines deleted...]
-    <t>46,933,345</t>
+    <t>43,349,103</t>
+  </si>
+  <si>
+    <t>44,385,198</t>
+  </si>
+  <si>
+    <t>32,356,387</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,561,626,715</t>
-[...5 lines deleted...]
-    <t>2,750,798,509</t>
+    <t>2,364,372,446</t>
+  </si>
+  <si>
+    <t>3,682,348,499</t>
+  </si>
+  <si>
+    <t>3,580,406,696</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>3,249,992,911</t>
-[...5 lines deleted...]
-    <t>3,485,172,447</t>
+    <t>5,066,687,147</t>
+  </si>
+  <si>
+    <t>4,155,412,543</t>
+  </si>
+  <si>
+    <t>4,271,349,542</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>538,155,103</t>
-[...5 lines deleted...]
-    <t>490,195,477</t>
+    <t>506,141,923</t>
+  </si>
+  <si>
+    <t>546,186,381</t>
+  </si>
+  <si>
+    <t>366,250,414</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>690,968</t>
-[...5 lines deleted...]
-    <t>405,638</t>
+    <t>43,521</t>
+  </si>
+  <si>
+    <t>10,287,255</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>561,931,611</t>
-[...5 lines deleted...]
-    <t>550,101,278</t>
+    <t>517,238,407</t>
+  </si>
+  <si>
+    <t>612,860,046</t>
+  </si>
+  <si>
+    <t>452,388,697</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>5,821,774</t>
-[...5 lines deleted...]
-    <t>7,852,306</t>
+    <t>8,573,737</t>
+  </si>
+  <si>
+    <t>13,154,378</t>
+  </si>
+  <si>
+    <t>10,249,009</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>48,138</t>
-[...5 lines deleted...]
-    <t>148,048</t>
+    <t>1,506</t>
+  </si>
+  <si>
+    <t>94,633</t>
+  </si>
+  <si>
+    <t>165,791</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>3,948,490</t>
+    <t>2,266,340</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>5,442,947</t>
-[...5 lines deleted...]
-    <t>6,020,107</t>
+    <t>3,476,145</t>
+  </si>
+  <si>
+    <t>4,800,100</t>
+  </si>
+  <si>
+    <t>4,816,455</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>3,613,785</t>
-[...5 lines deleted...]
-    <t>4,168,205</t>
+    <t>4,475,065</t>
+  </si>
+  <si>
+    <t>3,511,535</t>
+  </si>
+  <si>
+    <t>4,253,136</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>86,518</t>
-[...5 lines deleted...]
-    <t>215,027</t>
+    <t>8,223,903</t>
+  </si>
+  <si>
+    <t>9,117,190</t>
+  </si>
+  <si>
+    <t>300,981</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>1,587</t>
-[...5 lines deleted...]
-    <t>314,595</t>
+    <t>717</t>
+  </si>
+  <si>
+    <t>38,562</t>
+  </si>
+  <si>
+    <t>1,074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1353,1256 +1347,1256 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A95" sqref="A95"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" t="s">
         <v>15</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>16</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" t="s">
         <v>25</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="D11" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D12" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B14" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B15" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="C15" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>54</v>
+      </c>
+      <c r="B17" t="s">
+        <v>55</v>
+      </c>
+      <c r="C17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D17" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>58</v>
+      </c>
+      <c r="B18" t="s">
+        <v>59</v>
+      </c>
+      <c r="C18" t="s">
         <v>60</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>65</v>
+      </c>
+      <c r="B20" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" t="s">
+        <v>67</v>
+      </c>
+      <c r="D20" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>69</v>
+      </c>
+      <c r="B21" t="s">
+        <v>70</v>
+      </c>
+      <c r="C21" t="s">
+        <v>71</v>
+      </c>
+      <c r="D21" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" t="s">
+        <v>74</v>
+      </c>
+      <c r="C22" t="s">
+        <v>75</v>
+      </c>
+      <c r="D22" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>77</v>
+      </c>
+      <c r="B23" t="s">
+        <v>78</v>
+      </c>
+      <c r="C23" t="s">
+        <v>79</v>
+      </c>
+      <c r="D23" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>81</v>
+      </c>
+      <c r="B24" t="s">
+        <v>82</v>
+      </c>
+      <c r="C24" t="s">
+        <v>83</v>
+      </c>
+      <c r="D24" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>85</v>
+      </c>
+      <c r="B25" t="s">
+        <v>86</v>
+      </c>
+      <c r="C25" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>89</v>
+      </c>
+      <c r="B26" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" t="s">
+        <v>91</v>
+      </c>
+      <c r="D26" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>93</v>
+      </c>
+      <c r="B27" t="s">
+        <v>94</v>
+      </c>
+      <c r="C27" t="s">
         <v>95</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>97</v>
+      </c>
+      <c r="B28" t="s">
         <v>98</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" t="s">
-        <v>100</v>
+        <v>9</v>
       </c>
       <c r="D28" t="s">
-        <v>101</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>99</v>
+      </c>
+      <c r="B29" t="s">
+        <v>100</v>
+      </c>
+      <c r="C29" t="s">
+        <v>101</v>
+      </c>
+      <c r="D29" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>103</v>
+      </c>
+      <c r="B30" t="s">
+        <v>104</v>
+      </c>
+      <c r="C30" t="s">
+        <v>105</v>
+      </c>
+      <c r="D30" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>107</v>
+      </c>
+      <c r="B31" t="s">
+        <v>108</v>
+      </c>
+      <c r="C31" t="s">
+        <v>109</v>
+      </c>
+      <c r="D31" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>111</v>
+      </c>
+      <c r="B32" t="s">
+        <v>112</v>
+      </c>
+      <c r="C32" t="s">
+        <v>113</v>
+      </c>
+      <c r="D32" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>115</v>
+      </c>
+      <c r="B33" t="s">
+        <v>116</v>
+      </c>
+      <c r="C33" t="s">
+        <v>117</v>
+      </c>
+      <c r="D33" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>119</v>
+      </c>
+      <c r="B34" t="s">
+        <v>120</v>
+      </c>
+      <c r="C34" t="s">
+        <v>121</v>
+      </c>
+      <c r="D34" t="s">
         <v>122</v>
-      </c>
-[...7 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B35" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D35" t="s">
-        <v>13</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>126</v>
+      </c>
+      <c r="B36" t="s">
+        <v>127</v>
+      </c>
+      <c r="C36" t="s">
         <v>128</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>130</v>
+      </c>
+      <c r="B37" t="s">
+        <v>131</v>
+      </c>
+      <c r="C37" t="s">
         <v>132</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>134</v>
+      </c>
+      <c r="B38" t="s">
+        <v>135</v>
+      </c>
+      <c r="C38" t="s">
         <v>136</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>138</v>
+      </c>
+      <c r="B39" t="s">
+        <v>139</v>
+      </c>
+      <c r="C39" t="s">
         <v>140</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B40" t="s">
-        <v>145</v>
+        <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>144</v>
+      </c>
+      <c r="B41" t="s">
+        <v>145</v>
+      </c>
+      <c r="C41" t="s">
         <v>146</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>148</v>
+      </c>
+      <c r="B42" t="s">
+        <v>149</v>
+      </c>
+      <c r="C42" t="s">
         <v>150</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>152</v>
       </c>
       <c r="B43" t="s">
         <v>153</v>
       </c>
       <c r="C43" t="s">
         <v>154</v>
       </c>
       <c r="D43" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>156</v>
       </c>
       <c r="B44" t="s">
         <v>157</v>
       </c>
       <c r="C44" t="s">
         <v>158</v>
       </c>
       <c r="D44" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>160</v>
       </c>
       <c r="B45" t="s">
         <v>161</v>
       </c>
       <c r="C45" t="s">
         <v>162</v>
       </c>
       <c r="D45" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>164</v>
       </c>
       <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>166</v>
+      </c>
+      <c r="B47" t="s">
+        <v>167</v>
+      </c>
+      <c r="C47" t="s">
         <v>168</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>170</v>
+      </c>
+      <c r="B48" t="s">
+        <v>171</v>
+      </c>
+      <c r="C48" t="s">
         <v>172</v>
       </c>
-      <c r="B48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>173</v>
+      </c>
+      <c r="B49" t="s">
+        <v>174</v>
+      </c>
+      <c r="C49" t="s">
         <v>175</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B50" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>13</v>
+        <v>178</v>
       </c>
       <c r="D50" t="s">
-        <v>180</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>179</v>
+      </c>
+      <c r="B51" t="s">
+        <v>180</v>
+      </c>
+      <c r="C51" t="s">
         <v>181</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>183</v>
+      </c>
+      <c r="B52" t="s">
+        <v>184</v>
+      </c>
+      <c r="C52" t="s">
+        <v>9</v>
+      </c>
+      <c r="D52" t="s">
         <v>185</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>186</v>
+      </c>
+      <c r="B53" t="s">
+        <v>187</v>
+      </c>
+      <c r="C53" t="s">
+        <v>188</v>
+      </c>
+      <c r="D53" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>190</v>
+      </c>
+      <c r="B54" t="s">
+        <v>191</v>
+      </c>
+      <c r="C54" t="s">
+        <v>192</v>
+      </c>
+      <c r="D54" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>194</v>
+      </c>
+      <c r="B55" t="s">
+        <v>195</v>
+      </c>
+      <c r="C55" t="s">
+        <v>196</v>
+      </c>
+      <c r="D55" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>198</v>
+      </c>
+      <c r="B56" t="s">
+        <v>199</v>
+      </c>
+      <c r="C56" t="s">
+        <v>200</v>
+      </c>
+      <c r="D56" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>202</v>
+      </c>
+      <c r="B57" t="s">
+        <v>203</v>
+      </c>
+      <c r="C57" t="s">
+        <v>204</v>
+      </c>
+      <c r="D57" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>206</v>
+      </c>
+      <c r="B58" t="s">
+        <v>207</v>
+      </c>
+      <c r="C58" t="s">
+        <v>208</v>
+      </c>
+      <c r="D58" t="s">
         <v>209</v>
-      </c>
-[...7 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>210</v>
+      </c>
+      <c r="B59" t="s">
+        <v>211</v>
+      </c>
+      <c r="C59" t="s">
+        <v>212</v>
+      </c>
+      <c r="D59" t="s">
         <v>213</v>
-      </c>
-[...7 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>214</v>
+      </c>
+      <c r="B60" t="s">
+        <v>215</v>
+      </c>
+      <c r="C60" t="s">
+        <v>216</v>
+      </c>
+      <c r="D60" t="s">
         <v>217</v>
-      </c>
-[...7 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B61" t="s">
-        <v>222</v>
+        <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>13</v>
+        <v>219</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>221</v>
+      </c>
+      <c r="B62" t="s">
+        <v>222</v>
+      </c>
+      <c r="C62" t="s">
         <v>223</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>225</v>
+      </c>
+      <c r="B63" t="s">
         <v>226</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>227</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>229</v>
+      </c>
+      <c r="B64" t="s">
         <v>230</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>231</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>233</v>
+      </c>
+      <c r="B65" t="s">
         <v>234</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>235</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>237</v>
+      </c>
+      <c r="B66" t="s">
         <v>238</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>239</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>241</v>
+      </c>
+      <c r="B67" t="s">
         <v>242</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>243</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>245</v>
+      </c>
+      <c r="B68" t="s">
         <v>246</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>247</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>249</v>
+      </c>
+      <c r="B69" t="s">
         <v>250</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>251</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>253</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
         <v>254</v>
       </c>
-      <c r="B70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D70" t="s">
-        <v>257</v>
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>255</v>
+      </c>
+      <c r="B71" t="s">
+        <v>256</v>
+      </c>
+      <c r="C71" t="s">
+        <v>257</v>
+      </c>
+      <c r="D71" t="s">
         <v>258</v>
-      </c>
-[...7 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>259</v>
+      </c>
+      <c r="B72" t="s">
+        <v>260</v>
+      </c>
+      <c r="C72" t="s">
+        <v>261</v>
+      </c>
+      <c r="D72" t="s">
         <v>262</v>
-      </c>
-[...7 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>263</v>
+      </c>
+      <c r="B73" t="s">
         <v>264</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>265</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>267</v>
+      </c>
+      <c r="B74" t="s">
         <v>268</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>269</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>271</v>
+      </c>
+      <c r="B75" t="s">
         <v>272</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>273</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>275</v>
+      </c>
+      <c r="B76" t="s">
         <v>276</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>277</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>279</v>
+      </c>
+      <c r="B77" t="s">
         <v>280</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>281</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>283</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
         <v>284</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>286</v>
+      </c>
+      <c r="B79" t="s">
+        <v>287</v>
+      </c>
+      <c r="C79" t="s">
         <v>288</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>290</v>
+      </c>
+      <c r="B80" t="s">
+        <v>291</v>
+      </c>
+      <c r="C80" t="s">
         <v>292</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>294</v>
+      </c>
+      <c r="B81" t="s">
+        <v>295</v>
+      </c>
+      <c r="C81" t="s">
         <v>296</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B82" t="s">
-        <v>301</v>
+        <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>13</v>
+        <v>299</v>
       </c>
       <c r="D82" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>300</v>
+      </c>
+      <c r="B83" t="s">
+        <v>301</v>
+      </c>
+      <c r="C83" t="s">
         <v>302</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>304</v>
+      </c>
+      <c r="B84" t="s">
+        <v>305</v>
+      </c>
+      <c r="C84" t="s">
         <v>306</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>308</v>
+      </c>
+      <c r="B85" t="s">
+        <v>309</v>
+      </c>
+      <c r="C85" t="s">
         <v>310</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>312</v>
+      </c>
+      <c r="B86" t="s">
+        <v>313</v>
+      </c>
+      <c r="C86" t="s">
         <v>314</v>
       </c>
-      <c r="B86" t="s">
+      <c r="D86" t="s">
         <v>315</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="3"/>
       <c r="B94" s="3"/>
       <c r="C94" s="3"/>
       <c r="D94" s="3"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="3"/>
       <c r="B95" s="3"/>