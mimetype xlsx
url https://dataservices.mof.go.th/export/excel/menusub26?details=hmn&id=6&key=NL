--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,1073 +12,1070 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="341">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>2,086,180,633</t>
+  </si>
+  <si>
     <t>2,379,562,957</t>
   </si>
   <si>
     <t>2,848,735,372</t>
   </si>
   <si>
-    <t>3,015,623,251</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>49,734</t>
+  </si>
+  <si>
     <t>91,921</t>
   </si>
   <si>
     <t>177,542</t>
   </si>
   <si>
-    <t>506,793</t>
+    <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>295,324</t>
+  </si>
+  <si>
+    <t>0</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>12,809,096</t>
+  </si>
+  <si>
     <t>13,272,193</t>
   </si>
   <si>
     <t>8,477,167</t>
   </si>
   <si>
-    <t>13,594,169</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>79,034,576</t>
+  </si>
+  <si>
     <t>37,993,570</t>
   </si>
   <si>
     <t>87,963,875</t>
   </si>
   <si>
-    <t>52,946,505</t>
-[...1 lines deleted...]
-  <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
+    <t>65,418</t>
+  </si>
+  <si>
     <t>132,913</t>
   </si>
   <si>
     <t>211,154</t>
   </si>
   <si>
-    <t>273,772</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>3,795,943</t>
+  </si>
+  <si>
     <t>1,147,366</t>
   </si>
   <si>
     <t>380,362</t>
   </si>
   <si>
-    <t>2,467,329</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
+    <t>17,221</t>
+  </si>
+  <si>
     <t>60,618</t>
   </si>
   <si>
-    <t>0</t>
-[...4 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>692,709</t>
+  </si>
+  <si>
     <t>23,044</t>
   </si>
   <si>
     <t>510,299</t>
   </si>
   <si>
-    <t>128,962</t>
-[...1 lines deleted...]
-  <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
+    <t>4,433,923</t>
+  </si>
+  <si>
     <t>2,758,209</t>
   </si>
   <si>
     <t>4,222,110</t>
   </si>
   <si>
-    <t>3,308,745</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>18,765,430</t>
+  </si>
+  <si>
     <t>20,325,933</t>
   </si>
   <si>
     <t>21,909,947</t>
   </si>
   <si>
-    <t>36,055,878</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>476,996</t>
+  </si>
+  <si>
     <t>895,821</t>
   </si>
   <si>
     <t>819,196</t>
   </si>
   <si>
-    <t>1,386,849</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>227,642</t>
+  </si>
+  <si>
     <t>28,897</t>
   </si>
   <si>
     <t>662,247</t>
   </si>
   <si>
-    <t>254,792</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>165,374</t>
+  </si>
+  <si>
     <t>5,452,517</t>
   </si>
   <si>
     <t>2,008,541</t>
   </si>
   <si>
-    <t>5,089,059</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>321,618</t>
+  </si>
+  <si>
     <t>108,220</t>
   </si>
   <si>
     <t>322,423</t>
   </si>
   <si>
-    <t>372,815</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>9,859,570</t>
+  </si>
+  <si>
     <t>9,415,291</t>
   </si>
   <si>
     <t>9,619,431</t>
   </si>
   <si>
-    <t>5,429,614</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>14,337,147</t>
+  </si>
+  <si>
     <t>52,426,723</t>
   </si>
   <si>
     <t>7,482,195</t>
   </si>
   <si>
-    <t>42,777,586</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>39,091,760</t>
+  </si>
+  <si>
     <t>24,970,303</t>
   </si>
   <si>
     <t>16,208,147</t>
   </si>
   <si>
-    <t>12,726,904</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>8,091,796</t>
+  </si>
+  <si>
     <t>23,016,051</t>
   </si>
   <si>
     <t>25,901,778</t>
   </si>
   <si>
-    <t>29,966,368</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>57,893,365</t>
+  </si>
+  <si>
     <t>59,746,763</t>
   </si>
   <si>
     <t>84,676,897</t>
   </si>
   <si>
-    <t>50,462,497</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>1,318,388</t>
+  </si>
+  <si>
     <t>3,322,201</t>
   </si>
   <si>
     <t>1,985,825</t>
   </si>
   <si>
-    <t>682,804</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>64,512,221</t>
+  </si>
+  <si>
     <t>68,325,419</t>
   </si>
   <si>
     <t>116,452,277</t>
   </si>
   <si>
-    <t>91,357,399</t>
-[...1 lines deleted...]
-  <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
+    <t>4,723,873</t>
+  </si>
+  <si>
     <t>1,855,917</t>
   </si>
   <si>
     <t>11,128</t>
   </si>
   <si>
-    <t>2,633,538</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>9,117</t>
+  </si>
+  <si>
     <t>332,963</t>
   </si>
   <si>
     <t>6,456,383</t>
   </si>
   <si>
-    <t>3,482,507</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
     <t>7,243,031</t>
   </si>
   <si>
-    <t>858,315</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>6,298,474</t>
+  </si>
+  <si>
     <t>29,549,424</t>
   </si>
   <si>
     <t>6,322,618</t>
   </si>
   <si>
-    <t>13,612,785</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>26,690,310</t>
+  </si>
+  <si>
     <t>53,047,499</t>
   </si>
   <si>
     <t>22,978,025</t>
   </si>
   <si>
-    <t>35,927,224</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>34,589,187</t>
+  </si>
+  <si>
     <t>18,870,513</t>
   </si>
   <si>
     <t>106,684,848</t>
   </si>
   <si>
-    <t>74,352,828</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>169,225,948</t>
+  </si>
+  <si>
     <t>274,916,714</t>
   </si>
   <si>
     <t>223,239,533</t>
   </si>
   <si>
-    <t>209,080,508</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>21,835,367</t>
+  </si>
+  <si>
     <t>23,040,920</t>
   </si>
   <si>
     <t>25,854,524</t>
   </si>
   <si>
-    <t>100,262,357</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>28,673,815</t>
+  </si>
+  <si>
     <t>21,885,913</t>
   </si>
   <si>
     <t>18,782,980</t>
   </si>
   <si>
-    <t>20,516,963</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>5,833,008</t>
+  </si>
+  <si>
     <t>12,405,011</t>
   </si>
   <si>
     <t>7,116,487</t>
   </si>
   <si>
-    <t>21,434,457</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>25,304,467</t>
+  </si>
+  <si>
     <t>28,334,907</t>
   </si>
   <si>
     <t>25,860,418</t>
   </si>
   <si>
-    <t>23,968,264</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>30,222,235</t>
+  </si>
+  <si>
     <t>30,212,577</t>
   </si>
   <si>
     <t>17,739,928</t>
   </si>
   <si>
-    <t>38,061,905</t>
-[...1 lines deleted...]
-  <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
+    <t>2,708,680</t>
+  </si>
+  <si>
     <t>4,380,844</t>
   </si>
   <si>
     <t>4,894,372</t>
   </si>
   <si>
-    <t>1,403,102</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>24,361,936</t>
+  </si>
+  <si>
     <t>60,778,024</t>
   </si>
   <si>
     <t>49,698,817</t>
   </si>
   <si>
-    <t>33,292,506</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>137,110,283</t>
+  </si>
+  <si>
     <t>160,823,228</t>
   </si>
   <si>
     <t>165,556,881</t>
   </si>
   <si>
-    <t>143,709,421</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>17,710,112</t>
+  </si>
+  <si>
     <t>22,743,279</t>
   </si>
   <si>
     <t>29,937,814</t>
   </si>
   <si>
-    <t>29,802,241</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>24,929</t>
+  </si>
+  <si>
     <t>3,187,756</t>
   </si>
   <si>
     <t>31,637,397</t>
   </si>
   <si>
-    <t>28,258,450</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>376,411</t>
+  </si>
+  <si>
     <t>531,069</t>
   </si>
   <si>
     <t>233,321</t>
   </si>
   <si>
-    <t>395,110</t>
-[...1 lines deleted...]
-  <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
     <t>166,125</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>13,807</t>
+  </si>
+  <si>
     <t>12,720</t>
   </si>
   <si>
     <t>396,300</t>
   </si>
   <si>
-    <t>1,268,679</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>19,096,671</t>
+  </si>
+  <si>
     <t>4,799,073</t>
   </si>
   <si>
     <t>3,064,117</t>
   </si>
   <si>
-    <t>24,759,989</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>11,982,000</t>
+  </si>
+  <si>
     <t>2,887,131</t>
   </si>
   <si>
     <t>8,147,151</t>
   </si>
   <si>
-    <t>10,532,305</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>1,083,043</t>
+  </si>
+  <si>
     <t>1,604,806</t>
   </si>
   <si>
     <t>978,998</t>
   </si>
   <si>
-    <t>1,126,782</t>
-[...1 lines deleted...]
-  <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
     <t>4,082</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>72,694</t>
+  </si>
+  <si>
     <t>1,897,951</t>
   </si>
   <si>
     <t>409,270</t>
   </si>
   <si>
-    <t>1,001,570</t>
-[...1 lines deleted...]
-  <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
+    <t>1,119</t>
+  </si>
+  <si>
     <t>758</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>10,182,124</t>
+  </si>
+  <si>
     <t>30,709,615</t>
   </si>
   <si>
     <t>14,296,807</t>
   </si>
   <si>
-    <t>12,874,852</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>887,649</t>
+  </si>
+  <si>
     <t>1,647,115</t>
   </si>
   <si>
     <t>1,664,715</t>
   </si>
   <si>
-    <t>3,060,167</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>23,179,826</t>
+  </si>
+  <si>
     <t>18,698,237</t>
   </si>
   <si>
     <t>54,260,286</t>
   </si>
   <si>
-    <t>37,492,578</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>164,706</t>
+  </si>
+  <si>
     <t>2,643</t>
   </si>
   <si>
     <t>479,502</t>
   </si>
   <si>
-    <t>8,253</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>4,558,349</t>
+  </si>
+  <si>
     <t>7,906,663</t>
   </si>
   <si>
     <t>3,023,295</t>
   </si>
   <si>
-    <t>2,801,548</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>2,820,899</t>
+  </si>
+  <si>
     <t>10,375,609</t>
   </si>
   <si>
     <t>5,334,749</t>
   </si>
   <si>
-    <t>4,379,657</t>
-[...7 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>899,566</t>
+  </si>
+  <si>
     <t>1,508,453</t>
   </si>
   <si>
     <t>648,553</t>
   </si>
   <si>
-    <t>1,315,210</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>773,620</t>
+  </si>
+  <si>
     <t>939,303</t>
   </si>
   <si>
     <t>1,226,886</t>
   </si>
   <si>
-    <t>44,178,681</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>513,079</t>
+  </si>
+  <si>
     <t>2,518,897</t>
   </si>
   <si>
     <t>1,907,631</t>
   </si>
   <si>
-    <t>2,081,983</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>698,301</t>
+  </si>
+  <si>
     <t>516,142</t>
   </si>
   <si>
     <t>1,186,738</t>
   </si>
   <si>
-    <t>531,214</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>30,437</t>
+  </si>
+  <si>
     <t>50,785</t>
   </si>
   <si>
     <t>115,954</t>
   </si>
   <si>
-    <t>61,743</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>8,558</t>
-[...1 lines deleted...]
-  <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>881</t>
+  </si>
+  <si>
     <t>1,185</t>
   </si>
   <si>
     <t>1,276</t>
   </si>
   <si>
-    <t>8,105</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>2,405,642</t>
+  </si>
+  <si>
     <t>2,357,544</t>
   </si>
   <si>
     <t>6,936,663</t>
   </si>
   <si>
-    <t>5,607,662</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>422,788</t>
+  </si>
+  <si>
     <t>216,565</t>
   </si>
   <si>
     <t>2,463,964</t>
   </si>
   <si>
-    <t>91,106</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>343,490</t>
+  </si>
+  <si>
     <t>540,017</t>
   </si>
   <si>
     <t>400,351</t>
   </si>
   <si>
-    <t>89,775</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>2,458,633</t>
+  </si>
+  <si>
     <t>3,443,642</t>
   </si>
   <si>
     <t>4,026,984</t>
   </si>
   <si>
-    <t>3,169,555</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>5,207,662</t>
+  </si>
+  <si>
     <t>11,933,939</t>
   </si>
   <si>
     <t>24,878,057</t>
   </si>
   <si>
-    <t>26,127,165</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>32,794,746</t>
+  </si>
+  <si>
     <t>33,987,580</t>
   </si>
   <si>
     <t>42,531,035</t>
   </si>
   <si>
-    <t>92,662,217</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>11,149,581</t>
+  </si>
+  <si>
     <t>23,506,467</t>
   </si>
   <si>
     <t>18,356,227</t>
   </si>
   <si>
-    <t>9,978,872</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
+    <t>197,258</t>
+  </si>
+  <si>
     <t>5,091</t>
   </si>
   <si>
     <t>685,193</t>
   </si>
   <si>
-    <t>14,765,157</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>31,007,478</t>
+  </si>
+  <si>
     <t>33,305,495</t>
   </si>
   <si>
     <t>29,491,830</t>
   </si>
   <si>
-    <t>56,059,820</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
+    <t>30,908</t>
+  </si>
+  <si>
     <t>10,243</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
+    <t>3,352,427</t>
+  </si>
+  <si>
     <t>4,526,360</t>
   </si>
   <si>
-    <t>17,602,354</t>
-[...1 lines deleted...]
-  <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>195,000</t>
+  </si>
+  <si>
     <t>32,708</t>
   </si>
   <si>
-    <t>61,856</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>13,310,279</t>
+  </si>
+  <si>
     <t>10,631,715</t>
   </si>
   <si>
     <t>23,166,925</t>
   </si>
   <si>
-    <t>9,858,237</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>5,163,095</t>
+  </si>
+  <si>
     <t>2,036,100</t>
   </si>
   <si>
     <t>5,823,862</t>
   </si>
   <si>
-    <t>3,206,627</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>255,388,832</t>
+  </si>
+  <si>
     <t>207,028,284</t>
   </si>
   <si>
     <t>520,354,700</t>
   </si>
   <si>
-    <t>653,331,570</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>549,708,933</t>
+  </si>
+  <si>
     <t>767,440,136</t>
   </si>
   <si>
     <t>661,549,388</t>
   </si>
   <si>
-    <t>610,553,406</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
     <t>91,402</t>
   </si>
   <si>
     <t>1,396,373</t>
   </si>
   <si>
-    <t>70,000</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>130,868,501</t>
+  </si>
+  <si>
     <t>7,585,436</t>
   </si>
   <si>
     <t>51,613,090</t>
   </si>
   <si>
-    <t>47,934,181</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>3,040,399</t>
+  </si>
+  <si>
     <t>179,471</t>
   </si>
   <si>
     <t>18,031</t>
   </si>
   <si>
-    <t>58,391</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
+    <t>24,917</t>
+  </si>
+  <si>
     <t>2,473,508</t>
   </si>
   <si>
-    <t>243,583</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>98,020,997</t>
+  </si>
+  <si>
     <t>87,975,483</t>
   </si>
   <si>
     <t>208,859,906</t>
   </si>
   <si>
-    <t>163,346,439</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,164,829</t>
+  </si>
+  <si>
     <t>132,080</t>
   </si>
   <si>
     <t>1,138,240</t>
   </si>
   <si>
-    <t>1,510,789</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>764,907</t>
+  </si>
+  <si>
     <t>1,177</t>
   </si>
   <si>
     <t>351,631</t>
   </si>
   <si>
-    <t>3,077,846</t>
-[...1 lines deleted...]
-  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>7,020,962</t>
+  </si>
+  <si>
     <t>22,350,785</t>
   </si>
   <si>
     <t>5,754,871</t>
   </si>
   <si>
-    <t>15,910,471</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>2,072,983</t>
+  </si>
+  <si>
     <t>365,102</t>
   </si>
   <si>
     <t>1,065,363</t>
   </si>
   <si>
-    <t>444,705</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>1,025,710</t>
+  </si>
+  <si>
     <t>675,131</t>
   </si>
   <si>
     <t>384,095</t>
   </si>
   <si>
-    <t>310,714</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>127,502</t>
+  </si>
+  <si>
     <t>974</t>
   </si>
   <si>
     <t>178,145</t>
-  </si>
-[...1 lines deleted...]
-    <t>17,251</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1479,762 +1476,762 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>17</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
         <v>20</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>21</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
         <v>24</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>25</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
         <v>28</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>29</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" t="s">
         <v>32</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>33</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C10" t="s">
         <v>36</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" t="s">
         <v>40</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" t="s">
         <v>44</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" t="s">
         <v>48</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" t="s">
+        <v>51</v>
+      </c>
+      <c r="C14" t="s">
         <v>52</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" t="s">
+        <v>55</v>
+      </c>
+      <c r="C15" t="s">
         <v>56</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B16" t="s">
+        <v>59</v>
+      </c>
+      <c r="C16" t="s">
         <v>60</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" t="s">
         <v>64</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" t="s">
         <v>68</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" t="s">
+        <v>71</v>
+      </c>
+      <c r="C19" t="s">
         <v>72</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" t="s">
+        <v>75</v>
+      </c>
+      <c r="C20" t="s">
         <v>76</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>78</v>
+      </c>
+      <c r="B21" t="s">
+        <v>79</v>
+      </c>
+      <c r="C21" t="s">
         <v>80</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" t="s">
         <v>84</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" t="s">
+        <v>87</v>
+      </c>
+      <c r="C23" t="s">
         <v>88</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" t="s">
         <v>92</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" t="s">
+        <v>95</v>
+      </c>
+      <c r="C25" t="s">
         <v>96</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" t="s">
         <v>99</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>100</v>
+      </c>
+      <c r="B27" t="s">
+        <v>101</v>
+      </c>
+      <c r="C27" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>104</v>
+      </c>
+      <c r="B28" t="s">
+        <v>105</v>
+      </c>
+      <c r="C28" t="s">
+        <v>106</v>
+      </c>
+      <c r="D28" t="s">
         <v>107</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>108</v>
+      </c>
+      <c r="B29" t="s">
+        <v>109</v>
+      </c>
+      <c r="C29" t="s">
+        <v>110</v>
+      </c>
+      <c r="D29" t="s">
         <v>111</v>
-      </c>
-[...7 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" t="s">
+        <v>117</v>
+      </c>
+      <c r="C31" t="s">
+        <v>118</v>
+      </c>
+      <c r="D31" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>120</v>
+      </c>
+      <c r="B32" t="s">
+        <v>121</v>
+      </c>
+      <c r="C32" t="s">
+        <v>122</v>
+      </c>
+      <c r="D32" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>124</v>
+      </c>
+      <c r="B33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C33" t="s">
+        <v>126</v>
+      </c>
+      <c r="D33" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>128</v>
+      </c>
+      <c r="B34" t="s">
+        <v>129</v>
+      </c>
+      <c r="C34" t="s">
+        <v>130</v>
+      </c>
+      <c r="D34" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>132</v>
+      </c>
+      <c r="B35" t="s">
+        <v>133</v>
+      </c>
+      <c r="C35" t="s">
+        <v>134</v>
+      </c>
+      <c r="D35" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>136</v>
+      </c>
+      <c r="B36" t="s">
+        <v>137</v>
+      </c>
+      <c r="C36" t="s">
+        <v>138</v>
+      </c>
+      <c r="D36" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>140</v>
+      </c>
+      <c r="B37" t="s">
+        <v>141</v>
+      </c>
+      <c r="C37" t="s">
+        <v>142</v>
+      </c>
+      <c r="D37" t="s">
         <v>143</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>144</v>
+      </c>
+      <c r="B38" t="s">
+        <v>145</v>
+      </c>
+      <c r="C38" t="s">
+        <v>146</v>
+      </c>
+      <c r="D38" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>148</v>
+      </c>
+      <c r="B39" t="s">
+        <v>149</v>
+      </c>
+      <c r="C39" t="s">
+        <v>150</v>
+      </c>
+      <c r="D39" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>152</v>
+      </c>
+      <c r="B40" t="s">
+        <v>153</v>
+      </c>
+      <c r="C40" t="s">
+        <v>154</v>
+      </c>
+      <c r="D40" t="s">
         <v>155</v>
-      </c>
-[...7 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>156</v>
+      </c>
+      <c r="B41" t="s">
+        <v>157</v>
+      </c>
+      <c r="C41" t="s">
+        <v>158</v>
+      </c>
+      <c r="D41" t="s">
         <v>159</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>160</v>
+      </c>
+      <c r="B42" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" t="s">
+        <v>14</v>
+      </c>
+      <c r="D42" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>162</v>
+      </c>
+      <c r="B43" t="s">
+        <v>163</v>
+      </c>
+      <c r="C43" t="s">
+        <v>164</v>
+      </c>
+      <c r="D43" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>166</v>
+      </c>
+      <c r="B44" t="s">
+        <v>167</v>
+      </c>
+      <c r="C44" t="s">
+        <v>168</v>
+      </c>
+      <c r="D44" t="s">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>170</v>
+      </c>
+      <c r="B45" t="s">
+        <v>171</v>
+      </c>
+      <c r="C45" t="s">
+        <v>172</v>
+      </c>
+      <c r="D45" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>174</v>
+      </c>
+      <c r="B46" t="s">
+        <v>175</v>
+      </c>
+      <c r="C46" t="s">
+        <v>176</v>
+      </c>
+      <c r="D46" t="s">
         <v>177</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>178</v>
+      </c>
+      <c r="B47" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" t="s">
+        <v>14</v>
+      </c>
+      <c r="D47" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>180</v>
+      </c>
+      <c r="B48" t="s">
+        <v>181</v>
+      </c>
+      <c r="C48" t="s">
+        <v>182</v>
+      </c>
+      <c r="D48" t="s">
         <v>183</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>184</v>
+      </c>
+      <c r="B49" t="s">
         <v>185</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
+        <v>14</v>
+      </c>
+      <c r="D49" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>187</v>
+      </c>
+      <c r="B50" t="s">
+        <v>188</v>
+      </c>
+      <c r="C50" t="s">
         <v>189</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>191</v>
+      </c>
+      <c r="B51" t="s">
+        <v>192</v>
+      </c>
+      <c r="C51" t="s">
         <v>193</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>195</v>
+      </c>
+      <c r="B52" t="s">
+        <v>196</v>
+      </c>
+      <c r="C52" t="s">
         <v>197</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>199</v>
+      </c>
+      <c r="B53" t="s">
+        <v>200</v>
+      </c>
+      <c r="C53" t="s">
         <v>201</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>203</v>
+      </c>
+      <c r="B54" t="s">
+        <v>204</v>
+      </c>
+      <c r="C54" t="s">
         <v>205</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>207</v>
+      </c>
+      <c r="B55" t="s">
+        <v>208</v>
+      </c>
+      <c r="C55" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D55" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>211</v>
       </c>
       <c r="B56" t="s">
         <v>212</v>
       </c>
       <c r="C56" t="s">
         <v>213</v>
       </c>
       <c r="D56" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>215</v>
       </c>
       <c r="B57" t="s">
         <v>216</v>
@@ -2271,239 +2268,239 @@
         <v>225</v>
       </c>
       <c r="D59" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>227</v>
       </c>
       <c r="B60" t="s">
         <v>228</v>
       </c>
       <c r="C60" t="s">
         <v>229</v>
       </c>
       <c r="D60" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>231</v>
       </c>
       <c r="B61" t="s">
-        <v>232</v>
+        <v>14</v>
       </c>
       <c r="C61" t="s">
         <v>232</v>
       </c>
       <c r="D61" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>233</v>
+      </c>
+      <c r="B62" t="s">
         <v>234</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>235</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>237</v>
+      </c>
+      <c r="B63" t="s">
         <v>238</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>239</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>241</v>
+      </c>
+      <c r="B64" t="s">
         <v>242</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>243</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>245</v>
+      </c>
+      <c r="B65" t="s">
         <v>246</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>247</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>249</v>
+      </c>
+      <c r="B66" t="s">
         <v>250</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>251</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>253</v>
+      </c>
+      <c r="B67" t="s">
         <v>254</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>255</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>257</v>
+      </c>
+      <c r="B68" t="s">
         <v>258</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>259</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>261</v>
+      </c>
+      <c r="B69" t="s">
         <v>262</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>263</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>265</v>
+      </c>
+      <c r="B70" t="s">
         <v>266</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>267</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>269</v>
+      </c>
+      <c r="B71" t="s">
         <v>270</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>271</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>273</v>
+      </c>
+      <c r="B72" t="s">
         <v>274</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>275</v>
       </c>
-      <c r="C72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>276</v>
       </c>
       <c r="B73" t="s">
-        <v>30</v>
+        <v>277</v>
       </c>
       <c r="C73" t="s">
-        <v>277</v>
+        <v>14</v>
       </c>
       <c r="D73" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>279</v>
       </c>
       <c r="B74" t="s">
         <v>280</v>
       </c>
       <c r="C74" t="s">
-        <v>30</v>
+        <v>281</v>
       </c>
       <c r="D74" t="s">
-        <v>281</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>282</v>
       </c>
       <c r="B75" t="s">
         <v>283</v>
       </c>
       <c r="C75" t="s">
         <v>284</v>
       </c>
       <c r="D75" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>286</v>
       </c>
       <c r="B76" t="s">
         <v>287</v>
       </c>
       <c r="C76" t="s">
         <v>288</v>
@@ -2523,197 +2520,197 @@
         <v>292</v>
       </c>
       <c r="D77" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>294</v>
       </c>
       <c r="B78" t="s">
         <v>295</v>
       </c>
       <c r="C78" t="s">
         <v>296</v>
       </c>
       <c r="D78" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>298</v>
       </c>
       <c r="B79" t="s">
+        <v>14</v>
+      </c>
+      <c r="C79" t="s">
         <v>299</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>301</v>
+      </c>
+      <c r="B80" t="s">
         <v>302</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>303</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>305</v>
+      </c>
+      <c r="B81" t="s">
         <v>306</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>307</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>309</v>
+      </c>
+      <c r="B82" t="s">
         <v>310</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" t="s">
+        <v>14</v>
+      </c>
+      <c r="D82" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>312</v>
+      </c>
+      <c r="B83" t="s">
         <v>313</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>314</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>316</v>
+      </c>
+      <c r="B84" t="s">
         <v>317</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>318</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>320</v>
+      </c>
+      <c r="B85" t="s">
         <v>321</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>322</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>324</v>
+      </c>
+      <c r="B86" t="s">
         <v>325</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>326</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>328</v>
+      </c>
+      <c r="B87" t="s">
         <v>329</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
         <v>330</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>332</v>
+      </c>
+      <c r="B88" t="s">
         <v>333</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>334</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>336</v>
+      </c>
+      <c r="B89" t="s">
         <v>337</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>338</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3"/>
       <c r="B97" s="3"/>
       <c r="C97" s="3"/>
       <c r="D97" s="3"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="3"/>
       <c r="B98" s="3"/>