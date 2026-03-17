--- v1 (2025-12-07)
+++ v2 (2026-03-17)
@@ -12,1070 +12,1085 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="345">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>2,086,180,633</t>
-[...5 lines deleted...]
-    <t>2,848,735,372</t>
+    <t>2,388,935,440</t>
+  </si>
+  <si>
+    <t>2,632,926,169</t>
+  </si>
+  <si>
+    <t>2,065,008,330</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>49,734</t>
-[...5 lines deleted...]
-    <t>177,542</t>
+    <t>94,938</t>
+  </si>
+  <si>
+    <t>101,556</t>
+  </si>
+  <si>
+    <t>4,199,886</t>
   </si>
   <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
-    <t>295,324</t>
-[...1 lines deleted...]
-  <si>
     <t>0</t>
   </si>
   <si>
+    <t>126,406</t>
+  </si>
+  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>12,809,096</t>
-[...5 lines deleted...]
-    <t>8,477,167</t>
+    <t>3,238,695</t>
+  </si>
+  <si>
+    <t>14,136,965</t>
+  </si>
+  <si>
+    <t>9,005,597</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>79,034,576</t>
-[...5 lines deleted...]
-    <t>87,963,875</t>
+    <t>48,988,595</t>
+  </si>
+  <si>
+    <t>94,022,452</t>
+  </si>
+  <si>
+    <t>87,543,647</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>65,418</t>
-[...5 lines deleted...]
-    <t>211,154</t>
+    <t>7,028,920</t>
+  </si>
+  <si>
+    <t>63,409</t>
+  </si>
+  <si>
+    <t>67,061</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>3,795,943</t>
-[...5 lines deleted...]
-    <t>380,362</t>
+    <t>6,329,904</t>
+  </si>
+  <si>
+    <t>13,941,772</t>
+  </si>
+  <si>
+    <t>9,303,637</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>17,221</t>
-[...2 lines deleted...]
-    <t>60,618</t>
+    <t>280,326</t>
+  </si>
+  <si>
+    <t>7,586,127</t>
+  </si>
+  <si>
+    <t>2,688,763</t>
+  </si>
+  <si>
+    <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>148,702</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>692,709</t>
-[...5 lines deleted...]
-    <t>510,299</t>
+    <t>547,580</t>
+  </si>
+  <si>
+    <t>407,441</t>
+  </si>
+  <si>
+    <t>1,093,891</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>4,433,923</t>
-[...5 lines deleted...]
-    <t>4,222,110</t>
+    <t>4,317,855</t>
+  </si>
+  <si>
+    <t>4,401,140</t>
+  </si>
+  <si>
+    <t>2,210,836</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>18,765,430</t>
-[...5 lines deleted...]
-    <t>21,909,947</t>
+    <t>29,095,487</t>
+  </si>
+  <si>
+    <t>15,414,289</t>
+  </si>
+  <si>
+    <t>19,036,559</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>476,996</t>
-[...5 lines deleted...]
-    <t>819,196</t>
+    <t>19,256</t>
+  </si>
+  <si>
+    <t>1,152,335</t>
+  </si>
+  <si>
+    <t>104,430</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>227,642</t>
-[...5 lines deleted...]
-    <t>662,247</t>
+    <t>120,181</t>
+  </si>
+  <si>
+    <t>140,428</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>165,374</t>
-[...5 lines deleted...]
-    <t>2,008,541</t>
+    <t>2,988,492</t>
+  </si>
+  <si>
+    <t>42,902</t>
+  </si>
+  <si>
+    <t>4,366,962</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>321,618</t>
-[...5 lines deleted...]
-    <t>322,423</t>
+    <t>122,836</t>
+  </si>
+  <si>
+    <t>457,677</t>
+  </si>
+  <si>
+    <t>376,415</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>9,859,570</t>
-[...5 lines deleted...]
-    <t>9,619,431</t>
+    <t>11,699,012</t>
+  </si>
+  <si>
+    <t>15,648,201</t>
+  </si>
+  <si>
+    <t>5,482,351</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>14,337,147</t>
-[...5 lines deleted...]
-    <t>7,482,195</t>
+    <t>4,512,457</t>
+  </si>
+  <si>
+    <t>31,390,982</t>
+  </si>
+  <si>
+    <t>858,512</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>39,091,760</t>
-[...5 lines deleted...]
-    <t>16,208,147</t>
+    <t>46,011,913</t>
+  </si>
+  <si>
+    <t>5,409,136</t>
+  </si>
+  <si>
+    <t>4,800,326</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>8,091,796</t>
-[...5 lines deleted...]
-    <t>25,901,778</t>
+    <t>23,816,947</t>
+  </si>
+  <si>
+    <t>14,523,064</t>
+  </si>
+  <si>
+    <t>20,404,751</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>57,893,365</t>
-[...5 lines deleted...]
-    <t>84,676,897</t>
+    <t>75,701,502</t>
+  </si>
+  <si>
+    <t>44,270,842</t>
+  </si>
+  <si>
+    <t>33,491,981</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>1,318,388</t>
-[...5 lines deleted...]
-    <t>1,985,825</t>
+    <t>3,568,602</t>
+  </si>
+  <si>
+    <t>1,683,281</t>
+  </si>
+  <si>
+    <t>2,364,745</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>64,512,221</t>
-[...5 lines deleted...]
-    <t>116,452,277</t>
+    <t>76,977,841</t>
+  </si>
+  <si>
+    <t>77,893,042</t>
+  </si>
+  <si>
+    <t>58,015,835</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>4,723,873</t>
-[...5 lines deleted...]
-    <t>11,128</t>
+    <t>2,691,608</t>
+  </si>
+  <si>
+    <t>3,221,884</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>9,117</t>
-[...5 lines deleted...]
-    <t>6,456,383</t>
+    <t>4,650,322</t>
+  </si>
+  <si>
+    <t>5,095,684</t>
+  </si>
+  <si>
+    <t>10,949,184</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>7,243,031</t>
+    <t>3,000,415</t>
+  </si>
+  <si>
+    <t>62,857</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>6,298,474</t>
-[...5 lines deleted...]
-    <t>6,322,618</t>
+    <t>9,273,403</t>
+  </si>
+  <si>
+    <t>30,224,363</t>
+  </si>
+  <si>
+    <t>2,240,205</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>26,690,310</t>
-[...5 lines deleted...]
-    <t>22,978,025</t>
+    <t>21,563,188</t>
+  </si>
+  <si>
+    <t>25,401,355</t>
+  </si>
+  <si>
+    <t>24,527,573</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>34,589,187</t>
-[...5 lines deleted...]
-    <t>106,684,848</t>
+    <t>57,020,621</t>
+  </si>
+  <si>
+    <t>54,660,580</t>
+  </si>
+  <si>
+    <t>27,687,807</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>169,225,948</t>
-[...5 lines deleted...]
-    <t>223,239,533</t>
+    <t>220,987,536</t>
+  </si>
+  <si>
+    <t>135,679,103</t>
+  </si>
+  <si>
+    <t>160,475,602</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>21,835,367</t>
-[...5 lines deleted...]
-    <t>25,854,524</t>
+    <t>78,809,445</t>
+  </si>
+  <si>
+    <t>106,770,840</t>
+  </si>
+  <si>
+    <t>13,322</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>28,673,815</t>
-[...5 lines deleted...]
-    <t>18,782,980</t>
+    <t>24,144,702</t>
+  </si>
+  <si>
+    <t>20,370,661</t>
+  </si>
+  <si>
+    <t>27,798,565</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>5,833,008</t>
-[...5 lines deleted...]
-    <t>7,116,487</t>
+    <t>9,693,660</t>
+  </si>
+  <si>
+    <t>32,372,493</t>
+  </si>
+  <si>
+    <t>4,253,994</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>25,304,467</t>
-[...5 lines deleted...]
-    <t>25,860,418</t>
+    <t>25,905,419</t>
+  </si>
+  <si>
+    <t>20,196,856</t>
+  </si>
+  <si>
+    <t>19,295,081</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>30,222,235</t>
-[...5 lines deleted...]
-    <t>17,739,928</t>
+    <t>40,668,142</t>
+  </si>
+  <si>
+    <t>25,179,195</t>
+  </si>
+  <si>
+    <t>8,950,671</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>2,708,680</t>
-[...5 lines deleted...]
-    <t>4,894,372</t>
+    <t>5,166,422</t>
+  </si>
+  <si>
+    <t>7,329,049</t>
+  </si>
+  <si>
+    <t>4,937,708</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>24,361,936</t>
-[...5 lines deleted...]
-    <t>49,698,817</t>
+    <t>34,456,460</t>
+  </si>
+  <si>
+    <t>42,978,213</t>
+  </si>
+  <si>
+    <t>81,020,381</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>137,110,283</t>
-[...5 lines deleted...]
-    <t>165,556,881</t>
+    <t>164,658,835</t>
+  </si>
+  <si>
+    <t>154,792,183</t>
+  </si>
+  <si>
+    <t>174,239,924</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>17,710,112</t>
-[...5 lines deleted...]
-    <t>29,937,814</t>
+    <t>24,742,411</t>
+  </si>
+  <si>
+    <t>18,031,258</t>
+  </si>
+  <si>
+    <t>22,837,980</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>24,929</t>
-[...5 lines deleted...]
-    <t>31,637,397</t>
+    <t>2,679,759</t>
+  </si>
+  <si>
+    <t>891</t>
+  </si>
+  <si>
+    <t>12,028</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>376,411</t>
-[...11 lines deleted...]
-    <t>166,125</t>
+    <t>749,977</t>
+  </si>
+  <si>
+    <t>631,622</t>
+  </si>
+  <si>
+    <t>560,427</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>13,807</t>
-[...5 lines deleted...]
-    <t>396,300</t>
+    <t>4,864</t>
+  </si>
+  <si>
+    <t>1,620,027</t>
+  </si>
+  <si>
+    <t>1,097,020</t>
+  </si>
+  <si>
+    <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
+  </si>
+  <si>
+    <t>236,983</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>19,096,671</t>
-[...5 lines deleted...]
-    <t>3,064,117</t>
+    <t>17,144,803</t>
+  </si>
+  <si>
+    <t>15,031,573</t>
+  </si>
+  <si>
+    <t>17,011,047</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>11,982,000</t>
-[...5 lines deleted...]
-    <t>8,147,151</t>
+    <t>7,285,484</t>
+  </si>
+  <si>
+    <t>7,790,927</t>
+  </si>
+  <si>
+    <t>3,481,218</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>1,083,043</t>
-[...5 lines deleted...]
-    <t>978,998</t>
+    <t>1,272,082</t>
+  </si>
+  <si>
+    <t>1,260,820</t>
+  </si>
+  <si>
+    <t>1,493,839</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>4,082</t>
+    <t>2,440</t>
+  </si>
+  <si>
+    <t>1,094,458</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>72,694</t>
-[...14 lines deleted...]
-    <t>758</t>
+    <t>236,721</t>
+  </si>
+  <si>
+    <t>216,672</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>10,182,124</t>
-[...5 lines deleted...]
-    <t>14,296,807</t>
+    <t>4,328,315</t>
+  </si>
+  <si>
+    <t>22,906,299</t>
+  </si>
+  <si>
+    <t>4,587,260</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>887,649</t>
-[...5 lines deleted...]
-    <t>1,664,715</t>
+    <t>1,221,400</t>
+  </si>
+  <si>
+    <t>1,968,209</t>
+  </si>
+  <si>
+    <t>2,991,374</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>23,179,826</t>
-[...5 lines deleted...]
-    <t>54,260,286</t>
+    <t>18,768,933</t>
+  </si>
+  <si>
+    <t>44,717,630</t>
+  </si>
+  <si>
+    <t>15,780,055</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>164,706</t>
-[...5 lines deleted...]
-    <t>479,502</t>
+    <t>422,956</t>
+  </si>
+  <si>
+    <t>1,500,827</t>
+  </si>
+  <si>
+    <t>462,508</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>4,558,349</t>
-[...5 lines deleted...]
-    <t>3,023,295</t>
+    <t>5,266,330</t>
+  </si>
+  <si>
+    <t>3,560,333</t>
+  </si>
+  <si>
+    <t>2,070,927</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>2,820,899</t>
-[...5 lines deleted...]
-    <t>5,334,749</t>
+    <t>5,190,788</t>
+  </si>
+  <si>
+    <t>3,668,695</t>
+  </si>
+  <si>
+    <t>1,708,185</t>
+  </si>
+  <si>
+    <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
+  </si>
+  <si>
+    <t>1,099,057</t>
+  </si>
+  <si>
+    <t>391,665</t>
+  </si>
+  <si>
+    <t>5,193</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>899,566</t>
-[...5 lines deleted...]
-    <t>648,553</t>
+    <t>1,067,877</t>
+  </si>
+  <si>
+    <t>46,421,312</t>
+  </si>
+  <si>
+    <t>1,543,783</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>773,620</t>
-[...5 lines deleted...]
-    <t>1,226,886</t>
+    <t>785,774</t>
+  </si>
+  <si>
+    <t>944,750</t>
+  </si>
+  <si>
+    <t>1,001,952</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>513,079</t>
-[...5 lines deleted...]
-    <t>1,907,631</t>
+    <t>617,219</t>
+  </si>
+  <si>
+    <t>2,687,958</t>
+  </si>
+  <si>
+    <t>1,958,768</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>698,301</t>
-[...5 lines deleted...]
-    <t>1,186,738</t>
+    <t>43,690,201</t>
+  </si>
+  <si>
+    <t>720,909</t>
+  </si>
+  <si>
+    <t>963,238</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>30,437</t>
-[...5 lines deleted...]
-    <t>115,954</t>
+    <t>39,004</t>
+  </si>
+  <si>
+    <t>85,977</t>
+  </si>
+  <si>
+    <t>47,053</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>500</t>
+    <t>2,179</t>
+  </si>
+  <si>
+    <t>4,845</t>
+  </si>
+  <si>
+    <t>529</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>881</t>
-[...5 lines deleted...]
-    <t>1,276</t>
+    <t>2,717</t>
+  </si>
+  <si>
+    <t>1,925</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>2,405,642</t>
-[...5 lines deleted...]
-    <t>6,936,663</t>
+    <t>9,389,794</t>
+  </si>
+  <si>
+    <t>5,120,143</t>
+  </si>
+  <si>
+    <t>5,938,112</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>422,788</t>
-[...5 lines deleted...]
-    <t>2,463,964</t>
+    <t>477,928</t>
+  </si>
+  <si>
+    <t>415,870</t>
+  </si>
+  <si>
+    <t>2,374,858</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>343,490</t>
-[...5 lines deleted...]
-    <t>400,351</t>
+    <t>676,323</t>
+  </si>
+  <si>
+    <t>868,345</t>
+  </si>
+  <si>
+    <t>638,646</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>2,458,633</t>
-[...5 lines deleted...]
-    <t>4,026,984</t>
+    <t>1,792,234</t>
+  </si>
+  <si>
+    <t>2,936,756</t>
+  </si>
+  <si>
+    <t>8,873,825</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>5,207,662</t>
-[...5 lines deleted...]
-    <t>24,878,057</t>
+    <t>10,879,062</t>
+  </si>
+  <si>
+    <t>6,335,660</t>
+  </si>
+  <si>
+    <t>3,834,775</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>32,794,746</t>
-[...5 lines deleted...]
-    <t>42,531,035</t>
+    <t>46,656,704</t>
+  </si>
+  <si>
+    <t>43,605,239</t>
+  </si>
+  <si>
+    <t>80,192,461</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>11,149,581</t>
-[...17 lines deleted...]
-    <t>685,193</t>
+    <t>12,511,157</t>
+  </si>
+  <si>
+    <t>8,381,973</t>
+  </si>
+  <si>
+    <t>28,932,986</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>31,007,478</t>
-[...5 lines deleted...]
-    <t>29,491,830</t>
+    <t>86,997,358</t>
+  </si>
+  <si>
+    <t>82,614,956</t>
+  </si>
+  <si>
+    <t>19,728,386</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>30,908</t>
-[...2 lines deleted...]
-    <t>10,243</t>
+    <t>57,243</t>
+  </si>
+  <si>
+    <t>62,620</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>3,352,427</t>
-[...2 lines deleted...]
-    <t>4,526,360</t>
+    <t>11,924,998</t>
+  </si>
+  <si>
+    <t>34,814,620</t>
+  </si>
+  <si>
+    <t>14,472,950</t>
+  </si>
+  <si>
+    <t>80 ดีบุกและของทำด้วยดีบุก</t>
+  </si>
+  <si>
+    <t>4,905</t>
+  </si>
+  <si>
+    <t>17,941</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>195,000</t>
-[...2 lines deleted...]
-    <t>32,708</t>
+    <t>9,259</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>13,310,279</t>
-[...5 lines deleted...]
-    <t>23,166,925</t>
+    <t>12,481,004</t>
+  </si>
+  <si>
+    <t>18,064,245</t>
+  </si>
+  <si>
+    <t>9,524,174</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>5,163,095</t>
-[...5 lines deleted...]
-    <t>5,823,862</t>
+    <t>5,069,144</t>
+  </si>
+  <si>
+    <t>9,854,252</t>
+  </si>
+  <si>
+    <t>9,805,428</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>255,388,832</t>
-[...5 lines deleted...]
-    <t>520,354,700</t>
+    <t>156,630,699</t>
+  </si>
+  <si>
+    <t>266,374,680</t>
+  </si>
+  <si>
+    <t>150,077,263</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>549,708,933</t>
-[...5 lines deleted...]
-    <t>661,549,388</t>
+    <t>669,351,778</t>
+  </si>
+  <si>
+    <t>697,775,237</t>
+  </si>
+  <si>
+    <t>626,054,922</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>91,402</t>
-[...2 lines deleted...]
-    <t>1,396,373</t>
+    <t>196,158</t>
+  </si>
+  <si>
+    <t>26,088</t>
+  </si>
+  <si>
+    <t>756,442</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>130,868,501</t>
-[...5 lines deleted...]
-    <t>51,613,090</t>
+    <t>87,849,271</t>
+  </si>
+  <si>
+    <t>117,529,615</t>
+  </si>
+  <si>
+    <t>8,285,106</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>3,040,399</t>
-[...5 lines deleted...]
-    <t>18,031</t>
+    <t>41,542</t>
+  </si>
+  <si>
+    <t>545,862</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>24,917</t>
-[...2 lines deleted...]
-    <t>2,473,508</t>
+    <t>14,969</t>
+  </si>
+  <si>
+    <t>10,109,822</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>98,020,997</t>
-[...5 lines deleted...]
-    <t>208,859,906</t>
+    <t>79,664,162</t>
+  </si>
+  <si>
+    <t>139,068,213</t>
+  </si>
+  <si>
+    <t>183,606,954</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,164,829</t>
-[...5 lines deleted...]
-    <t>1,138,240</t>
+    <t>240,426</t>
+  </si>
+  <si>
+    <t>166,808</t>
+  </si>
+  <si>
+    <t>505,744</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>764,907</t>
-[...5 lines deleted...]
-    <t>351,631</t>
+    <t>18,000</t>
+  </si>
+  <si>
+    <t>337,995</t>
+  </si>
+  <si>
+    <t>27,458</t>
+  </si>
+  <si>
+    <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
+  </si>
+  <si>
+    <t>7,714</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>7,020,962</t>
-[...5 lines deleted...]
-    <t>5,754,871</t>
+    <t>10,227,220</t>
+  </si>
+  <si>
+    <t>3,845,703</t>
+  </si>
+  <si>
+    <t>7,588,670</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>2,072,983</t>
-[...5 lines deleted...]
-    <t>1,065,363</t>
+    <t>732,145</t>
+  </si>
+  <si>
+    <t>1,250,968</t>
+  </si>
+  <si>
+    <t>2,785,089</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>1,025,710</t>
-[...5 lines deleted...]
-    <t>384,095</t>
+    <t>517,301</t>
+  </si>
+  <si>
+    <t>595,075</t>
+  </si>
+  <si>
+    <t>380,486</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>127,502</t>
-[...5 lines deleted...]
-    <t>178,145</t>
+    <t>59,976</t>
+  </si>
+  <si>
+    <t>248,260</t>
+  </si>
+  <si>
+    <t>8,052,360</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1409,62 +1424,62 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D98"/>
+  <dimension ref="A1:D100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A98" sqref="A98"/>
+      <selection activeCell="A100" sqref="A100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -1476,51 +1491,51 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
@@ -1546,807 +1561,807 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>32</v>
       </c>
       <c r="C9" t="s">
         <v>33</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C10" t="s">
         <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B11" t="s">
         <v>38</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>39</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>41</v>
+      </c>
+      <c r="B12" t="s">
         <v>42</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>43</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" t="s">
         <v>46</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>47</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" t="s">
         <v>50</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>51</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" t="s">
         <v>54</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>55</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" t="s">
+        <v>57</v>
+      </c>
+      <c r="C16" t="s">
         <v>58</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>60</v>
+      </c>
+      <c r="B17" t="s">
+        <v>61</v>
+      </c>
+      <c r="C17" t="s">
         <v>62</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" t="s">
+        <v>65</v>
+      </c>
+      <c r="C18" t="s">
         <v>66</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" t="s">
         <v>70</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" t="s">
+        <v>73</v>
+      </c>
+      <c r="C20" t="s">
         <v>74</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>76</v>
+      </c>
+      <c r="B21" t="s">
+        <v>77</v>
+      </c>
+      <c r="C21" t="s">
         <v>78</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>80</v>
+      </c>
+      <c r="B22" t="s">
+        <v>81</v>
+      </c>
+      <c r="C22" t="s">
         <v>82</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>84</v>
+      </c>
+      <c r="B23" t="s">
+        <v>85</v>
+      </c>
+      <c r="C23" t="s">
         <v>86</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>88</v>
+      </c>
+      <c r="B24" t="s">
+        <v>89</v>
+      </c>
+      <c r="C24" t="s">
         <v>90</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>92</v>
+      </c>
+      <c r="B25" t="s">
+        <v>93</v>
+      </c>
+      <c r="C25" t="s">
         <v>94</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>95</v>
+      </c>
+      <c r="B26" t="s">
+        <v>96</v>
+      </c>
+      <c r="C26" t="s">
+        <v>97</v>
+      </c>
+      <c r="D26" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>99</v>
+      </c>
+      <c r="B27" t="s">
         <v>100</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>102</v>
+      </c>
+      <c r="B28" t="s">
+        <v>103</v>
+      </c>
+      <c r="C28" t="s">
         <v>104</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>106</v>
+      </c>
+      <c r="B29" t="s">
+        <v>107</v>
+      </c>
+      <c r="C29" t="s">
         <v>108</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>110</v>
+      </c>
+      <c r="B30" t="s">
+        <v>111</v>
+      </c>
+      <c r="C30" t="s">
         <v>112</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>114</v>
+      </c>
+      <c r="B31" t="s">
+        <v>115</v>
+      </c>
+      <c r="C31" t="s">
         <v>116</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" t="s">
+        <v>119</v>
+      </c>
+      <c r="C32" t="s">
         <v>120</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>122</v>
+      </c>
+      <c r="B33" t="s">
+        <v>123</v>
+      </c>
+      <c r="C33" t="s">
         <v>124</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>126</v>
+      </c>
+      <c r="B34" t="s">
+        <v>127</v>
+      </c>
+      <c r="C34" t="s">
         <v>128</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>130</v>
+      </c>
+      <c r="B35" t="s">
+        <v>131</v>
+      </c>
+      <c r="C35" t="s">
         <v>132</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>134</v>
+      </c>
+      <c r="B36" t="s">
+        <v>135</v>
+      </c>
+      <c r="C36" t="s">
         <v>136</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>138</v>
+      </c>
+      <c r="B37" t="s">
+        <v>139</v>
+      </c>
+      <c r="C37" t="s">
         <v>140</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>142</v>
+      </c>
+      <c r="B38" t="s">
+        <v>143</v>
+      </c>
+      <c r="C38" t="s">
         <v>144</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>146</v>
+      </c>
+      <c r="B39" t="s">
+        <v>147</v>
+      </c>
+      <c r="C39" t="s">
         <v>148</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>150</v>
+      </c>
+      <c r="B40" t="s">
+        <v>151</v>
+      </c>
+      <c r="C40" t="s">
         <v>152</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>154</v>
+      </c>
+      <c r="B41" t="s">
+        <v>155</v>
+      </c>
+      <c r="C41" t="s">
         <v>156</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>158</v>
+      </c>
+      <c r="B42" t="s">
+        <v>159</v>
+      </c>
+      <c r="C42" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D42" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>162</v>
       </c>
       <c r="B43" t="s">
         <v>163</v>
       </c>
       <c r="C43" t="s">
         <v>164</v>
       </c>
       <c r="D43" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>166</v>
       </c>
       <c r="B44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>168</v>
+      </c>
+      <c r="B45" t="s">
+        <v>169</v>
+      </c>
+      <c r="C45" t="s">
         <v>170</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>172</v>
+      </c>
+      <c r="B46" t="s">
+        <v>173</v>
+      </c>
+      <c r="C46" t="s">
         <v>174</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>176</v>
+      </c>
+      <c r="B47" t="s">
+        <v>177</v>
+      </c>
+      <c r="C47" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D47" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>180</v>
       </c>
       <c r="B48" t="s">
         <v>181</v>
       </c>
       <c r="C48" t="s">
         <v>182</v>
       </c>
       <c r="D48" t="s">
-        <v>183</v>
+        <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>183</v>
+      </c>
+      <c r="B49" t="s">
+        <v>13</v>
+      </c>
+      <c r="C49" t="s">
         <v>184</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>186</v>
+      </c>
+      <c r="B50" t="s">
         <v>187</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>188</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" t="s">
         <v>191</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>192</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>194</v>
+      </c>
+      <c r="B52" t="s">
         <v>195</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>196</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>198</v>
+      </c>
+      <c r="B53" t="s">
         <v>199</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>200</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>202</v>
+      </c>
+      <c r="B54" t="s">
         <v>203</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>204</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>206</v>
+      </c>
+      <c r="B55" t="s">
         <v>207</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>208</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>210</v>
+      </c>
+      <c r="B56" t="s">
         <v>211</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>212</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>214</v>
+      </c>
+      <c r="B57" t="s">
         <v>215</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>216</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>218</v>
+      </c>
+      <c r="B58" t="s">
         <v>219</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>220</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>222</v>
+      </c>
+      <c r="B59" t="s">
         <v>223</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>224</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>226</v>
+      </c>
+      <c r="B60" t="s">
         <v>227</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>228</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>230</v>
+      </c>
+      <c r="B61" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C61" t="s">
         <v>232</v>
       </c>
       <c r="D61" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B62" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C62" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D62" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B63" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C63" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D63" t="s">
-        <v>240</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>241</v>
       </c>
       <c r="B64" t="s">
         <v>242</v>
       </c>
       <c r="C64" t="s">
         <v>243</v>
       </c>
       <c r="D64" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>245</v>
       </c>
       <c r="B65" t="s">
         <v>246</v>
       </c>
       <c r="C65" t="s">
         <v>247</v>
@@ -2422,328 +2437,356 @@
         <v>267</v>
       </c>
       <c r="D70" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>269</v>
       </c>
       <c r="B71" t="s">
         <v>270</v>
       </c>
       <c r="C71" t="s">
         <v>271</v>
       </c>
       <c r="D71" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>273</v>
       </c>
       <c r="B72" t="s">
+        <v>13</v>
+      </c>
+      <c r="C72" t="s">
         <v>274</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>276</v>
       </c>
       <c r="B73" t="s">
         <v>277</v>
       </c>
       <c r="C73" t="s">
-        <v>14</v>
+        <v>278</v>
       </c>
       <c r="D73" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B74" t="s">
-        <v>280</v>
+        <v>13</v>
       </c>
       <c r="C74" t="s">
         <v>281</v>
       </c>
       <c r="D74" t="s">
-        <v>14</v>
+        <v>282</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B75" t="s">
-        <v>283</v>
+        <v>13</v>
       </c>
       <c r="C75" t="s">
         <v>284</v>
       </c>
       <c r="D75" t="s">
-        <v>285</v>
+        <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>285</v>
+      </c>
+      <c r="B76" t="s">
         <v>286</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>287</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>289</v>
+      </c>
+      <c r="B77" t="s">
         <v>290</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>291</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>293</v>
+      </c>
+      <c r="B78" t="s">
         <v>294</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>295</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>297</v>
+      </c>
+      <c r="B79" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C79" t="s">
         <v>299</v>
       </c>
       <c r="D79" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>301</v>
       </c>
       <c r="B80" t="s">
         <v>302</v>
       </c>
       <c r="C80" t="s">
         <v>303</v>
       </c>
       <c r="D80" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>305</v>
       </c>
       <c r="B81" t="s">
         <v>306</v>
       </c>
       <c r="C81" t="s">
         <v>307</v>
       </c>
       <c r="D81" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>309</v>
       </c>
       <c r="B82" t="s">
         <v>310</v>
       </c>
       <c r="C82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D82" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>312</v>
       </c>
       <c r="B83" t="s">
         <v>313</v>
       </c>
       <c r="C83" t="s">
         <v>314</v>
       </c>
       <c r="D83" t="s">
-        <v>315</v>
+        <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>315</v>
+      </c>
+      <c r="B84" t="s">
         <v>316</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>317</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>319</v>
+      </c>
+      <c r="B85" t="s">
         <v>320</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>321</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>323</v>
+      </c>
+      <c r="B86" t="s">
         <v>324</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>325</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>327</v>
+      </c>
+      <c r="B87" t="s">
+        <v>13</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
         <v>328</v>
-      </c>
-[...7 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>329</v>
+      </c>
+      <c r="B88" t="s">
+        <v>330</v>
+      </c>
+      <c r="C88" t="s">
+        <v>331</v>
+      </c>
+      <c r="D88" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>333</v>
+      </c>
+      <c r="B89" t="s">
+        <v>334</v>
+      </c>
+      <c r="C89" t="s">
+        <v>335</v>
+      </c>
+      <c r="D89" t="s">
         <v>336</v>
       </c>
-      <c r="B89" t="s">
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
         <v>337</v>
       </c>
-      <c r="C89" t="s">
+      <c r="B90" t="s">
         <v>338</v>
       </c>
-      <c r="D89" t="s">
+      <c r="C90" t="s">
         <v>339</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A90" s="2" t="s">
+      <c r="D90" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>341</v>
+      </c>
+      <c r="B91" t="s">
+        <v>342</v>
+      </c>
+      <c r="C91" t="s">
+        <v>343</v>
+      </c>
+      <c r="D91" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B90" s="2" t="s">
+      <c r="B92" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C90" s="2" t="s">
+      <c r="C92" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D90" s="2" t="s">
+      <c r="D92" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="97" spans="1:4">
-[...9 lines deleted...]
-      <c r="D98" s="3"/>
+    <row r="99" spans="1:4">
+      <c r="A99" s="3"/>
+      <c r="B99" s="3"/>
+      <c r="C99" s="3"/>
+      <c r="D99" s="3"/>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" s="3"/>
+      <c r="B100" s="3"/>
+      <c r="C100" s="3"/>
+      <c r="D100" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A97:D97"/>
-    <mergeCell ref="A98:D98"/>
+    <mergeCell ref="A99:D99"/>
+    <mergeCell ref="A100:D100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>