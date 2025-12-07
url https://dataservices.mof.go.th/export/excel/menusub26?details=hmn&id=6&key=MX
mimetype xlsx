--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,929 +12,935 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>2,844,592,027</t>
+  </si>
+  <si>
     <t>2,616,952,678</t>
   </si>
   <si>
     <t>2,837,921,366</t>
   </si>
   <si>
-    <t>2,863,178,807</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>5,032</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>6,783,034</t>
+  </si>
+  <si>
     <t>12,626,605</t>
   </si>
   <si>
     <t>5,469,785</t>
   </si>
   <si>
-    <t>5,810,302</t>
-[...5 lines deleted...]
-    <t>1,285,399</t>
+    <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
+  </si>
+  <si>
+    <t>2,528</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>269,046</t>
+  </si>
+  <si>
     <t>19,979</t>
   </si>
   <si>
     <t>98,091</t>
   </si>
   <si>
-    <t>3,467</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
     <t>73,118</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
     <t>4,490,967</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>693,792</t>
+  </si>
+  <si>
     <t>174,699</t>
   </si>
   <si>
     <t>160,001</t>
   </si>
   <si>
-    <t>5,327</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>5,750</t>
+  </si>
+  <si>
     <t>852</t>
   </si>
   <si>
     <t>1,005,666</t>
   </si>
   <si>
-    <t>774,836</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>4,187,610</t>
+  </si>
+  <si>
     <t>1,505,476</t>
   </si>
   <si>
     <t>15,777,046</t>
   </si>
   <si>
-    <t>2,171,995</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>187,498</t>
+  </si>
+  <si>
     <t>3,657,091</t>
   </si>
   <si>
     <t>335,229</t>
   </si>
   <si>
-    <t>2,975,734</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>1,123,183</t>
+  </si>
+  <si>
     <t>2,230</t>
   </si>
   <si>
-    <t>230,570</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>150,660</t>
+    <t>3,916</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>4,869,203</t>
+  </si>
+  <si>
     <t>3,909,902</t>
   </si>
   <si>
     <t>4,534,755</t>
   </si>
   <si>
-    <t>10,788,063</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>112,699</t>
+  </si>
+  <si>
     <t>1,182,737</t>
   </si>
   <si>
     <t>138,867</t>
   </si>
   <si>
-    <t>264,883</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>3,428,740</t>
+  </si>
+  <si>
     <t>5,960,393</t>
   </si>
   <si>
     <t>2,723,470</t>
   </si>
   <si>
-    <t>262,393</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>13,594,349</t>
+  </si>
+  <si>
     <t>381,418</t>
   </si>
   <si>
     <t>7,741,776</t>
   </si>
   <si>
-    <t>1,523,014</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>11,555,444</t>
+  </si>
+  <si>
     <t>20,073,197</t>
   </si>
   <si>
     <t>19,626,895</t>
   </si>
   <si>
-    <t>11,222,550</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>9,108,754</t>
+  </si>
+  <si>
     <t>25,371,000</t>
   </si>
   <si>
     <t>7,306,587</t>
   </si>
   <si>
-    <t>9,228,984</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>714,961</t>
+  </si>
+  <si>
     <t>1,352,103</t>
   </si>
   <si>
     <t>360,589</t>
   </si>
   <si>
-    <t>2,272,259</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
+    <t>15,837,807</t>
+  </si>
+  <si>
     <t>34,018,889</t>
   </si>
   <si>
-    <t>40,112,958</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>523,799</t>
+  </si>
+  <si>
     <t>1,065,897</t>
   </si>
   <si>
-    <t>560,324</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>5,775,089</t>
+  </si>
+  <si>
     <t>8,937,684</t>
   </si>
   <si>
     <t>18,960,390</t>
   </si>
   <si>
-    <t>1,206,724</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>3,362,185</t>
+  </si>
+  <si>
     <t>578,844</t>
   </si>
   <si>
     <t>6,375</t>
   </si>
   <si>
-    <t>4,619,113</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>7,956,113</t>
+  </si>
+  <si>
     <t>38,647,639</t>
   </si>
   <si>
     <t>6,188,424</t>
   </si>
   <si>
-    <t>17,521,713</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>11,463</t>
+  </si>
+  <si>
     <t>1,744,086</t>
   </si>
   <si>
     <t>7,283</t>
   </si>
   <si>
-    <t>5,659,076</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>27,047,298</t>
+  </si>
+  <si>
     <t>12,911,060</t>
   </si>
   <si>
     <t>11,377,902</t>
   </si>
   <si>
-    <t>23,362,035</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>5,101,026</t>
+  </si>
+  <si>
     <t>5,451,880</t>
   </si>
   <si>
     <t>2,478,804</t>
   </si>
   <si>
-    <t>4,335,938</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>1,217,979</t>
+  </si>
+  <si>
     <t>2,702,375</t>
   </si>
   <si>
     <t>3,527,972</t>
   </si>
   <si>
-    <t>5,807,169</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>4,142</t>
+  </si>
+  <si>
     <t>3,509</t>
   </si>
   <si>
     <t>2,210,128</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>4,553,404</t>
+  </si>
+  <si>
     <t>8,732,059</t>
   </si>
   <si>
     <t>7,205,589</t>
   </si>
   <si>
-    <t>12,932,332</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>41,732,678</t>
+  </si>
+  <si>
     <t>87,799,707</t>
   </si>
   <si>
     <t>45,360,778</t>
   </si>
   <si>
-    <t>58,930,748</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>60,837,226</t>
+  </si>
+  <si>
     <t>50,134,951</t>
   </si>
   <si>
     <t>50,360,116</t>
   </si>
   <si>
-    <t>38,928,052</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>12,988,000</t>
+  </si>
+  <si>
     <t>8,789,970</t>
   </si>
   <si>
     <t>38,384,613</t>
   </si>
   <si>
-    <t>44,665,444</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>3,112,932</t>
+  </si>
+  <si>
     <t>1,304,705</t>
   </si>
   <si>
     <t>1,503,804</t>
   </si>
   <si>
-    <t>1,007,344</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>13,624,991</t>
+  </si>
+  <si>
     <t>3,591,144</t>
   </si>
   <si>
     <t>5,554,302</t>
   </si>
   <si>
-    <t>9,691,414</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>1,421,473</t>
+  </si>
+  <si>
     <t>829,642</t>
   </si>
   <si>
     <t>840,372</t>
   </si>
   <si>
-    <t>991,857</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>161,402</t>
+  </si>
+  <si>
     <t>62,398</t>
   </si>
   <si>
     <t>194,292</t>
   </si>
   <si>
-    <t>220,354</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
     <t>1,297</t>
   </si>
   <si>
     <t>1,041</t>
   </si>
   <si>
-    <t>8,452,395</t>
-[...1 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>785,884</t>
+  </si>
+  <si>
     <t>1,322</t>
   </si>
   <si>
     <t>16,712</t>
   </si>
   <si>
-    <t>10,487</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>114,581</t>
+  </si>
+  <si>
     <t>488</t>
   </si>
   <si>
-    <t>91,355</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>2,240</t>
+  </si>
+  <si>
     <t>358,645</t>
   </si>
   <si>
     <t>420,378</t>
   </si>
   <si>
-    <t>3,693</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>49,975</t>
+  </si>
+  <si>
     <t>28,515</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>25,139</t>
+  </si>
+  <si>
     <t>1,908</t>
   </si>
   <si>
     <t>7,829</t>
   </si>
   <si>
-    <t>2,968</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>2,304,335</t>
+  </si>
+  <si>
     <t>1,573,638</t>
   </si>
   <si>
     <t>4,599,481</t>
   </si>
   <si>
-    <t>4,520,275</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>2,715,984</t>
+  </si>
+  <si>
     <t>1,141,310</t>
   </si>
   <si>
     <t>712,932</t>
   </si>
   <si>
-    <t>323,368</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>659,886</t>
+  </si>
+  <si>
     <t>88,890</t>
   </si>
   <si>
     <t>447,105</t>
   </si>
   <si>
-    <t>375,014</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>9,602,130</t>
+  </si>
+  <si>
     <t>7,357,990</t>
   </si>
   <si>
     <t>10,022,167</t>
   </si>
   <si>
-    <t>16,437,577</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>53,045</t>
+  </si>
+  <si>
     <t>17,600</t>
   </si>
   <si>
     <t>65,861</t>
   </si>
   <si>
-    <t>86,141</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>334,035</t>
+  </si>
+  <si>
     <t>552,642</t>
   </si>
   <si>
     <t>799,260</t>
   </si>
   <si>
-    <t>376,556</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>5,737,458</t>
+  </si>
+  <si>
     <t>1,202,155</t>
   </si>
   <si>
     <t>2,447,994</t>
   </si>
   <si>
-    <t>1,172,048</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>1,609,204</t>
+  </si>
+  <si>
     <t>1,323,517</t>
   </si>
   <si>
     <t>68,008</t>
   </si>
   <si>
-    <t>289,053</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>1,549,867</t>
+  </si>
+  <si>
     <t>4,230,326</t>
   </si>
   <si>
     <t>4,312,846</t>
   </si>
   <si>
-    <t>3,579,542</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>4,529,400</t>
+  </si>
+  <si>
     <t>1,043,754</t>
   </si>
   <si>
     <t>4,432,382</t>
   </si>
   <si>
-    <t>1,235,475</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>18,426,586</t>
+  </si>
+  <si>
     <t>16,493,951</t>
   </si>
   <si>
     <t>7,744,812</t>
   </si>
   <si>
-    <t>14,207,360</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>59,600,295</t>
+  </si>
+  <si>
     <t>86,597,600</t>
   </si>
   <si>
     <t>75,976,773</t>
   </si>
   <si>
-    <t>67,705,224</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>1,282,219</t>
+  </si>
+  <si>
     <t>11,923,244</t>
   </si>
   <si>
     <t>2,360,784</t>
   </si>
   <si>
-    <t>1,158,335</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
+    <t>33,455</t>
+  </si>
+  <si>
     <t>32,735</t>
   </si>
   <si>
     <t>188,295</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>135,464,314</t>
+  </si>
+  <si>
     <t>181,619,354</t>
   </si>
   <si>
     <t>129,180,429</t>
   </si>
   <si>
-    <t>226,420,360</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
     <t>2,299,801</t>
   </si>
   <si>
-    <t>77,017</t>
+    <t>79 สังกะสีและของทำด้วยสังกะสี</t>
+  </si>
+  <si>
+    <t>22,025</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>4,769,136</t>
+  </si>
+  <si>
     <t>961,927</t>
   </si>
   <si>
     <t>2,136,249</t>
   </si>
   <si>
-    <t>1,731,676</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>3,614,159</t>
+  </si>
+  <si>
     <t>462,761</t>
   </si>
   <si>
     <t>487,755</t>
   </si>
   <si>
-    <t>382,394</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>9,420,941</t>
+  </si>
+  <si>
     <t>7,968,279</t>
   </si>
   <si>
     <t>11,030,990</t>
   </si>
   <si>
-    <t>21,898,641</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>355,142,596</t>
+  </si>
+  <si>
     <t>312,585,976</t>
   </si>
   <si>
     <t>464,320,371</t>
   </si>
   <si>
-    <t>266,479,576</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,132,728,526</t>
+  </si>
+  <si>
     <t>1,054,516,430</t>
   </si>
   <si>
     <t>1,057,648,786</t>
   </si>
   <si>
-    <t>1,112,480,073</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>250,298,730</t>
+  </si>
+  <si>
     <t>182,628,714</t>
   </si>
   <si>
     <t>161,327,207</t>
   </si>
   <si>
-    <t>156,675,689</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>624,099</t>
+  </si>
+  <si>
     <t>472,771</t>
   </si>
   <si>
     <t>97,303</t>
   </si>
   <si>
-    <t>335,747</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
+    <t>27,141,145</t>
+  </si>
+  <si>
     <t>9,234,888</t>
   </si>
   <si>
     <t>39,983,072</t>
   </si>
   <si>
-    <t>67,296,266</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>521,395,966</t>
+  </si>
+  <si>
     <t>373,521,348</t>
   </si>
   <si>
     <t>560,749,882</t>
   </si>
   <si>
-    <t>554,408,707</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>664,137</t>
+  </si>
+  <si>
     <t>201,266</t>
   </si>
   <si>
     <t>68,747</t>
   </si>
   <si>
-    <t>627,906</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>953,641</t>
+  </si>
+  <si>
     <t>3,248,356</t>
   </si>
   <si>
     <t>5,522,508</t>
   </si>
   <si>
-    <t>8,798,358</t>
-[...1 lines deleted...]
-  <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
     <t>9,089,696</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>29,998,877</t>
+  </si>
+  <si>
     <t>6,539,404</t>
   </si>
   <si>
     <t>17,174,058</t>
   </si>
   <si>
-    <t>4,336,761</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>244,259</t>
+  </si>
+  <si>
     <t>1,359,101</t>
   </si>
   <si>
     <t>141,002</t>
   </si>
   <si>
-    <t>1,218,200</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>784,244</t>
+  </si>
+  <si>
     <t>736,103</t>
   </si>
   <si>
     <t>1,315,867</t>
   </si>
   <si>
-    <t>356,480</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
     <t>2,184</t>
   </si>
   <si>
     <t>109,734</t>
-  </si>
-[...1 lines deleted...]
-    <t>105,059</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1268,171 +1274,171 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D88"/>
+  <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A88" sqref="A88"/>
+      <selection activeCell="A89" sqref="A89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
@@ -1458,68 +1464,68 @@
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>41</v>
       </c>
       <c r="B13" t="s">
         <v>42</v>
       </c>
       <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
         <v>48</v>
       </c>
       <c r="D15" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>52</v>
@@ -1584,65 +1590,65 @@
         <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>70</v>
       </c>
       <c r="B21" t="s">
         <v>71</v>
       </c>
       <c r="C21" t="s">
         <v>72</v>
       </c>
       <c r="D21" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>74</v>
       </c>
       <c r="B22" t="s">
         <v>75</v>
       </c>
       <c r="C22" t="s">
+        <v>76</v>
+      </c>
+      <c r="D22" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>77</v>
       </c>
       <c r="B23" t="s">
+        <v>78</v>
+      </c>
+      <c r="C23" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="D23" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>80</v>
       </c>
       <c r="B24" t="s">
         <v>81</v>
       </c>
       <c r="C24" t="s">
         <v>82</v>
       </c>
       <c r="D24" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>84</v>
       </c>
       <c r="B25" t="s">
         <v>85</v>
@@ -1713,756 +1719,770 @@
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>104</v>
       </c>
       <c r="B30" t="s">
         <v>105</v>
       </c>
       <c r="C30" t="s">
         <v>106</v>
       </c>
       <c r="D30" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>108</v>
       </c>
       <c r="B31" t="s">
         <v>109</v>
       </c>
       <c r="C31" t="s">
         <v>110</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B32" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C32" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D32" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B33" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C33" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D33" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B34" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C34" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D34" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B35" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C35" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D35" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B36" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C36" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D36" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B37" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C37" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D37" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B38" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C38" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D38" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B39" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C39" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D39" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B40" t="s">
-        <v>144</v>
+        <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>145</v>
       </c>
       <c r="D40" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>147</v>
       </c>
       <c r="B41" t="s">
         <v>148</v>
       </c>
       <c r="C41" t="s">
         <v>149</v>
       </c>
       <c r="D41" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>151</v>
       </c>
       <c r="B42" t="s">
         <v>152</v>
       </c>
       <c r="C42" t="s">
+        <v>153</v>
+      </c>
+      <c r="D42" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>154</v>
       </c>
       <c r="B43" t="s">
         <v>155</v>
       </c>
       <c r="C43" t="s">
         <v>156</v>
       </c>
       <c r="D43" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>158</v>
       </c>
       <c r="B44" t="s">
+        <v>159</v>
+      </c>
+      <c r="C44" t="s">
         <v>9</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B45" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C45" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D45" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B46" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C46" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D46" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>169</v>
+        <v>9</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B48" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C48" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D48" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B49" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C49" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D49" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B50" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C50" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D50" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B51" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C51" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D51" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B52" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C52" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D52" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B53" t="s">
-        <v>191</v>
+        <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>192</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>193</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B54" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C54" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D54" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B55" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C55" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D55" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B56" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C56" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D56" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B57" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C57" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D57" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B58" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C58" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D58" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B59" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C59" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D59" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B60" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C60" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D60" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B61" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C61" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B62" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C62" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D62" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>229</v>
+        <v>9</v>
       </c>
       <c r="D63" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B64" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C64" t="s">
-        <v>233</v>
+        <v>9</v>
       </c>
       <c r="D64" t="s">
-        <v>234</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>234</v>
+      </c>
+      <c r="B65" t="s">
         <v>235</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>236</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>238</v>
+      </c>
+      <c r="B66" t="s">
         <v>239</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>240</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>242</v>
+      </c>
+      <c r="B67" t="s">
         <v>243</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>244</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>246</v>
+      </c>
+      <c r="B68" t="s">
         <v>247</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>248</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>250</v>
+      </c>
+      <c r="B69" t="s">
         <v>251</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>252</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>254</v>
+      </c>
+      <c r="B70" t="s">
         <v>255</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>256</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>258</v>
+      </c>
+      <c r="B71" t="s">
         <v>259</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>260</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>262</v>
+      </c>
+      <c r="B72" t="s">
         <v>263</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>264</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>266</v>
+      </c>
+      <c r="B73" t="s">
         <v>267</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>268</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>270</v>
+      </c>
+      <c r="B74" t="s">
         <v>271</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>272</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>274</v>
+      </c>
+      <c r="B75" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>276</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>277</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B76" t="s">
-        <v>278</v>
+        <v>9</v>
       </c>
       <c r="C76" t="s">
+        <v>9</v>
+      </c>
+      <c r="D76" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>280</v>
+      </c>
+      <c r="B77" t="s">
         <v>281</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>282</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>284</v>
+      </c>
+      <c r="B78" t="s">
         <v>285</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>286</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>288</v>
+      </c>
+      <c r="B79" t="s">
         <v>289</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>290</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>291</v>
       </c>
-      <c r="D79" t="s">
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
         <v>292</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A80" s="2" t="s">
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>293</v>
+      </c>
+      <c r="D80" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B80" s="2" t="s">
+      <c r="B81" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C80" s="2" t="s">
+      <c r="C81" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D80" s="2" t="s">
+      <c r="D81" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D87" s="3"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3"/>
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3"/>
     </row>
+    <row r="89" spans="1:4">
+      <c r="A89" s="3"/>
+      <c r="B89" s="3"/>
+      <c r="C89" s="3"/>
+      <c r="D89" s="3"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A87:D87"/>
     <mergeCell ref="A88:D88"/>
+    <mergeCell ref="A89:D89"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>