--- v1 (2025-12-07)
+++ v2 (2026-03-14)
@@ -12,935 +12,911 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>2,844,592,027</t>
-[...5 lines deleted...]
-    <t>2,837,921,366</t>
+    <t>2,987,913,321</t>
+  </si>
+  <si>
+    <t>2,765,983,347</t>
+  </si>
+  <si>
+    <t>2,618,304,457</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>5,032</t>
+    <t>939,042</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>6,783,034</t>
-[...11 lines deleted...]
-    <t>2,528</t>
+    <t>14,042,300</t>
+  </si>
+  <si>
+    <t>14,100,394</t>
+  </si>
+  <si>
+    <t>7,277,013</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>269,046</t>
-[...5 lines deleted...]
-    <t>98,091</t>
+    <t>57,129</t>
+  </si>
+  <si>
+    <t>23,456</t>
+  </si>
+  <si>
+    <t>84,253</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>73,118</t>
-[...5 lines deleted...]
-    <t>4,490,967</t>
+    <t>2,940</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>693,792</t>
-[...5 lines deleted...]
-    <t>160,001</t>
+    <t>133,425</t>
+  </si>
+  <si>
+    <t>10 ธัญพืช</t>
+  </si>
+  <si>
+    <t>23,790</t>
+  </si>
+  <si>
+    <t>16,601</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>5,750</t>
-[...5 lines deleted...]
-    <t>1,005,666</t>
+    <t>142,037</t>
+  </si>
+  <si>
+    <t>982,950</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>4,187,610</t>
-[...5 lines deleted...]
-    <t>15,777,046</t>
+    <t>2,224,628</t>
+  </si>
+  <si>
+    <t>877,413</t>
+  </si>
+  <si>
+    <t>2,579,267</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>187,498</t>
-[...5 lines deleted...]
-    <t>335,229</t>
+    <t>751,209</t>
+  </si>
+  <si>
+    <t>2,796,387</t>
+  </si>
+  <si>
+    <t>1,147,371</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>1,123,183</t>
-[...2 lines deleted...]
-    <t>2,230</t>
+    <t>919,733</t>
+  </si>
+  <si>
+    <t>122,529</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>3,916</t>
+    <t>122,344</t>
+  </si>
+  <si>
+    <t>2,951</t>
+  </si>
+  <si>
+    <t>247,945</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>4,869,203</t>
-[...5 lines deleted...]
-    <t>4,534,755</t>
+    <t>2,172,122</t>
+  </si>
+  <si>
+    <t>9,029,305</t>
+  </si>
+  <si>
+    <t>4,071,357</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>112,699</t>
-[...5 lines deleted...]
-    <t>138,867</t>
+    <t>930,446</t>
+  </si>
+  <si>
+    <t>109,803</t>
+  </si>
+  <si>
+    <t>161,387</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>3,428,740</t>
-[...5 lines deleted...]
-    <t>2,723,470</t>
+    <t>3,734,896</t>
+  </si>
+  <si>
+    <t>748,233</t>
+  </si>
+  <si>
+    <t>1,257,671</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>13,594,349</t>
-[...5 lines deleted...]
-    <t>7,741,776</t>
+    <t>16,413,652</t>
+  </si>
+  <si>
+    <t>1,944,498</t>
+  </si>
+  <si>
+    <t>779,600</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>11,555,444</t>
-[...5 lines deleted...]
-    <t>19,626,895</t>
+    <t>18,580,607</t>
+  </si>
+  <si>
+    <t>10,668,178</t>
+  </si>
+  <si>
+    <t>19,290,005</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>9,108,754</t>
-[...5 lines deleted...]
-    <t>7,306,587</t>
+    <t>4,380,151</t>
+  </si>
+  <si>
+    <t>4,538,546</t>
+  </si>
+  <si>
+    <t>4,573,082</t>
+  </si>
+  <si>
+    <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
+  </si>
+  <si>
+    <t>581,105</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>714,961</t>
-[...5 lines deleted...]
-    <t>360,589</t>
+    <t>1,497,175</t>
+  </si>
+  <si>
+    <t>615,586</t>
+  </si>
+  <si>
+    <t>516,065</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>15,837,807</t>
-[...2 lines deleted...]
-    <t>34,018,889</t>
+    <t>27,816,353</t>
+  </si>
+  <si>
+    <t>30,396,923</t>
+  </si>
+  <si>
+    <t>7,316,639</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>523,799</t>
-[...2 lines deleted...]
-    <t>1,065,897</t>
+    <t>421,652</t>
+  </si>
+  <si>
+    <t>880,450</t>
+  </si>
+  <si>
+    <t>660,337</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>5,775,089</t>
-[...5 lines deleted...]
-    <t>18,960,390</t>
+    <t>3,400,290</t>
+  </si>
+  <si>
+    <t>7,365,950</t>
+  </si>
+  <si>
+    <t>4,643,928</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>3,362,185</t>
-[...5 lines deleted...]
-    <t>6,375</t>
+    <t>360,322</t>
+  </si>
+  <si>
+    <t>4,338,593</t>
+  </si>
+  <si>
+    <t>8,585,935</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>7,956,113</t>
-[...5 lines deleted...]
-    <t>6,188,424</t>
+    <t>79,662,245</t>
+  </si>
+  <si>
+    <t>18,088,009</t>
+  </si>
+  <si>
+    <t>17,772,139</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>11,463</t>
-[...5 lines deleted...]
-    <t>7,283</t>
+    <t>3,377,794</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>27,047,298</t>
-[...5 lines deleted...]
-    <t>11,377,902</t>
+    <t>4,096,675</t>
+  </si>
+  <si>
+    <t>15,962,443</t>
+  </si>
+  <si>
+    <t>5,983,722</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>5,101,026</t>
-[...5 lines deleted...]
-    <t>2,478,804</t>
+    <t>5,582,227</t>
+  </si>
+  <si>
+    <t>3,165,623</t>
+  </si>
+  <si>
+    <t>6,880,145</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>1,217,979</t>
-[...5 lines deleted...]
-    <t>3,527,972</t>
+    <t>4,748,044</t>
+  </si>
+  <si>
+    <t>7,903,422</t>
+  </si>
+  <si>
+    <t>2,515,949</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>4,142</t>
-[...5 lines deleted...]
-    <t>2,210,128</t>
+    <t>460,265</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>4,553,404</t>
-[...5 lines deleted...]
-    <t>7,205,589</t>
+    <t>7,721,846</t>
+  </si>
+  <si>
+    <t>2,730,081</t>
+  </si>
+  <si>
+    <t>12,815,962</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>41,732,678</t>
-[...5 lines deleted...]
-    <t>45,360,778</t>
+    <t>41,352,651</t>
+  </si>
+  <si>
+    <t>50,049,835</t>
+  </si>
+  <si>
+    <t>46,588,348</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>60,837,226</t>
-[...5 lines deleted...]
-    <t>50,360,116</t>
+    <t>32,284,118</t>
+  </si>
+  <si>
+    <t>39,637,351</t>
+  </si>
+  <si>
+    <t>36,705,071</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>12,988,000</t>
-[...5 lines deleted...]
-    <t>38,384,613</t>
+    <t>18,163,608</t>
+  </si>
+  <si>
+    <t>27,439,281</t>
+  </si>
+  <si>
+    <t>1,713,592</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>3,112,932</t>
-[...5 lines deleted...]
-    <t>1,503,804</t>
+    <t>1,913,477</t>
+  </si>
+  <si>
+    <t>1,552,357</t>
+  </si>
+  <si>
+    <t>906,076</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>13,624,991</t>
-[...5 lines deleted...]
-    <t>5,554,302</t>
+    <t>12,274,001</t>
+  </si>
+  <si>
+    <t>13,529,550</t>
+  </si>
+  <si>
+    <t>6,474,992</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>1,421,473</t>
-[...5 lines deleted...]
-    <t>840,372</t>
+    <t>1,945,358</t>
+  </si>
+  <si>
+    <t>520,944</t>
+  </si>
+  <si>
+    <t>703,768</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>161,402</t>
-[...5 lines deleted...]
-    <t>194,292</t>
+    <t>254,746</t>
+  </si>
+  <si>
+    <t>160,426</t>
+  </si>
+  <si>
+    <t>69,905</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>1,297</t>
-[...2 lines deleted...]
-    <t>1,041</t>
+    <t>908,110</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>785,884</t>
-[...5 lines deleted...]
-    <t>16,712</t>
+    <t>44,780</t>
+  </si>
+  <si>
+    <t>1,398</t>
+  </si>
+  <si>
+    <t>70,825</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>114,581</t>
-[...2 lines deleted...]
-    <t>488</t>
+    <t>661,814</t>
+  </si>
+  <si>
+    <t>2,271</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>2,240</t>
-[...5 lines deleted...]
-    <t>420,378</t>
+    <t>150,813</t>
+  </si>
+  <si>
+    <t>160,727</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>49,975</t>
-[...2 lines deleted...]
-    <t>28,515</t>
+    <t>12,714</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>25,139</t>
-[...5 lines deleted...]
-    <t>7,829</t>
+    <t>20,802</t>
+  </si>
+  <si>
+    <t>6,251</t>
+  </si>
+  <si>
+    <t>43</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>2,304,335</t>
-[...5 lines deleted...]
-    <t>4,599,481</t>
+    <t>3,460,419</t>
+  </si>
+  <si>
+    <t>2,958,685</t>
+  </si>
+  <si>
+    <t>1,670,229</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>360</t>
+    <t>357</t>
+  </si>
+  <si>
+    <t>11,030</t>
+  </si>
+  <si>
+    <t>404,336</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>2,715,984</t>
-[...5 lines deleted...]
-    <t>712,932</t>
+    <t>2,094,664</t>
+  </si>
+  <si>
+    <t>561,659</t>
+  </si>
+  <si>
+    <t>1,261,309</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>659,886</t>
-[...5 lines deleted...]
-    <t>447,105</t>
+    <t>569,158</t>
+  </si>
+  <si>
+    <t>229,159</t>
+  </si>
+  <si>
+    <t>335,566</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>9,602,130</t>
-[...5 lines deleted...]
-    <t>10,022,167</t>
+    <t>5,401,627</t>
+  </si>
+  <si>
+    <t>7,751,980</t>
+  </si>
+  <si>
+    <t>7,412,895</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>53,045</t>
-[...5 lines deleted...]
-    <t>65,861</t>
+    <t>45,953</t>
+  </si>
+  <si>
+    <t>119,166</t>
+  </si>
+  <si>
+    <t>38,654</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>334,035</t>
-[...14 lines deleted...]
-    <t>426</t>
+    <t>818,220</t>
+  </si>
+  <si>
+    <t>375,501</t>
+  </si>
+  <si>
+    <t>151,913</t>
+  </si>
+  <si>
+    <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
+  </si>
+  <si>
+    <t>6,277</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>5,737,458</t>
-[...5 lines deleted...]
-    <t>2,447,994</t>
+    <t>1,386,459</t>
+  </si>
+  <si>
+    <t>6,023,927</t>
+  </si>
+  <si>
+    <t>3,498,622</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>1,609,204</t>
-[...5 lines deleted...]
-    <t>68,008</t>
+    <t>15,685</t>
+  </si>
+  <si>
+    <t>2,732,788</t>
+  </si>
+  <si>
+    <t>300,326</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>1,549,867</t>
-[...5 lines deleted...]
-    <t>4,312,846</t>
+    <t>3,232,878</t>
+  </si>
+  <si>
+    <t>597,184</t>
+  </si>
+  <si>
+    <t>2,838,964</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>4,529,400</t>
-[...5 lines deleted...]
-    <t>4,432,382</t>
+    <t>503,979</t>
+  </si>
+  <si>
+    <t>419,293</t>
+  </si>
+  <si>
+    <t>2,469,636</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>18,426,586</t>
-[...5 lines deleted...]
-    <t>7,744,812</t>
+    <t>54,977,243</t>
+  </si>
+  <si>
+    <t>20,030,709</t>
+  </si>
+  <si>
+    <t>20,892,201</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>59,600,295</t>
-[...5 lines deleted...]
-    <t>75,976,773</t>
+    <t>72,862,514</t>
+  </si>
+  <si>
+    <t>56,210,219</t>
+  </si>
+  <si>
+    <t>98,823,803</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>1,282,219</t>
-[...5 lines deleted...]
-    <t>2,360,784</t>
+    <t>1,992,332</t>
+  </si>
+  <si>
+    <t>308,471</t>
+  </si>
+  <si>
+    <t>182,179</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>33,455</t>
-[...5 lines deleted...]
-    <t>188,295</t>
+    <t>1,516,993</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>135,464,314</t>
-[...11 lines deleted...]
-    <t>2,299,801</t>
+    <t>226,729,528</t>
+  </si>
+  <si>
+    <t>172,262,131</t>
+  </si>
+  <si>
+    <t>100,045,529</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>22,025</t>
+    <t>188,800</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>4,769,136</t>
-[...5 lines deleted...]
-    <t>2,136,249</t>
+    <t>3,378,900</t>
+  </si>
+  <si>
+    <t>7,202,030</t>
+  </si>
+  <si>
+    <t>3,360,380</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>3,614,159</t>
-[...5 lines deleted...]
-    <t>487,755</t>
+    <t>1,597,452</t>
+  </si>
+  <si>
+    <t>765,882</t>
+  </si>
+  <si>
+    <t>408,921</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>9,420,941</t>
-[...5 lines deleted...]
-    <t>11,030,990</t>
+    <t>8,216,777</t>
+  </si>
+  <si>
+    <t>10,621,554</t>
+  </si>
+  <si>
+    <t>16,438,660</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>355,142,596</t>
-[...5 lines deleted...]
-    <t>464,320,371</t>
+    <t>283,730,542</t>
+  </si>
+  <si>
+    <t>267,993,310</t>
+  </si>
+  <si>
+    <t>348,476,445</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,132,728,526</t>
-[...5 lines deleted...]
-    <t>1,057,648,786</t>
+    <t>1,293,386,500</t>
+  </si>
+  <si>
+    <t>1,206,557,956</t>
+  </si>
+  <si>
+    <t>1,126,520,666</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>250,298,730</t>
-[...5 lines deleted...]
-    <t>161,327,207</t>
+    <t>194,247,989</t>
+  </si>
+  <si>
+    <t>213,594,401</t>
+  </si>
+  <si>
+    <t>264,290,636</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>624,099</t>
-[...5 lines deleted...]
-    <t>97,303</t>
+    <t>22,300,122</t>
+  </si>
+  <si>
+    <t>474,427</t>
+  </si>
+  <si>
+    <t>7,304,160</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>27,141,145</t>
-[...5 lines deleted...]
-    <t>39,983,072</t>
+    <t>3,684,411</t>
+  </si>
+  <si>
+    <t>8,278,627</t>
+  </si>
+  <si>
+    <t>20,484,935</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>521,395,966</t>
-[...5 lines deleted...]
-    <t>560,749,882</t>
+    <t>477,404,652</t>
+  </si>
+  <si>
+    <t>497,233,174</t>
+  </si>
+  <si>
+    <t>353,742,798</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>664,137</t>
-[...5 lines deleted...]
-    <t>68,747</t>
+    <t>4,385</t>
+  </si>
+  <si>
+    <t>128,877</t>
+  </si>
+  <si>
+    <t>290,528</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>953,641</t>
-[...5 lines deleted...]
-    <t>5,522,508</t>
+    <t>2,932,477</t>
+  </si>
+  <si>
+    <t>4,968,252</t>
+  </si>
+  <si>
+    <t>4,353,107</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>9,089,696</t>
+    <t>145,718</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>29,998,877</t>
-[...5 lines deleted...]
-    <t>17,174,058</t>
+    <t>11,570,043</t>
+  </si>
+  <si>
+    <t>3,742,418</t>
+  </si>
+  <si>
+    <t>23,568,963</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>244,259</t>
-[...5 lines deleted...]
-    <t>141,002</t>
+    <t>84,577</t>
+  </si>
+  <si>
+    <t>2,412,172</t>
+  </si>
+  <si>
+    <t>215,752</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>784,244</t>
-[...5 lines deleted...]
-    <t>1,315,867</t>
+    <t>726,016</t>
+  </si>
+  <si>
+    <t>230,202</t>
+  </si>
+  <si>
+    <t>252,204</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>2,184</t>
-[...2 lines deleted...]
-    <t>109,734</t>
+    <t>4,478</t>
+  </si>
+  <si>
+    <t>8,956</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1274,62 +1250,62 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D89"/>
+  <dimension ref="A1:D88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A89" sqref="A89"/>
+      <selection activeCell="A88" sqref="A88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -1352,359 +1328,359 @@
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>34</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" t="s">
         <v>41</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>42</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
         <v>45</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C15" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B16" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C16" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B17" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C17" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D17" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B18" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D18" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B19" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C19" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B20" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D20" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>70</v>
       </c>
       <c r="B21" t="s">
         <v>71</v>
       </c>
       <c r="C21" t="s">
         <v>72</v>
       </c>
       <c r="D21" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>74</v>
       </c>
       <c r="B22" t="s">
         <v>75</v>
       </c>
       <c r="C22" t="s">
         <v>76</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B23" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="D23" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B24" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C24" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B25" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C25" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D25" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B26" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C26" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D26" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B27" t="s">
-        <v>93</v>
+        <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>94</v>
+        <v>9</v>
       </c>
       <c r="D27" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>96</v>
       </c>
       <c r="B28" t="s">
         <v>97</v>
       </c>
       <c r="C28" t="s">
         <v>98</v>
       </c>
       <c r="D28" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>100</v>
       </c>
       <c r="B29" t="s">
         <v>101</v>
@@ -1713,776 +1689,762 @@
         <v>102</v>
       </c>
       <c r="D29" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>104</v>
       </c>
       <c r="B30" t="s">
         <v>105</v>
       </c>
       <c r="C30" t="s">
         <v>106</v>
       </c>
       <c r="D30" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>108</v>
       </c>
       <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>9</v>
+      </c>
+      <c r="D31" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>110</v>
+      </c>
+      <c r="B32" t="s">
+        <v>111</v>
+      </c>
+      <c r="C32" t="s">
         <v>112</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>114</v>
+      </c>
+      <c r="B33" t="s">
+        <v>115</v>
+      </c>
+      <c r="C33" t="s">
         <v>116</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>118</v>
+      </c>
+      <c r="B34" t="s">
+        <v>119</v>
+      </c>
+      <c r="C34" t="s">
         <v>120</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>122</v>
+      </c>
+      <c r="B35" t="s">
+        <v>123</v>
+      </c>
+      <c r="C35" t="s">
         <v>124</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>126</v>
+      </c>
+      <c r="B36" t="s">
+        <v>127</v>
+      </c>
+      <c r="C36" t="s">
         <v>128</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>130</v>
+      </c>
+      <c r="B37" t="s">
+        <v>131</v>
+      </c>
+      <c r="C37" t="s">
         <v>132</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>134</v>
+      </c>
+      <c r="B38" t="s">
+        <v>135</v>
+      </c>
+      <c r="C38" t="s">
         <v>136</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>138</v>
+      </c>
+      <c r="B39" t="s">
+        <v>139</v>
+      </c>
+      <c r="C39" t="s">
         <v>140</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>145</v>
+        <v>9</v>
       </c>
       <c r="D40" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>144</v>
+      </c>
+      <c r="B41" t="s">
+        <v>145</v>
+      </c>
+      <c r="C41" t="s">
+        <v>146</v>
+      </c>
+      <c r="D41" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B42" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C42" t="s">
-        <v>153</v>
+        <v>9</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B43" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C43" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D43" t="s">
-        <v>157</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B44" t="s">
-        <v>159</v>
+        <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>9</v>
       </c>
       <c r="D44" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B45" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C45" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D45" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B46" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C46" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D46" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B47" t="s">
-        <v>9</v>
+        <v>165</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
       <c r="D47" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>168</v>
+      </c>
+      <c r="B48" t="s">
+        <v>169</v>
+      </c>
+      <c r="C48" t="s">
+        <v>170</v>
+      </c>
+      <c r="D48" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>172</v>
+      </c>
+      <c r="B49" t="s">
+        <v>173</v>
+      </c>
+      <c r="C49" t="s">
+        <v>174</v>
+      </c>
+      <c r="D49" t="s">
         <v>175</v>
-      </c>
-[...7 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>176</v>
+      </c>
+      <c r="B50" t="s">
+        <v>177</v>
+      </c>
+      <c r="C50" t="s">
+        <v>178</v>
+      </c>
+      <c r="D50" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>180</v>
+      </c>
+      <c r="B51" t="s">
+        <v>181</v>
+      </c>
+      <c r="C51" t="s">
+        <v>182</v>
+      </c>
+      <c r="D51" t="s">
         <v>183</v>
-      </c>
-[...7 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>184</v>
+      </c>
+      <c r="B52" t="s">
+        <v>185</v>
+      </c>
+      <c r="C52" t="s">
+        <v>186</v>
+      </c>
+      <c r="D52" t="s">
         <v>187</v>
-      </c>
-[...7 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>192</v>
+        <v>9</v>
       </c>
       <c r="D53" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B54" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C54" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="D54" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B55" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C55" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D55" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B56" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C56" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D56" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B57" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C57" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D57" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B58" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C58" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D58" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B59" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C59" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D59" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B60" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C60" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D60" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B61" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C61" t="s">
-        <v>224</v>
+        <v>9</v>
       </c>
       <c r="D61" t="s">
-        <v>225</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="B62" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="C62" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="D62" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>225</v>
       </c>
       <c r="C63" t="s">
         <v>9</v>
       </c>
       <c r="D63" t="s">
-        <v>231</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="B64" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="C64" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>229</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B65" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C65" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D65" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="B66" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C66" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D66" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B67" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C67" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D67" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B68" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C68" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D68" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B69" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C69" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D69" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B70" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C70" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D70" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B71" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="C71" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D71" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B72" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C72" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D72" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B73" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="C73" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D73" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="B74" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C74" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D74" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B75" t="s">
-        <v>275</v>
+        <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>276</v>
+        <v>9</v>
       </c>
       <c r="D75" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>273</v>
       </c>
       <c r="C76" t="s">
-        <v>9</v>
+        <v>274</v>
       </c>
       <c r="D76" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B77" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C77" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D77" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B78" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C78" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D78" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="B79" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="C79" t="s">
-        <v>290</v>
+        <v>9</v>
       </c>
       <c r="D79" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
     </row>
     <row r="80" spans="1:4">
-      <c r="A80" t="s">
-[...13 lines deleted...]
-      <c r="A81" s="2" t="s">
+      <c r="A80" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B81" s="2" t="s">
+      <c r="B80" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C81" s="2" t="s">
+      <c r="C80" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D81" s="2" t="s">
+      <c r="D80" s="2" t="s">
         <v>7</v>
       </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" s="3"/>
+      <c r="B87" s="3"/>
+      <c r="C87" s="3"/>
+      <c r="D87" s="3"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3"/>
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3"/>
     </row>
-    <row r="89" spans="1:4">
-[...4 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
+    <mergeCell ref="A87:D87"/>
     <mergeCell ref="A88:D88"/>
-    <mergeCell ref="A89:D89"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>