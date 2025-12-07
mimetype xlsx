--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,290 +12,296 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>2,375,764</t>
+  </si>
+  <si>
     <t>2,467,572</t>
   </si>
   <si>
     <t>3,735,950</t>
   </si>
   <si>
-    <t>2,680,521</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>0</t>
+  </si>
+  <si>
     <t>44,147</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
     <t>156,553</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
     <t>141,279</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
     <t>1,419</t>
   </si>
   <si>
     <t>1,316</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>255,083</t>
+  </si>
+  <si>
     <t>1,186,692</t>
   </si>
   <si>
     <t>686,559</t>
   </si>
   <si>
-    <t>912,335</t>
-[...1 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>675,703</t>
+  </si>
+  <si>
     <t>160,467</t>
   </si>
   <si>
     <t>647,259</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
     <t>3,240</t>
   </si>
   <si>
     <t>38,430</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>2,527</t>
+  </si>
+  <si>
     <t>1,166</t>
   </si>
   <si>
     <t>4,416</t>
   </si>
   <si>
-    <t>3,366</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
     <t>1,973</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>19,643</t>
+  </si>
+  <si>
     <t>8,485</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>254,428</t>
+  </si>
+  <si>
     <t>208,451</t>
   </si>
   <si>
     <t>506,734</t>
   </si>
   <si>
-    <t>617,470</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
     <t>102,986</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
     <t>1,644</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
     <t>5,762</t>
   </si>
   <si>
-    <t>2,744</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>334,661</t>
+  </si>
+  <si>
     <t>584,197</t>
   </si>
   <si>
     <t>804,850</t>
   </si>
   <si>
-    <t>339,287</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
     <t>50,330</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
     <t>2,302</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
     <t>13,483</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>18,891</t>
+  </si>
+  <si>
     <t>2,260</t>
   </si>
   <si>
     <t>123,316</t>
   </si>
   <si>
-    <t>433</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>70,234</t>
+  </si>
+  <si>
     <t>78,301</t>
   </si>
   <si>
     <t>37,030</t>
   </si>
   <si>
-    <t>17,667</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>13,972</t>
+  </si>
+  <si>
     <t>5,873</t>
   </si>
   <si>
     <t>34,683</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
     <t>2,631</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
     <t>39,323</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
     <t>9,864</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>730,622</t>
+  </si>
+  <si>
     <t>182,874</t>
   </si>
   <si>
     <t>323,063</t>
-  </si>
-[...1 lines deleted...]
-    <t>787,219</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -640,443 +646,443 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A37" sqref="A37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>16</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D11" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D14" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B15" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="D15" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B16" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="D16" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B17" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B19" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="D19" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B20" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="D20" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B21" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="D21" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>10</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B25" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="D25" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="D26" t="s">
-        <v>10</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B27" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="D27" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B28" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D28" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3"/>
       <c r="B36" s="3"/>
       <c r="C36" s="3"/>
       <c r="D36" s="3"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3"/>
       <c r="B37" s="3"/>