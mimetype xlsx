--- v1 (2025-12-07)
+++ v2 (2026-03-12)
@@ -12,296 +12,278 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>2,375,764</t>
-[...5 lines deleted...]
-    <t>3,735,950</t>
+    <t>277,184,375</t>
+  </si>
+  <si>
+    <t>2,401,098</t>
+  </si>
+  <si>
+    <t>2,331,114</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>44,147</t>
+    <t>61,927</t>
+  </si>
+  <si>
+    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
+  </si>
+  <si>
+    <t>272,300,345</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>156,553</t>
+    <t>135,387</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>141,279</t>
-[...8 lines deleted...]
-    <t>1,316</t>
+    <t>738</t>
+  </si>
+  <si>
+    <t>122,178</t>
+  </si>
+  <si>
+    <t>29 เคมีภัณฑ์อินทรีย์</t>
+  </si>
+  <si>
+    <t>1,850</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>255,083</t>
-[...5 lines deleted...]
-    <t>686,559</t>
+    <t>614,098</t>
+  </si>
+  <si>
+    <t>776,539</t>
+  </si>
+  <si>
+    <t>1,265,808</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>675,703</t>
-[...5 lines deleted...]
-    <t>647,259</t>
+    <t>185,504</t>
+  </si>
+  <si>
+    <t>119,215</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>3,240</t>
-[...2 lines deleted...]
-    <t>38,430</t>
+    <t>1,500</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>2,527</t>
-[...11 lines deleted...]
-    <t>1,973</t>
+    <t>723</t>
+  </si>
+  <si>
+    <t>2,481</t>
+  </si>
+  <si>
+    <t>2,047</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>19,643</t>
-[...2 lines deleted...]
-    <t>8,485</t>
+    <t>73,532</t>
+  </si>
+  <si>
+    <t>47,799</t>
+  </si>
+  <si>
+    <t>121,393</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>254,428</t>
-[...5 lines deleted...]
-    <t>506,734</t>
+    <t>851,654</t>
+  </si>
+  <si>
+    <t>68,982</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>102,986</t>
-[...5 lines deleted...]
-    <t>164</t>
+    <t>15,000</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>1,644</t>
-[...5 lines deleted...]
-    <t>5,762</t>
+    <t>8,000</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>334,661</t>
-[...17 lines deleted...]
-    <t>2,302</t>
+    <t>1,427,313</t>
+  </si>
+  <si>
+    <t>283,299</t>
+  </si>
+  <si>
+    <t>193,616</t>
+  </si>
+  <si>
+    <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
+  </si>
+  <si>
+    <t>881,996</t>
+  </si>
+  <si>
+    <t>79 สังกะสีและของทำด้วยสังกะสี</t>
+  </si>
+  <si>
+    <t>1,783,022</t>
+  </si>
+  <si>
+    <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>13,483</t>
+    <t>12,000</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>18,891</t>
-[...5 lines deleted...]
-    <t>123,316</t>
+    <t>24,355</t>
+  </si>
+  <si>
+    <t>13,000</t>
+  </si>
+  <si>
+    <t>113,597</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>70,234</t>
-[...5 lines deleted...]
-    <t>37,030</t>
+    <t>212</t>
+  </si>
+  <si>
+    <t>133,928</t>
+  </si>
+  <si>
+    <t>56,533</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>13,972</t>
-[...11 lines deleted...]
-    <t>2,631</t>
+    <t>7,346</t>
+  </si>
+  <si>
+    <t>11,949</t>
+  </si>
+  <si>
+    <t>37,206</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>39,323</t>
+    <t>30,066</t>
+  </si>
+  <si>
+    <t>7,000</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>9,864</t>
+    <t>7,500</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>730,622</t>
-[...5 lines deleted...]
-    <t>323,063</t>
+    <t>38,779</t>
+  </si>
+  <si>
+    <t>42,445</t>
+  </si>
+  <si>
+    <t>33,225</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -635,487 +617,459 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A37" sqref="A37"/>
+      <selection activeCell="A35" sqref="A35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" t="s">
         <v>22</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" t="s">
         <v>35</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>38</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>44</v>
+      </c>
+      <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>48</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>50</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B21" t="s">
+        <v>56</v>
+      </c>
+      <c r="C21" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B22" t="s">
         <v>60</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>61</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" t="s">
         <v>64</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>65</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>67</v>
+      </c>
+      <c r="B24" t="s">
         <v>68</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>69</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>72</v>
+      </c>
+      <c r="B26" t="s">
+        <v>73</v>
+      </c>
+      <c r="C26" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D26" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
-      <c r="A27" t="s">
-[...27 lines deleted...]
-      <c r="A29" s="2" t="s">
+      <c r="A27" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B29" s="2" t="s">
+      <c r="B27" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="C27" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="D27" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="36" spans="1:4">
-[...9 lines deleted...]
-      <c r="D37" s="3"/>
+    <row r="34" spans="1:4">
+      <c r="A34" s="3"/>
+      <c r="B34" s="3"/>
+      <c r="C34" s="3"/>
+      <c r="D34" s="3"/>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" s="3"/>
+      <c r="B35" s="3"/>
+      <c r="C35" s="3"/>
+      <c r="D35" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A36:D36"/>
-    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A34:D34"/>
+    <mergeCell ref="A35:D35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>