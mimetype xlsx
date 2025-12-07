--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,383 +12,386 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>117,370,004</t>
+  </si>
+  <si>
     <t>106,444,178</t>
   </si>
   <si>
     <t>59,885,613</t>
   </si>
   <si>
-    <t>9,479,883</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>98,090</t>
+  </si>
+  <si>
     <t>30,130</t>
   </si>
   <si>
     <t>16,951</t>
   </si>
   <si>
+    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
+  </si>
+  <si>
+    <t>1,120,693</t>
+  </si>
+  <si>
+    <t>1,222,473</t>
+  </si>
+  <si>
+    <t>1,864,585</t>
+  </si>
+  <si>
+    <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
+  </si>
+  <si>
+    <t>66,195</t>
+  </si>
+  <si>
+    <t>350,834</t>
+  </si>
+  <si>
+    <t>137,430</t>
+  </si>
+  <si>
+    <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>69,096,290</t>
+  </si>
+  <si>
+    <t>63,314,287</t>
+  </si>
+  <si>
+    <t>21,300,949</t>
+  </si>
+  <si>
+    <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
-    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
-[...31 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>6,532</t>
+  </si>
+  <si>
     <t>19,665</t>
   </si>
   <si>
     <t>1,652,334</t>
   </si>
   <si>
-    <t>1,052,573</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>403,525</t>
+  </si>
+  <si>
     <t>574,453</t>
   </si>
   <si>
     <t>170,299</t>
   </si>
   <si>
-    <t>172,909</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
     <t>3,637</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>49,054</t>
+    <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
+  </si>
+  <si>
+    <t>4,852</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
     <t>3,184</t>
   </si>
   <si>
-    <t>2,560</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>37,258,349</t>
+  </si>
+  <si>
     <t>29,334,140</t>
   </si>
   <si>
     <t>31,314,580</t>
   </si>
   <si>
-    <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
-[...4 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>190,753</t>
+  </si>
+  <si>
     <t>18,718</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>11,596</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
     <t>2,763</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>977</t>
+  </si>
+  <si>
     <t>1,227</t>
   </si>
   <si>
     <t>127,276</t>
   </si>
   <si>
-    <t>183,974</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>1,113</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
     <t>888,785</t>
   </si>
   <si>
-    <t>552,774</t>
-[...7 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
     <t>274,637</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>7,333</t>
+  </si>
+  <si>
     <t>6,165</t>
   </si>
   <si>
     <t>6,802</t>
   </si>
   <si>
-    <t>7,737</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>1,304</t>
+  </si>
+  <si>
     <t>65</t>
   </si>
   <si>
-    <t>55 เส้นใยสั้นประดิษฐ์</t>
-[...4 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>1,793,035</t>
+  </si>
+  <si>
     <t>272,728</t>
   </si>
   <si>
     <t>210,220</t>
   </si>
   <si>
-    <t>948,503</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>766,464</t>
+  </si>
+  <si>
     <t>239,307</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
+    <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
+  </si>
+  <si>
+    <t>887,677</t>
+  </si>
+  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
     <t>8,957</t>
   </si>
   <si>
-    <t>1,282</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
     <t>6,951</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>28,949</t>
+    <t>227</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
     <t>11,842</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>2,322,372</t>
+  </si>
+  <si>
     <t>6,456,071</t>
   </si>
   <si>
     <t>639,383</t>
   </si>
   <si>
-    <t>54,774</t>
-[...7 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
     <t>9,951</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>3,177,560</t>
+  </si>
+  <si>
     <t>1,511,819</t>
   </si>
   <si>
-    <t>5,596,812</t>
-[...1 lines deleted...]
-  <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
     <t>2,091,811</t>
   </si>
   <si>
     <t>1,968,711</t>
   </si>
   <si>
-    <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
-[...2 lines deleted...]
-    <t>212</t>
+    <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
+  </si>
+  <si>
+    <t>5,700</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
     <t>17,193</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>81,171</t>
+  </si>
+  <si>
     <t>6,838</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
     <t>3,864</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
     <t>134,589</t>
+  </si>
+  <si>
+    <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
+  </si>
+  <si>
+    <t>80,674</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
     <t>92,157</t>
   </si>
   <si>
     <t>4,793</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
     <t>4,837</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -748,51 +751,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A49" sqref="A49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -832,527 +835,527 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>32</v>
       </c>
       <c r="C9" t="s">
         <v>33</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>35</v>
       </c>
       <c r="B10" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>36</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>39</v>
       </c>
       <c r="C11" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" t="s">
         <v>43</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>44</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>48</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B15" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="C15" t="s">
+        <v>26</v>
+      </c>
+      <c r="D15" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>52</v>
+      </c>
+      <c r="B16" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>54</v>
       </c>
       <c r="D16" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>56</v>
       </c>
       <c r="B17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" t="s">
+        <v>26</v>
+      </c>
+      <c r="D17" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>58</v>
+      </c>
+      <c r="B18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" t="s">
         <v>59</v>
       </c>
-      <c r="B18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>60</v>
+      </c>
+      <c r="B19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B20" t="s">
         <v>63</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>64</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>66</v>
+      </c>
+      <c r="B21" t="s">
         <v>67</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>68</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>69</v>
       </c>
       <c r="B22" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B23" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C23" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D23" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B24" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C24" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B25" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C25" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="D25" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>81</v>
       </c>
       <c r="B26" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C26" t="s">
+        <v>26</v>
+      </c>
+      <c r="D26" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>83</v>
       </c>
       <c r="B27" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D27" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>85</v>
       </c>
       <c r="B28" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28" t="s">
         <v>86</v>
       </c>
-      <c r="C28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>87</v>
       </c>
       <c r="B29" t="s">
         <v>88</v>
       </c>
       <c r="C29" t="s">
         <v>89</v>
       </c>
       <c r="D29" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>91</v>
       </c>
       <c r="B30" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D30" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>93</v>
       </c>
       <c r="B31" t="s">
-        <v>11</v>
+        <v>94</v>
       </c>
       <c r="C31" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B32" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>97</v>
       </c>
       <c r="D32" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B33" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C33" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>101</v>
       </c>
       <c r="B34" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C34" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D34" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>103</v>
       </c>
       <c r="B35" t="s">
-        <v>11</v>
+        <v>104</v>
       </c>
       <c r="C35" t="s">
-        <v>104</v>
+        <v>26</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B36" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C36" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B37" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B38" t="s">
-        <v>11</v>
+        <v>111</v>
       </c>
       <c r="C38" t="s">
-        <v>110</v>
+        <v>26</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="C39" t="s">
         <v>113</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>114</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B40" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C40" t="s">
-        <v>115</v>
+        <v>26</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>116</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3"/>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3"/>
       <c r="B49" s="3"/>