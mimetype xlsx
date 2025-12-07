--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,1217 +12,1211 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="389">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>81,135,838,949</t>
+  </si>
+  <si>
     <t>78,500,665,803</t>
   </si>
   <si>
     <t>84,760,435,479</t>
   </si>
   <si>
-    <t>93,788,798,408</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>297,604</t>
   </si>
   <si>
-    <t>5,000</t>
-[...1 lines deleted...]
-  <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
+    <t>49,352,223</t>
+  </si>
+  <si>
     <t>99,112,341</t>
   </si>
   <si>
     <t>89,532,570</t>
   </si>
   <si>
-    <t>87,273,041</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>524,999,614</t>
+  </si>
+  <si>
     <t>572,929,579</t>
   </si>
   <si>
     <t>605,725,061</t>
   </si>
   <si>
-    <t>706,882,865</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>9,176,454</t>
+  </si>
+  <si>
     <t>5,939,011</t>
   </si>
   <si>
     <t>7,101,201</t>
   </si>
   <si>
-    <t>4,842,464</t>
-[...1 lines deleted...]
-  <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
+    <t>99,356</t>
+  </si>
+  <si>
     <t>209,768</t>
   </si>
   <si>
     <t>296,542</t>
   </si>
   <si>
-    <t>318,839</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>77,078</t>
+  </si>
+  <si>
     <t>976,723</t>
   </si>
   <si>
     <t>2,552,210</t>
   </si>
   <si>
-    <t>1,900,298</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
+    <t>24,396,106</t>
+  </si>
+  <si>
     <t>25,685,086</t>
   </si>
   <si>
     <t>10,992,304</t>
   </si>
   <si>
-    <t>30,953,571</t>
-[...1 lines deleted...]
-  <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
+    <t>14,270,234</t>
+  </si>
+  <si>
     <t>14,294,390</t>
   </si>
   <si>
     <t>8,788,666</t>
   </si>
   <si>
-    <t>7,167,569</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>47,535,330</t>
+  </si>
+  <si>
     <t>54,487,230</t>
   </si>
   <si>
     <t>44,839,577</t>
   </si>
   <si>
-    <t>41,406,658</t>
-[...1 lines deleted...]
-  <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
+    <t>15,353,869</t>
+  </si>
+  <si>
     <t>16,257,301</t>
   </si>
   <si>
     <t>11,068,652</t>
   </si>
   <si>
-    <t>13,981,856</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>11,642,327</t>
+  </si>
+  <si>
     <t>11,737,345</t>
   </si>
   <si>
     <t>12,892,805</t>
   </si>
   <si>
-    <t>11,311,567</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>1,941,513</t>
+  </si>
+  <si>
     <t>8,002,523</t>
   </si>
   <si>
     <t>3,089,045</t>
   </si>
   <si>
-    <t>3,409,812</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>19,501,721</t>
+  </si>
+  <si>
     <t>7,725,079</t>
   </si>
   <si>
     <t>10,591,773</t>
   </si>
   <si>
-    <t>17,806,583</t>
-[...1 lines deleted...]
-  <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
+    <t>78,077</t>
+  </si>
+  <si>
     <t>43,893</t>
   </si>
   <si>
     <t>38,350</t>
   </si>
   <si>
-    <t>74,128</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>22,368,446</t>
+  </si>
+  <si>
     <t>12,557,690</t>
   </si>
   <si>
     <t>21,285,328</t>
   </si>
   <si>
-    <t>28,970,666</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>55,177,866</t>
+  </si>
+  <si>
     <t>54,875,565</t>
   </si>
   <si>
     <t>42,439,847</t>
   </si>
   <si>
-    <t>61,714,713</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>10,957,918</t>
+  </si>
+  <si>
     <t>12,610,170</t>
   </si>
   <si>
     <t>22,019,208</t>
   </si>
   <si>
-    <t>12,750,333</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>10,816,957</t>
+  </si>
+  <si>
     <t>21,589,689</t>
   </si>
   <si>
     <t>14,548,367</t>
   </si>
   <si>
-    <t>10,332,784</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>67,866,752</t>
+  </si>
+  <si>
     <t>72,174,222</t>
   </si>
   <si>
     <t>51,520,745</t>
   </si>
   <si>
-    <t>52,576,182</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>25,771,616</t>
+  </si>
+  <si>
     <t>26,996,073</t>
   </si>
   <si>
     <t>33,578,041</t>
   </si>
   <si>
-    <t>21,729,720</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>208,839,569</t>
+  </si>
+  <si>
     <t>338,537,046</t>
   </si>
   <si>
     <t>214,147,679</t>
   </si>
   <si>
-    <t>346,797,157</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>27,690,574</t>
+  </si>
+  <si>
     <t>31,450,619</t>
   </si>
   <si>
     <t>53,118,401</t>
   </si>
   <si>
-    <t>31,999,865</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>7,413,081</t>
+  </si>
+  <si>
     <t>9,861,756</t>
   </si>
   <si>
     <t>9,149,659</t>
   </si>
   <si>
-    <t>5,140,525</t>
-[...1 lines deleted...]
-  <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
+    <t>1,059,766</t>
+  </si>
+  <si>
     <t>9,240</t>
   </si>
   <si>
     <t>6,214</t>
   </si>
   <si>
-    <t>3,310,894</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>25,682,256</t>
+  </si>
+  <si>
     <t>34,192,216</t>
   </si>
   <si>
     <t>35,644,332</t>
   </si>
   <si>
-    <t>29,169,349</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
+    <t>9,987,669</t>
+  </si>
+  <si>
     <t>41,364,573</t>
   </si>
   <si>
     <t>20,572,093</t>
   </si>
   <si>
-    <t>11,486,176</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>180,992,031</t>
+  </si>
+  <si>
     <t>256,519,807</t>
   </si>
   <si>
     <t>230,221,280</t>
   </si>
   <si>
-    <t>242,079,497</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>923,424,582</t>
+  </si>
+  <si>
     <t>759,475,616</t>
   </si>
   <si>
     <t>875,240,437</t>
   </si>
   <si>
-    <t>753,454,221</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>719,613,946</t>
+  </si>
+  <si>
     <t>632,421,139</t>
   </si>
   <si>
     <t>696,646,684</t>
   </si>
   <si>
-    <t>787,556,861</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>509,316,469</t>
+  </si>
+  <si>
     <t>391,710,300</t>
   </si>
   <si>
     <t>494,497,713</t>
   </si>
   <si>
-    <t>411,309,096</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>6,542,729</t>
+  </si>
+  <si>
     <t>3,271,399</t>
   </si>
   <si>
     <t>4,392,527</t>
   </si>
   <si>
-    <t>5,482,243</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>896,826,632</t>
+  </si>
+  <si>
     <t>759,356,066</t>
   </si>
   <si>
     <t>922,389,425</t>
   </si>
   <si>
-    <t>970,637,433</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>404,517,436</t>
+  </si>
+  <si>
     <t>422,857,473</t>
   </si>
   <si>
     <t>337,018,003</t>
   </si>
   <si>
-    <t>487,857,103</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>447,799,580</t>
+  </si>
+  <si>
     <t>443,109,788</t>
   </si>
   <si>
     <t>449,860,674</t>
   </si>
   <si>
-    <t>559,375,467</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>98,337,770</t>
+  </si>
+  <si>
     <t>88,524,799</t>
   </si>
   <si>
     <t>97,173,643</t>
   </si>
   <si>
-    <t>121,154,713</t>
-[...1 lines deleted...]
-  <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
+    <t>22,805,392</t>
+  </si>
+  <si>
     <t>4,989,474</t>
   </si>
   <si>
     <t>4,958,452</t>
   </si>
   <si>
-    <t>3,902,891</t>
-[...1 lines deleted...]
-  <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
+    <t>148,711,388</t>
+  </si>
+  <si>
     <t>151,415,588</t>
   </si>
   <si>
     <t>170,885,550</t>
   </si>
   <si>
-    <t>174,182,663</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>1,814,349,061</t>
+  </si>
+  <si>
     <t>2,032,172,583</t>
   </si>
   <si>
     <t>1,938,666,176</t>
   </si>
   <si>
-    <t>2,204,818,409</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>4,070,441,846</t>
+  </si>
+  <si>
     <t>3,949,683,135</t>
   </si>
   <si>
     <t>4,209,514,801</t>
   </si>
   <si>
-    <t>4,531,363,590</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>1,564,181,171</t>
+  </si>
+  <si>
     <t>1,500,821,267</t>
   </si>
   <si>
     <t>1,742,812,799</t>
   </si>
   <si>
-    <t>1,908,826,785</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>91,641,217</t>
+  </si>
+  <si>
     <t>105,848,576</t>
   </si>
   <si>
     <t>96,360,068</t>
   </si>
   <si>
-    <t>90,241,782</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>37,333,999</t>
+  </si>
+  <si>
     <t>40,455,298</t>
   </si>
   <si>
     <t>36,949,018</t>
   </si>
   <si>
-    <t>30,970,424</t>
-[...1 lines deleted...]
-  <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
+    <t>60,980</t>
+  </si>
+  <si>
     <t>239,603</t>
   </si>
   <si>
     <t>263,350</t>
   </si>
   <si>
-    <t>255,932</t>
-[...1 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>3,562,734</t>
+  </si>
+  <si>
     <t>8,527,881</t>
   </si>
   <si>
     <t>3,859,552</t>
   </si>
   <si>
-    <t>6,976,207</t>
-[...1 lines deleted...]
-  <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
+    <t>774,099</t>
+  </si>
+  <si>
     <t>633,229</t>
   </si>
   <si>
     <t>802,501</t>
   </si>
   <si>
-    <t>499,875</t>
-[...1 lines deleted...]
-  <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>464</t>
+    <t>57,321</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>98,505,694</t>
+  </si>
+  <si>
     <t>128,090,883</t>
   </si>
   <si>
     <t>178,991,543</t>
   </si>
   <si>
-    <t>218,140,394</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>556,590,854</t>
+  </si>
+  <si>
     <t>544,543,442</t>
   </si>
   <si>
     <t>580,436,589</t>
   </si>
   <si>
-    <t>587,826,329</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>64,325,295</t>
+  </si>
+  <si>
     <t>63,349,751</t>
   </si>
   <si>
     <t>56,405,060</t>
   </si>
   <si>
-    <t>58,465,427</t>
-[...1 lines deleted...]
-  <si>
     <t>50 ไหม</t>
   </si>
   <si>
     <t>529,797</t>
   </si>
   <si>
-    <t>320,947</t>
-[...1 lines deleted...]
-  <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
+    <t>205,692</t>
+  </si>
+  <si>
     <t>393,057</t>
   </si>
   <si>
     <t>3,106,615</t>
   </si>
   <si>
-    <t>2,755,852</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>15,112,494</t>
+  </si>
+  <si>
     <t>8,374,148</t>
   </si>
   <si>
     <t>25,260,473</t>
   </si>
   <si>
-    <t>22,658,168</t>
-[...1 lines deleted...]
-  <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
+    <t>544,166</t>
+  </si>
+  <si>
     <t>33,066</t>
   </si>
   <si>
     <t>107,157</t>
   </si>
   <si>
-    <t>996,723</t>
-[...1 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>256,473,244</t>
+  </si>
+  <si>
     <t>233,142,080</t>
   </si>
   <si>
     <t>327,431,028</t>
   </si>
   <si>
-    <t>331,442,407</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>94,785,453</t>
+  </si>
+  <si>
     <t>99,534,539</t>
   </si>
   <si>
     <t>111,369,817</t>
   </si>
   <si>
-    <t>109,602,782</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>148,136,965</t>
+  </si>
+  <si>
     <t>147,938,306</t>
   </si>
   <si>
     <t>145,126,359</t>
   </si>
   <si>
-    <t>182,704,637</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>11,960,882</t>
+  </si>
+  <si>
     <t>8,130,321</t>
   </si>
   <si>
     <t>8,847,593</t>
   </si>
   <si>
-    <t>9,386,531</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>41,853,384</t>
+  </si>
+  <si>
     <t>41,255,416</t>
   </si>
   <si>
     <t>43,664,845</t>
   </si>
   <si>
-    <t>49,185,273</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>105,914,682</t>
+  </si>
+  <si>
     <t>128,645,566</t>
   </si>
   <si>
     <t>136,470,443</t>
   </si>
   <si>
-    <t>139,347,399</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>44,580,439</t>
+  </si>
+  <si>
     <t>46,889,405</t>
   </si>
   <si>
     <t>66,525,541</t>
   </si>
   <si>
-    <t>57,411,135</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>72,921,820</t>
+  </si>
+  <si>
     <t>69,664,990</t>
   </si>
   <si>
     <t>37,384,623</t>
   </si>
   <si>
-    <t>48,508,196</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>73,936,697</t>
+  </si>
+  <si>
     <t>31,352,038</t>
   </si>
   <si>
     <t>85,525,881</t>
   </si>
   <si>
-    <t>27,074,118</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>74,328,190</t>
+  </si>
+  <si>
     <t>78,252,105</t>
   </si>
   <si>
     <t>81,013,623</t>
   </si>
   <si>
-    <t>69,182,300</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>14,871,158</t>
+  </si>
+  <si>
     <t>11,930,468</t>
   </si>
   <si>
     <t>18,038,005</t>
   </si>
   <si>
-    <t>38,011,643</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>8,160,053</t>
+  </si>
+  <si>
     <t>8,170,117</t>
   </si>
   <si>
     <t>7,515,160</t>
   </si>
   <si>
-    <t>6,120,259</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
+    <t>3,521,607</t>
+  </si>
+  <si>
     <t>2,316,329</t>
   </si>
   <si>
     <t>2,064,533</t>
   </si>
   <si>
-    <t>1,965,155</t>
-[...1 lines deleted...]
-  <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>1,467,477</t>
+  </si>
+  <si>
     <t>2,748,540</t>
   </si>
   <si>
     <t>190,021</t>
   </si>
   <si>
-    <t>1,643,908</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>187,142,110</t>
+  </si>
+  <si>
     <t>184,421,563</t>
   </si>
   <si>
     <t>229,936,440</t>
   </si>
   <si>
-    <t>214,974,814</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>390,019,882</t>
+  </si>
+  <si>
     <t>385,976,217</t>
   </si>
   <si>
     <t>404,423,280</t>
   </si>
   <si>
-    <t>434,843,369</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>659,315,258</t>
+  </si>
+  <si>
     <t>596,175,946</t>
   </si>
   <si>
     <t>631,095,938</t>
   </si>
   <si>
-    <t>804,508,908</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>1,763,364,135</t>
+  </si>
+  <si>
     <t>991,689,918</t>
   </si>
   <si>
     <t>1,720,573,438</t>
   </si>
   <si>
-    <t>1,255,668,835</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>9,949,454,903</t>
+  </si>
+  <si>
     <t>11,413,070,878</t>
   </si>
   <si>
     <t>10,444,781,217</t>
   </si>
   <si>
-    <t>10,540,817,815</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>3,644,432,134</t>
+  </si>
+  <si>
     <t>3,296,171,285</t>
   </si>
   <si>
     <t>3,780,753,141</t>
   </si>
   <si>
-    <t>4,011,624,183</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>3,755,968,834</t>
+  </si>
+  <si>
     <t>3,335,405,447</t>
   </si>
   <si>
     <t>3,676,002,309</t>
   </si>
   <si>
-    <t>4,282,591,406</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
+    <t>115,056,703</t>
+  </si>
+  <si>
     <t>63,457,441</t>
   </si>
   <si>
     <t>97,475,538</t>
   </si>
   <si>
-    <t>105,148,872</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>465,838,793</t>
+  </si>
+  <si>
     <t>630,529,731</t>
   </si>
   <si>
     <t>623,051,209</t>
   </si>
   <si>
-    <t>683,919,766</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
+    <t>15,751,967</t>
+  </si>
+  <si>
     <t>14,264,560</t>
   </si>
   <si>
     <t>13,256,486</t>
   </si>
   <si>
-    <t>9,122,147</t>
-[...1 lines deleted...]
-  <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
+    <t>276,446,748</t>
+  </si>
+  <si>
     <t>177,479,413</t>
   </si>
   <si>
     <t>261,032,185</t>
   </si>
   <si>
-    <t>241,586,496</t>
-[...1 lines deleted...]
-  <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
+    <t>48,975,791</t>
+  </si>
+  <si>
     <t>43,881,957</t>
   </si>
   <si>
     <t>47,295,270</t>
   </si>
   <si>
-    <t>40,091,175</t>
-[...1 lines deleted...]
-  <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>105,376,719</t>
+  </si>
+  <si>
     <t>74,178,701</t>
   </si>
   <si>
     <t>82,211,373</t>
   </si>
   <si>
-    <t>118,987,373</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>890,464,537</t>
+  </si>
+  <si>
     <t>887,483,047</t>
   </si>
   <si>
     <t>1,014,180,989</t>
   </si>
   <si>
-    <t>1,307,544,729</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>215,097,102</t>
+  </si>
+  <si>
     <t>198,607,670</t>
   </si>
   <si>
     <t>220,314,155</t>
   </si>
   <si>
-    <t>263,442,781</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>12,789,647,327</t>
+  </si>
+  <si>
     <t>12,845,200,676</t>
   </si>
   <si>
     <t>13,675,708,367</t>
   </si>
   <si>
-    <t>15,583,583,850</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>18,534,113,517</t>
+  </si>
+  <si>
     <t>17,596,779,037</t>
   </si>
   <si>
     <t>19,050,133,558</t>
   </si>
   <si>
-    <t>18,637,327,768</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
+    <t>4,296</t>
+  </si>
+  <si>
     <t>11,649</t>
   </si>
   <si>
     <t>2,234,262</t>
   </si>
   <si>
-    <t>1,844,797</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>7,752,321,419</t>
+  </si>
+  <si>
     <t>6,625,234,092</t>
   </si>
   <si>
     <t>8,228,866,919</t>
   </si>
   <si>
-    <t>9,387,976,429</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>4,693,899</t>
+  </si>
+  <si>
     <t>5,644,412</t>
   </si>
   <si>
     <t>8,772,239</t>
   </si>
   <si>
-    <t>322,190</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
+    <t>9,382,656</t>
+  </si>
+  <si>
     <t>11,242,547</t>
   </si>
   <si>
     <t>10,870,417</t>
   </si>
   <si>
-    <t>3,938,451,383</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>4,201,578,067</t>
+  </si>
+  <si>
     <t>3,906,827,671</t>
   </si>
   <si>
     <t>4,398,799,000</t>
   </si>
   <si>
-    <t>4,510,525,970</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>158,682,140</t>
+  </si>
+  <si>
     <t>152,984,606</t>
   </si>
   <si>
     <t>181,206,631</t>
   </si>
   <si>
-    <t>148,945,739</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>5,967,753</t>
+  </si>
+  <si>
     <t>12,776,596</t>
   </si>
   <si>
     <t>14,647,963</t>
   </si>
   <si>
-    <t>17,044,850</t>
-[...1 lines deleted...]
-  <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
+    <t>110,959</t>
+  </si>
+  <si>
     <t>45,464</t>
   </si>
   <si>
     <t>113,211</t>
   </si>
   <si>
-    <t>246,882</t>
-[...1 lines deleted...]
-  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>146,884,117</t>
+  </si>
+  <si>
     <t>128,994,464</t>
   </si>
   <si>
     <t>143,646,985</t>
   </si>
   <si>
-    <t>175,662,973</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>104,646,221</t>
+  </si>
+  <si>
     <t>91,396,379</t>
   </si>
   <si>
     <t>102,541,150</t>
   </si>
   <si>
-    <t>97,378,098</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>122,593,339</t>
+  </si>
+  <si>
     <t>149,357,692</t>
   </si>
   <si>
     <t>141,602,562</t>
   </si>
   <si>
-    <t>175,970,014</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>964,622</t>
+  </si>
+  <si>
     <t>970,028</t>
   </si>
   <si>
     <t>555,614</t>
-  </si>
-[...1 lines deleted...]
-    <t>1,636,942</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1606,1384 +1600,1384 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>17</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
         <v>20</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>21</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
         <v>24</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>25</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
         <v>28</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>29</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" t="s">
         <v>32</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>33</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" t="s">
         <v>36</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>37</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
         <v>40</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>41</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
         <v>44</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>45</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" t="s">
         <v>48</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>49</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>51</v>
+      </c>
+      <c r="B14" t="s">
         <v>52</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>53</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" t="s">
         <v>56</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>57</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B16" t="s">
         <v>60</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>61</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>63</v>
+      </c>
+      <c r="B17" t="s">
         <v>64</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>65</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>67</v>
+      </c>
+      <c r="B18" t="s">
         <v>68</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>69</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>71</v>
+      </c>
+      <c r="B19" t="s">
         <v>72</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>73</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" t="s">
         <v>76</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>77</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" t="s">
         <v>80</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>81</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" t="s">
         <v>84</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>85</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>87</v>
+      </c>
+      <c r="B23" t="s">
         <v>88</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>89</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" t="s">
         <v>92</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>93</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" t="s">
         <v>96</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>97</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" t="s">
         <v>100</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>101</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" t="s">
         <v>104</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>105</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" t="s">
         <v>108</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>109</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" t="s">
         <v>112</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>113</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>115</v>
+      </c>
+      <c r="B30" t="s">
         <v>116</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>117</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>119</v>
+      </c>
+      <c r="B31" t="s">
         <v>120</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>121</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>123</v>
+      </c>
+      <c r="B32" t="s">
         <v>124</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>125</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>127</v>
+      </c>
+      <c r="B33" t="s">
         <v>128</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>129</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>131</v>
+      </c>
+      <c r="B34" t="s">
         <v>132</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>133</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B35" t="s">
         <v>136</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>137</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>139</v>
+      </c>
+      <c r="B36" t="s">
         <v>140</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>141</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>143</v>
+      </c>
+      <c r="B37" t="s">
         <v>144</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>145</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" t="s">
         <v>148</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>149</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" t="s">
         <v>152</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>153</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" t="s">
         <v>156</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>157</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>159</v>
+      </c>
+      <c r="B41" t="s">
         <v>160</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>161</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" t="s">
         <v>164</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>165</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>167</v>
+      </c>
+      <c r="B43" t="s">
         <v>168</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>169</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>171</v>
+      </c>
+      <c r="B44" t="s">
         <v>172</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>173</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>175</v>
+      </c>
+      <c r="B45" t="s">
         <v>176</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>177</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>179</v>
+      </c>
+      <c r="B46" t="s">
         <v>180</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>181</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>183</v>
+      </c>
+      <c r="B47" t="s">
         <v>184</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>185</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>187</v>
+      </c>
+      <c r="B48" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>9</v>
       </c>
       <c r="D48" t="s">
-        <v>189</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>189</v>
+      </c>
+      <c r="B49" t="s">
         <v>190</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>191</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>193</v>
+      </c>
+      <c r="B50" t="s">
         <v>194</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>195</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>197</v>
+      </c>
+      <c r="B51" t="s">
         <v>198</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>199</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>203</v>
+        <v>9</v>
       </c>
       <c r="D52" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>203</v>
+      </c>
+      <c r="B53" t="s">
+        <v>204</v>
+      </c>
+      <c r="C53" t="s">
         <v>205</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>207</v>
+      </c>
+      <c r="B54" t="s">
+        <v>208</v>
+      </c>
+      <c r="C54" t="s">
         <v>209</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>211</v>
+      </c>
+      <c r="B55" t="s">
+        <v>212</v>
+      </c>
+      <c r="C55" t="s">
         <v>213</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>215</v>
+      </c>
+      <c r="B56" t="s">
+        <v>216</v>
+      </c>
+      <c r="C56" t="s">
         <v>217</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>219</v>
+      </c>
+      <c r="B57" t="s">
+        <v>220</v>
+      </c>
+      <c r="C57" t="s">
         <v>221</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>223</v>
+      </c>
+      <c r="B58" t="s">
+        <v>224</v>
+      </c>
+      <c r="C58" t="s">
         <v>225</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>227</v>
+      </c>
+      <c r="B59" t="s">
+        <v>228</v>
+      </c>
+      <c r="C59" t="s">
         <v>229</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>231</v>
+      </c>
+      <c r="B60" t="s">
+        <v>232</v>
+      </c>
+      <c r="C60" t="s">
         <v>233</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>235</v>
+      </c>
+      <c r="B61" t="s">
+        <v>236</v>
+      </c>
+      <c r="C61" t="s">
         <v>237</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>239</v>
+      </c>
+      <c r="B62" t="s">
+        <v>240</v>
+      </c>
+      <c r="C62" t="s">
         <v>241</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>243</v>
+      </c>
+      <c r="B63" t="s">
+        <v>244</v>
+      </c>
+      <c r="C63" t="s">
         <v>245</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>247</v>
+      </c>
+      <c r="B64" t="s">
+        <v>248</v>
+      </c>
+      <c r="C64" t="s">
         <v>249</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>251</v>
+      </c>
+      <c r="B65" t="s">
+        <v>252</v>
+      </c>
+      <c r="C65" t="s">
         <v>253</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>255</v>
+      </c>
+      <c r="B66" t="s">
+        <v>256</v>
+      </c>
+      <c r="C66" t="s">
         <v>257</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>259</v>
+      </c>
+      <c r="B67" t="s">
+        <v>260</v>
+      </c>
+      <c r="C67" t="s">
         <v>261</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>263</v>
+      </c>
+      <c r="B68" t="s">
+        <v>264</v>
+      </c>
+      <c r="C68" t="s">
         <v>265</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>267</v>
+      </c>
+      <c r="B69" t="s">
+        <v>268</v>
+      </c>
+      <c r="C69" t="s">
         <v>269</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>271</v>
+      </c>
+      <c r="B70" t="s">
+        <v>272</v>
+      </c>
+      <c r="C70" t="s">
         <v>273</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>275</v>
+      </c>
+      <c r="B71" t="s">
+        <v>276</v>
+      </c>
+      <c r="C71" t="s">
         <v>277</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>279</v>
+      </c>
+      <c r="B72" t="s">
+        <v>280</v>
+      </c>
+      <c r="C72" t="s">
         <v>281</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>283</v>
+      </c>
+      <c r="B73" t="s">
+        <v>284</v>
+      </c>
+      <c r="C73" t="s">
         <v>285</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>287</v>
+      </c>
+      <c r="B74" t="s">
+        <v>288</v>
+      </c>
+      <c r="C74" t="s">
         <v>289</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>291</v>
+      </c>
+      <c r="B75" t="s">
+        <v>292</v>
+      </c>
+      <c r="C75" t="s">
         <v>293</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>295</v>
+      </c>
+      <c r="B76" t="s">
+        <v>296</v>
+      </c>
+      <c r="C76" t="s">
         <v>297</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>299</v>
+      </c>
+      <c r="B77" t="s">
+        <v>300</v>
+      </c>
+      <c r="C77" t="s">
         <v>301</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>303</v>
+      </c>
+      <c r="B78" t="s">
+        <v>304</v>
+      </c>
+      <c r="C78" t="s">
         <v>305</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>307</v>
+      </c>
+      <c r="B79" t="s">
+        <v>308</v>
+      </c>
+      <c r="C79" t="s">
         <v>309</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
         <v>310</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>311</v>
+      </c>
+      <c r="B80" t="s">
+        <v>312</v>
+      </c>
+      <c r="C80" t="s">
         <v>313</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>315</v>
+      </c>
+      <c r="B81" t="s">
+        <v>316</v>
+      </c>
+      <c r="C81" t="s">
         <v>317</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
         <v>318</v>
-      </c>
-[...4 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>319</v>
+      </c>
+      <c r="B82" t="s">
+        <v>320</v>
+      </c>
+      <c r="C82" t="s">
         <v>321</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>323</v>
+      </c>
+      <c r="B83" t="s">
+        <v>324</v>
+      </c>
+      <c r="C83" t="s">
         <v>325</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>327</v>
+      </c>
+      <c r="B84" t="s">
+        <v>328</v>
+      </c>
+      <c r="C84" t="s">
         <v>329</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>331</v>
+      </c>
+      <c r="B85" t="s">
+        <v>332</v>
+      </c>
+      <c r="C85" t="s">
         <v>333</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>335</v>
+      </c>
+      <c r="B86" t="s">
+        <v>336</v>
+      </c>
+      <c r="C86" t="s">
         <v>337</v>
       </c>
-      <c r="B86" t="s">
+      <c r="D86" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>339</v>
+      </c>
+      <c r="B87" t="s">
+        <v>340</v>
+      </c>
+      <c r="C87" t="s">
         <v>341</v>
       </c>
-      <c r="B87" t="s">
+      <c r="D87" t="s">
         <v>342</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>343</v>
+      </c>
+      <c r="B88" t="s">
+        <v>344</v>
+      </c>
+      <c r="C88" t="s">
         <v>345</v>
       </c>
-      <c r="B88" t="s">
+      <c r="D88" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>347</v>
+      </c>
+      <c r="B89" t="s">
+        <v>348</v>
+      </c>
+      <c r="C89" t="s">
         <v>349</v>
       </c>
-      <c r="B89" t="s">
+      <c r="D89" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>351</v>
+      </c>
+      <c r="B90" t="s">
+        <v>352</v>
+      </c>
+      <c r="C90" t="s">
         <v>353</v>
       </c>
-      <c r="B90" t="s">
+      <c r="D90" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>355</v>
+      </c>
+      <c r="B91" t="s">
+        <v>356</v>
+      </c>
+      <c r="C91" t="s">
         <v>357</v>
       </c>
-      <c r="B91" t="s">
+      <c r="D91" t="s">
         <v>358</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>359</v>
+      </c>
+      <c r="B92" t="s">
+        <v>360</v>
+      </c>
+      <c r="C92" t="s">
         <v>361</v>
       </c>
-      <c r="B92" t="s">
+      <c r="D92" t="s">
         <v>362</v>
-      </c>
-[...4 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>363</v>
+      </c>
+      <c r="B93" t="s">
+        <v>364</v>
+      </c>
+      <c r="C93" t="s">
         <v>365</v>
       </c>
-      <c r="B93" t="s">
+      <c r="D93" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>367</v>
+      </c>
+      <c r="B94" t="s">
+        <v>368</v>
+      </c>
+      <c r="C94" t="s">
         <v>369</v>
       </c>
-      <c r="B94" t="s">
+      <c r="D94" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>371</v>
+      </c>
+      <c r="B95" t="s">
+        <v>372</v>
+      </c>
+      <c r="C95" t="s">
         <v>373</v>
       </c>
-      <c r="B95" t="s">
+      <c r="D95" t="s">
         <v>374</v>
-      </c>
-[...4 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>375</v>
+      </c>
+      <c r="B96" t="s">
+        <v>376</v>
+      </c>
+      <c r="C96" t="s">
         <v>377</v>
       </c>
-      <c r="B96" t="s">
+      <c r="D96" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>379</v>
+      </c>
+      <c r="B97" t="s">
+        <v>380</v>
+      </c>
+      <c r="C97" t="s">
         <v>381</v>
       </c>
-      <c r="B97" t="s">
+      <c r="D97" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>383</v>
+      </c>
+      <c r="B98" t="s">
+        <v>384</v>
+      </c>
+      <c r="C98" t="s">
         <v>385</v>
       </c>
-      <c r="B98" t="s">
+      <c r="D98" t="s">
         <v>386</v>
-      </c>
-[...4 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3"/>
       <c r="B106" s="3"/>
       <c r="C106" s="3"/>
       <c r="D106" s="3"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3"/>
       <c r="B107" s="3"/>