--- v1 (2025-12-07)
+++ v2 (2026-03-12)
@@ -12,1211 +12,1214 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>81,135,838,949</t>
-[...5 lines deleted...]
-    <t>84,760,435,479</t>
+    <t>77,654,677,881</t>
+  </si>
+  <si>
+    <t>82,541,145,680</t>
+  </si>
+  <si>
+    <t>79,801,767,097</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>4,254</t>
+  </si>
+  <si>
+    <t>284,732</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
-    <t>297,604</t>
-[...1 lines deleted...]
-  <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
-    <t>49,352,223</t>
-[...5 lines deleted...]
-    <t>89,532,570</t>
+    <t>96,815,793</t>
+  </si>
+  <si>
+    <t>97,050,249</t>
+  </si>
+  <si>
+    <t>110,180,415</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>524,999,614</t>
-[...5 lines deleted...]
-    <t>605,725,061</t>
+    <t>638,544,725</t>
+  </si>
+  <si>
+    <t>534,218,841</t>
+  </si>
+  <si>
+    <t>524,427,069</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>9,176,454</t>
-[...5 lines deleted...]
-    <t>7,101,201</t>
+    <t>5,391,469</t>
+  </si>
+  <si>
+    <t>13,482,695</t>
+  </si>
+  <si>
+    <t>14,094,420</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>99,356</t>
-[...5 lines deleted...]
-    <t>296,542</t>
+    <t>231,804</t>
+  </si>
+  <si>
+    <t>117,606</t>
+  </si>
+  <si>
+    <t>256,503</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>77,078</t>
-[...5 lines deleted...]
-    <t>2,552,210</t>
+    <t>33,463</t>
+  </si>
+  <si>
+    <t>606,589</t>
+  </si>
+  <si>
+    <t>60,308</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>24,396,106</t>
-[...5 lines deleted...]
-    <t>10,992,304</t>
+    <t>33,299,665</t>
+  </si>
+  <si>
+    <t>52,765,697</t>
+  </si>
+  <si>
+    <t>40,726,899</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>14,270,234</t>
-[...5 lines deleted...]
-    <t>8,788,666</t>
+    <t>46,120,106</t>
+  </si>
+  <si>
+    <t>65,063,434</t>
+  </si>
+  <si>
+    <t>44,124,144</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>47,535,330</t>
-[...5 lines deleted...]
-    <t>44,839,577</t>
+    <t>25,493,477</t>
+  </si>
+  <si>
+    <t>68,565,761</t>
+  </si>
+  <si>
+    <t>65,471,440</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>15,353,869</t>
-[...5 lines deleted...]
-    <t>11,068,652</t>
+    <t>12,548,105</t>
+  </si>
+  <si>
+    <t>21,852,130</t>
+  </si>
+  <si>
+    <t>15,781,710</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>11,642,327</t>
-[...5 lines deleted...]
-    <t>12,892,805</t>
+    <t>8,385,197</t>
+  </si>
+  <si>
+    <t>16,642,385</t>
+  </si>
+  <si>
+    <t>16,364,848</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>1,941,513</t>
-[...5 lines deleted...]
-    <t>3,089,045</t>
+    <t>839,962</t>
+  </si>
+  <si>
+    <t>3,540,391</t>
+  </si>
+  <si>
+    <t>3,600,333</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>19,501,721</t>
-[...5 lines deleted...]
-    <t>10,591,773</t>
+    <t>14,311,195</t>
+  </si>
+  <si>
+    <t>14,316,810</t>
+  </si>
+  <si>
+    <t>25,033,788</t>
   </si>
   <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
-    <t>78,077</t>
-[...5 lines deleted...]
-    <t>38,350</t>
+    <t>2,787</t>
+  </si>
+  <si>
+    <t>89,668</t>
+  </si>
+  <si>
+    <t>47,342</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>22,368,446</t>
-[...5 lines deleted...]
-    <t>21,285,328</t>
+    <t>12,691,823</t>
+  </si>
+  <si>
+    <t>12,782,293</t>
+  </si>
+  <si>
+    <t>19,088,676</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>55,177,866</t>
-[...5 lines deleted...]
-    <t>42,439,847</t>
+    <t>66,499,835</t>
+  </si>
+  <si>
+    <t>75,624,477</t>
+  </si>
+  <si>
+    <t>85,290,281</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>10,957,918</t>
-[...5 lines deleted...]
-    <t>22,019,208</t>
+    <t>10,236,982</t>
+  </si>
+  <si>
+    <t>7,681,121</t>
+  </si>
+  <si>
+    <t>18,843,624</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>10,816,957</t>
-[...5 lines deleted...]
-    <t>14,548,367</t>
+    <t>13,936,050</t>
+  </si>
+  <si>
+    <t>11,994,982</t>
+  </si>
+  <si>
+    <t>13,385,031</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>67,866,752</t>
-[...5 lines deleted...]
-    <t>51,520,745</t>
+    <t>46,761,377</t>
+  </si>
+  <si>
+    <t>60,071,406</t>
+  </si>
+  <si>
+    <t>65,674,090</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>25,771,616</t>
-[...5 lines deleted...]
-    <t>33,578,041</t>
+    <t>14,271,236</t>
+  </si>
+  <si>
+    <t>40,847,724</t>
+  </si>
+  <si>
+    <t>43,486,675</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>208,839,569</t>
-[...5 lines deleted...]
-    <t>214,147,679</t>
+    <t>163,652,324</t>
+  </si>
+  <si>
+    <t>172,247,689</t>
+  </si>
+  <si>
+    <t>164,224,593</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>27,690,574</t>
-[...5 lines deleted...]
-    <t>53,118,401</t>
+    <t>25,532,563</t>
+  </si>
+  <si>
+    <t>62,029,756</t>
+  </si>
+  <si>
+    <t>40,130,183</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>7,413,081</t>
-[...5 lines deleted...]
-    <t>9,149,659</t>
+    <t>9,055,960</t>
+  </si>
+  <si>
+    <t>18,743,381</t>
+  </si>
+  <si>
+    <t>21,262,862</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>1,059,766</t>
-[...5 lines deleted...]
-    <t>6,214</t>
+    <t>2,509</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>25,682,256</t>
-[...5 lines deleted...]
-    <t>35,644,332</t>
+    <t>26,967,941</t>
+  </si>
+  <si>
+    <t>32,292,291</t>
+  </si>
+  <si>
+    <t>28,738,723</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>9,987,669</t>
-[...5 lines deleted...]
-    <t>20,572,093</t>
+    <t>22,714,191</t>
+  </si>
+  <si>
+    <t>29,358,429</t>
+  </si>
+  <si>
+    <t>41,823,579</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>180,992,031</t>
-[...5 lines deleted...]
-    <t>230,221,280</t>
+    <t>157,806,156</t>
+  </si>
+  <si>
+    <t>273,580,949</t>
+  </si>
+  <si>
+    <t>186,288,580</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>923,424,582</t>
-[...5 lines deleted...]
-    <t>875,240,437</t>
+    <t>917,091,366</t>
+  </si>
+  <si>
+    <t>916,506,331</t>
+  </si>
+  <si>
+    <t>961,288,192</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>719,613,946</t>
-[...5 lines deleted...]
-    <t>696,646,684</t>
+    <t>628,550,337</t>
+  </si>
+  <si>
+    <t>640,223,608</t>
+  </si>
+  <si>
+    <t>617,481,868</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>509,316,469</t>
-[...5 lines deleted...]
-    <t>494,497,713</t>
+    <t>499,575,946</t>
+  </si>
+  <si>
+    <t>396,306,124</t>
+  </si>
+  <si>
+    <t>340,447,032</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>6,542,729</t>
-[...5 lines deleted...]
-    <t>4,392,527</t>
+    <t>7,762,863</t>
+  </si>
+  <si>
+    <t>3,969,607</t>
+  </si>
+  <si>
+    <t>3,623,985</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>896,826,632</t>
-[...5 lines deleted...]
-    <t>922,389,425</t>
+    <t>706,100,834</t>
+  </si>
+  <si>
+    <t>830,563,443</t>
+  </si>
+  <si>
+    <t>889,030,036</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>404,517,436</t>
-[...5 lines deleted...]
-    <t>337,018,003</t>
+    <t>354,132,274</t>
+  </si>
+  <si>
+    <t>424,247,684</t>
+  </si>
+  <si>
+    <t>393,196,365</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>447,799,580</t>
-[...5 lines deleted...]
-    <t>449,860,674</t>
+    <t>410,724,477</t>
+  </si>
+  <si>
+    <t>459,960,801</t>
+  </si>
+  <si>
+    <t>437,229,206</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>98,337,770</t>
-[...5 lines deleted...]
-    <t>97,173,643</t>
+    <t>94,933,690</t>
+  </si>
+  <si>
+    <t>68,902,133</t>
+  </si>
+  <si>
+    <t>89,672,035</t>
   </si>
   <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
-    <t>22,805,392</t>
-[...5 lines deleted...]
-    <t>4,958,452</t>
+    <t>7,499,403</t>
+  </si>
+  <si>
+    <t>12,510,087</t>
+  </si>
+  <si>
+    <t>14,041,558</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>148,711,388</t>
-[...5 lines deleted...]
-    <t>170,885,550</t>
+    <t>136,253,562</t>
+  </si>
+  <si>
+    <t>131,477,409</t>
+  </si>
+  <si>
+    <t>160,025,227</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>1,814,349,061</t>
-[...5 lines deleted...]
-    <t>1,938,666,176</t>
+    <t>2,275,513,843</t>
+  </si>
+  <si>
+    <t>1,734,477,211</t>
+  </si>
+  <si>
+    <t>1,919,814,104</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>4,070,441,846</t>
-[...5 lines deleted...]
-    <t>4,209,514,801</t>
+    <t>3,582,882,558</t>
+  </si>
+  <si>
+    <t>3,494,502,860</t>
+  </si>
+  <si>
+    <t>3,671,068,694</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>1,564,181,171</t>
-[...5 lines deleted...]
-    <t>1,742,812,799</t>
+    <t>1,403,335,408</t>
+  </si>
+  <si>
+    <t>1,412,624,616</t>
+  </si>
+  <si>
+    <t>1,671,051,907</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>91,641,217</t>
-[...5 lines deleted...]
-    <t>96,360,068</t>
+    <t>81,595,810</t>
+  </si>
+  <si>
+    <t>89,180,517</t>
+  </si>
+  <si>
+    <t>76,394,026</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>37,333,999</t>
-[...5 lines deleted...]
-    <t>36,949,018</t>
+    <t>29,709,225</t>
+  </si>
+  <si>
+    <t>27,454,554</t>
+  </si>
+  <si>
+    <t>28,630,659</t>
   </si>
   <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
-    <t>60,980</t>
-[...5 lines deleted...]
-    <t>263,350</t>
+    <t>56,002</t>
+  </si>
+  <si>
+    <t>125,681</t>
+  </si>
+  <si>
+    <t>265,637</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>3,562,734</t>
-[...5 lines deleted...]
-    <t>3,859,552</t>
+    <t>5,476,272</t>
+  </si>
+  <si>
+    <t>2,468,211</t>
+  </si>
+  <si>
+    <t>7,446,586</t>
   </si>
   <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
-    <t>774,099</t>
-[...5 lines deleted...]
-    <t>802,501</t>
+    <t>686,913</t>
+  </si>
+  <si>
+    <t>260,424</t>
+  </si>
+  <si>
+    <t>559,287</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>57,321</t>
+    <t>11,604</t>
+  </si>
+  <si>
+    <t>8,208</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>98,505,694</t>
-[...5 lines deleted...]
-    <t>178,991,543</t>
+    <t>80,664,173</t>
+  </si>
+  <si>
+    <t>79,320,784</t>
+  </si>
+  <si>
+    <t>71,394,166</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>556,590,854</t>
-[...5 lines deleted...]
-    <t>580,436,589</t>
+    <t>490,193,003</t>
+  </si>
+  <si>
+    <t>474,526,871</t>
+  </si>
+  <si>
+    <t>519,739,822</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>64,325,295</t>
-[...5 lines deleted...]
-    <t>56,405,060</t>
+    <t>50,455,174</t>
+  </si>
+  <si>
+    <t>69,535,329</t>
+  </si>
+  <si>
+    <t>69,458,693</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>529,797</t>
+    <t>764,561</t>
+  </si>
+  <si>
+    <t>184,225</t>
+  </si>
+  <si>
+    <t>61,072</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>205,692</t>
-[...5 lines deleted...]
-    <t>3,106,615</t>
+    <t>39,022</t>
+  </si>
+  <si>
+    <t>469,458</t>
+  </si>
+  <si>
+    <t>451,229</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>15,112,494</t>
-[...5 lines deleted...]
-    <t>25,260,473</t>
+    <t>16,348,496</t>
+  </si>
+  <si>
+    <t>14,682,429</t>
+  </si>
+  <si>
+    <t>6,607,622</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>544,166</t>
-[...5 lines deleted...]
-    <t>107,157</t>
+    <t>279,401</t>
+  </si>
+  <si>
+    <t>1,035,501</t>
+  </si>
+  <si>
+    <t>283,926</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>256,473,244</t>
-[...5 lines deleted...]
-    <t>327,431,028</t>
+    <t>252,888,878</t>
+  </si>
+  <si>
+    <t>246,122,750</t>
+  </si>
+  <si>
+    <t>291,198,008</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>94,785,453</t>
-[...5 lines deleted...]
-    <t>111,369,817</t>
+    <t>107,749,218</t>
+  </si>
+  <si>
+    <t>106,484,123</t>
+  </si>
+  <si>
+    <t>73,841,356</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>148,136,965</t>
-[...5 lines deleted...]
-    <t>145,126,359</t>
+    <t>138,697,320</t>
+  </si>
+  <si>
+    <t>139,557,202</t>
+  </si>
+  <si>
+    <t>136,888,264</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>11,960,882</t>
-[...5 lines deleted...]
-    <t>8,847,593</t>
+    <t>3,737,789</t>
+  </si>
+  <si>
+    <t>9,118,536</t>
+  </si>
+  <si>
+    <t>11,245,949</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>41,853,384</t>
-[...5 lines deleted...]
-    <t>43,664,845</t>
+    <t>34,789,755</t>
+  </si>
+  <si>
+    <t>34,873,588</t>
+  </si>
+  <si>
+    <t>30,207,508</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>105,914,682</t>
-[...5 lines deleted...]
-    <t>136,470,443</t>
+    <t>110,046,531</t>
+  </si>
+  <si>
+    <t>115,169,098</t>
+  </si>
+  <si>
+    <t>112,159,141</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>44,580,439</t>
-[...5 lines deleted...]
-    <t>66,525,541</t>
+    <t>43,502,402</t>
+  </si>
+  <si>
+    <t>31,008,483</t>
+  </si>
+  <si>
+    <t>33,788,765</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>72,921,820</t>
-[...5 lines deleted...]
-    <t>37,384,623</t>
+    <t>28,782,292</t>
+  </si>
+  <si>
+    <t>39,110,690</t>
+  </si>
+  <si>
+    <t>67,044,021</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>73,936,697</t>
-[...5 lines deleted...]
-    <t>85,525,881</t>
+    <t>31,954,136</t>
+  </si>
+  <si>
+    <t>28,069,635</t>
+  </si>
+  <si>
+    <t>32,719,733</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>74,328,190</t>
-[...5 lines deleted...]
-    <t>81,013,623</t>
+    <t>72,245,013</t>
+  </si>
+  <si>
+    <t>76,572,317</t>
+  </si>
+  <si>
+    <t>72,329,907</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>14,871,158</t>
-[...5 lines deleted...]
-    <t>18,038,005</t>
+    <t>13,880,775</t>
+  </si>
+  <si>
+    <t>14,010,452</t>
+  </si>
+  <si>
+    <t>20,686,961</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>8,160,053</t>
-[...5 lines deleted...]
-    <t>7,515,160</t>
+    <t>4,838,321</t>
+  </si>
+  <si>
+    <t>6,609,913</t>
+  </si>
+  <si>
+    <t>6,147,015</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>3,521,607</t>
-[...5 lines deleted...]
-    <t>2,064,533</t>
+    <t>1,255,199</t>
+  </si>
+  <si>
+    <t>1,542,790</t>
+  </si>
+  <si>
+    <t>1,608,377</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>1,467,477</t>
-[...5 lines deleted...]
-    <t>190,021</t>
+    <t>176,609</t>
+  </si>
+  <si>
+    <t>1,211,077</t>
+  </si>
+  <si>
+    <t>1,034,901</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>187,142,110</t>
-[...5 lines deleted...]
-    <t>229,936,440</t>
+    <t>195,452,819</t>
+  </si>
+  <si>
+    <t>188,991,664</t>
+  </si>
+  <si>
+    <t>169,236,202</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>390,019,882</t>
-[...5 lines deleted...]
-    <t>404,423,280</t>
+    <t>355,644,710</t>
+  </si>
+  <si>
+    <t>426,004,540</t>
+  </si>
+  <si>
+    <t>433,471,588</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>659,315,258</t>
-[...5 lines deleted...]
-    <t>631,095,938</t>
+    <t>461,500,777</t>
+  </si>
+  <si>
+    <t>492,110,737</t>
+  </si>
+  <si>
+    <t>477,752,127</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>1,763,364,135</t>
-[...5 lines deleted...]
-    <t>1,720,573,438</t>
+    <t>1,214,919,351</t>
+  </si>
+  <si>
+    <t>1,116,796,648</t>
+  </si>
+  <si>
+    <t>1,345,654,444</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>9,949,454,903</t>
-[...5 lines deleted...]
-    <t>10,444,781,217</t>
+    <t>7,885,556,332</t>
+  </si>
+  <si>
+    <t>10,449,237,402</t>
+  </si>
+  <si>
+    <t>9,284,642,354</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>3,644,432,134</t>
-[...5 lines deleted...]
-    <t>3,780,753,141</t>
+    <t>3,321,217,965</t>
+  </si>
+  <si>
+    <t>3,487,061,421</t>
+  </si>
+  <si>
+    <t>3,596,983,590</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>3,755,968,834</t>
-[...5 lines deleted...]
-    <t>3,676,002,309</t>
+    <t>3,547,846,966</t>
+  </si>
+  <si>
+    <t>4,154,210,788</t>
+  </si>
+  <si>
+    <t>3,516,466,996</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>115,056,703</t>
-[...5 lines deleted...]
-    <t>97,475,538</t>
+    <t>128,301,604</t>
+  </si>
+  <si>
+    <t>79,467,275</t>
+  </si>
+  <si>
+    <t>90,207,620</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>465,838,793</t>
-[...5 lines deleted...]
-    <t>623,051,209</t>
+    <t>706,970,989</t>
+  </si>
+  <si>
+    <t>526,012,865</t>
+  </si>
+  <si>
+    <t>629,045,361</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>15,751,967</t>
-[...5 lines deleted...]
-    <t>13,256,486</t>
+    <t>4,398,641</t>
+  </si>
+  <si>
+    <t>5,875,667</t>
+  </si>
+  <si>
+    <t>4,864,152</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>276,446,748</t>
-[...5 lines deleted...]
-    <t>261,032,185</t>
+    <t>340,817,187</t>
+  </si>
+  <si>
+    <t>241,907,017</t>
+  </si>
+  <si>
+    <t>235,713,499</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>48,975,791</t>
-[...5 lines deleted...]
-    <t>47,295,270</t>
+    <t>62,868,186</t>
+  </si>
+  <si>
+    <t>48,475,329</t>
+  </si>
+  <si>
+    <t>29,381,977</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>105,376,719</t>
-[...5 lines deleted...]
-    <t>82,211,373</t>
+    <t>60,231,065</t>
+  </si>
+  <si>
+    <t>107,118,077</t>
+  </si>
+  <si>
+    <t>139,875,731</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>890,464,537</t>
-[...5 lines deleted...]
-    <t>1,014,180,989</t>
+    <t>719,300,854</t>
+  </si>
+  <si>
+    <t>806,803,394</t>
+  </si>
+  <si>
+    <t>840,784,183</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>215,097,102</t>
-[...5 lines deleted...]
-    <t>220,314,155</t>
+    <t>215,838,402</t>
+  </si>
+  <si>
+    <t>185,982,828</t>
+  </si>
+  <si>
+    <t>194,727,113</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>12,789,647,327</t>
-[...5 lines deleted...]
-    <t>13,675,708,367</t>
+    <t>12,940,509,875</t>
+  </si>
+  <si>
+    <t>13,676,755,644</t>
+  </si>
+  <si>
+    <t>12,698,184,857</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>18,534,113,517</t>
-[...5 lines deleted...]
-    <t>19,050,133,558</t>
+    <t>18,504,019,583</t>
+  </si>
+  <si>
+    <t>18,617,253,835</t>
+  </si>
+  <si>
+    <t>18,810,251,718</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>4,296</t>
-[...5 lines deleted...]
-    <t>2,234,262</t>
+    <t>3,814,408</t>
+  </si>
+  <si>
+    <t>2,958,714</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>7,752,321,419</t>
-[...5 lines deleted...]
-    <t>8,228,866,919</t>
+    <t>8,268,696,431</t>
+  </si>
+  <si>
+    <t>9,235,778,281</t>
+  </si>
+  <si>
+    <t>7,951,713,194</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>4,693,899</t>
-[...5 lines deleted...]
-    <t>8,772,239</t>
+    <t>4,392,241</t>
+  </si>
+  <si>
+    <t>999,731</t>
+  </si>
+  <si>
+    <t>3,584,689</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>9,382,656</t>
-[...5 lines deleted...]
-    <t>10,870,417</t>
+    <t>5,810,301</t>
+  </si>
+  <si>
+    <t>10,748,285</t>
+  </si>
+  <si>
+    <t>7,961,257</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>4,201,578,067</t>
-[...5 lines deleted...]
-    <t>4,398,799,000</t>
+    <t>4,124,986,083</t>
+  </si>
+  <si>
+    <t>4,342,196,067</t>
+  </si>
+  <si>
+    <t>4,351,489,869</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>158,682,140</t>
-[...5 lines deleted...]
-    <t>181,206,631</t>
+    <t>138,297,982</t>
+  </si>
+  <si>
+    <t>159,593,349</t>
+  </si>
+  <si>
+    <t>147,736,092</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>5,967,753</t>
-[...5 lines deleted...]
-    <t>14,647,963</t>
+    <t>13,368,468</t>
+  </si>
+  <si>
+    <t>11,010,434</t>
+  </si>
+  <si>
+    <t>10,249,260</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>110,959</t>
-[...5 lines deleted...]
-    <t>113,211</t>
+    <t>15,542</t>
+  </si>
+  <si>
+    <t>18,660</t>
+  </si>
+  <si>
+    <t>98,948</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>146,884,117</t>
-[...5 lines deleted...]
-    <t>143,646,985</t>
+    <t>128,147,279</t>
+  </si>
+  <si>
+    <t>142,442,743</t>
+  </si>
+  <si>
+    <t>160,045,411</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>104,646,221</t>
-[...5 lines deleted...]
-    <t>102,541,150</t>
+    <t>117,231,987</t>
+  </si>
+  <si>
+    <t>112,730,468</t>
+  </si>
+  <si>
+    <t>102,773,591</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>122,593,339</t>
-[...5 lines deleted...]
-    <t>141,602,562</t>
+    <t>106,990,693</t>
+  </si>
+  <si>
+    <t>94,184,528</t>
+  </si>
+  <si>
+    <t>134,601,839</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>964,622</t>
-[...5 lines deleted...]
-    <t>555,614</t>
+    <t>199,756</t>
+  </si>
+  <si>
+    <t>549,965</t>
+  </si>
+  <si>
+    <t>2,733,557</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1600,1384 +1603,1384 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C16" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C21" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D21" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D22" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>102</v>
+      </c>
+      <c r="B27" t="s">
         <v>103</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>104</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" t="s">
         <v>107</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>108</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" t="s">
         <v>111</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>112</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>114</v>
+      </c>
+      <c r="B30" t="s">
         <v>115</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>116</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" t="s">
         <v>119</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>120</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>122</v>
+      </c>
+      <c r="B32" t="s">
         <v>123</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>124</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>126</v>
+      </c>
+      <c r="B33" t="s">
         <v>127</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>128</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>130</v>
+      </c>
+      <c r="B34" t="s">
         <v>131</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>132</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>134</v>
+      </c>
+      <c r="B35" t="s">
         <v>135</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>136</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>138</v>
+      </c>
+      <c r="B36" t="s">
         <v>139</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>140</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>142</v>
+      </c>
+      <c r="B37" t="s">
         <v>143</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>144</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>146</v>
+      </c>
+      <c r="B38" t="s">
         <v>147</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>148</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>150</v>
+      </c>
+      <c r="B39" t="s">
         <v>151</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>152</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>154</v>
+      </c>
+      <c r="B40" t="s">
         <v>155</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>156</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>158</v>
+      </c>
+      <c r="B41" t="s">
         <v>159</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>160</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>162</v>
+      </c>
+      <c r="B42" t="s">
         <v>163</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>164</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>166</v>
+      </c>
+      <c r="B43" t="s">
         <v>167</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>168</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>170</v>
+      </c>
+      <c r="B44" t="s">
         <v>171</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>172</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>174</v>
+      </c>
+      <c r="B45" t="s">
         <v>175</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>176</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>178</v>
+      </c>
+      <c r="B46" t="s">
         <v>179</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>180</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>182</v>
+      </c>
+      <c r="B47" t="s">
         <v>183</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>184</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>186</v>
+      </c>
+      <c r="B48" t="s">
         <v>187</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>189</v>
       </c>
       <c r="B49" t="s">
         <v>190</v>
       </c>
       <c r="C49" t="s">
         <v>191</v>
       </c>
       <c r="D49" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>194</v>
       </c>
       <c r="C50" t="s">
         <v>195</v>
       </c>
       <c r="D50" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>197</v>
       </c>
       <c r="B51" t="s">
         <v>198</v>
       </c>
       <c r="C51" t="s">
         <v>199</v>
       </c>
       <c r="D51" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>201</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
       <c r="C52" t="s">
-        <v>9</v>
+        <v>203</v>
       </c>
       <c r="D52" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B53" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C53" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D53" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B54" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C54" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D54" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B55" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C55" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D55" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B56" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C56" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D56" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B57" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C57" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D57" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B58" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C58" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D58" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B59" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C59" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D59" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B60" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C60" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D60" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B61" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C61" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D61" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B62" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C62" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D62" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B63" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C63" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D63" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B64" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C64" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D64" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B65" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C65" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D65" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B66" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C66" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D66" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B67" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C67" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D67" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B68" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C68" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D68" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B69" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C69" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D69" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B70" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C70" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D70" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B71" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C71" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D71" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B72" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C72" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D72" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B73" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C73" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D73" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B74" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C74" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D74" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B75" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C75" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D75" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B76" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C76" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D76" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B77" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C77" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D77" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B78" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C78" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D78" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B79" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C79" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D79" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B80" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C80" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D80" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B81" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C81" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D81" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B82" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C82" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D82" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B83" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C83" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D83" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B84" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C84" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D84" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B85" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C85" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D85" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B86" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C86" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D86" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B87" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C87" t="s">
-        <v>341</v>
+        <v>11</v>
       </c>
       <c r="D87" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B88" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C88" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D88" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B89" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C89" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D89" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B90" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C90" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D90" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B91" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C91" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D91" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B92" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C92" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D92" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B93" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C93" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D93" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B94" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C94" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D94" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B95" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C95" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D95" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B96" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C96" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D96" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B97" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C97" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D97" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B98" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C98" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D98" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3"/>
       <c r="B106" s="3"/>
       <c r="C106" s="3"/>
       <c r="D106" s="3"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3"/>
       <c r="B107" s="3"/>