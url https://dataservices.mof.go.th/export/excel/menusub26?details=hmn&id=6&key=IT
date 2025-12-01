--- v0 (2025-10-02)
+++ v1 (2025-12-01)
@@ -12,1130 +12,1124 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="358">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>7,862,187,871</t>
+  </si>
+  <si>
     <t>8,087,574,478</t>
   </si>
   <si>
     <t>8,197,809,504</t>
   </si>
   <si>
-    <t>8,901,135,733</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>51,917</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
     <t>10,000</t>
   </si>
   <si>
-    <t>33,711</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>1,052,395</t>
+  </si>
+  <si>
     <t>1,046,814</t>
   </si>
   <si>
     <t>345,685</t>
   </si>
   <si>
-    <t>189,041</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>22,794,472</t>
+  </si>
+  <si>
     <t>34,759,569</t>
   </si>
   <si>
     <t>33,118,163</t>
   </si>
   <si>
-    <t>44,155,981</t>
-[...1 lines deleted...]
-  <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
     <t>1,461,595</t>
   </si>
   <si>
-    <t>28,107,991</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>1,492</t>
+  </si>
+  <si>
     <t>29,121</t>
   </si>
   <si>
     <t>147,414</t>
   </si>
   <si>
-    <t>72,622</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
+    <t>394,451</t>
+  </si>
+  <si>
     <t>986,263</t>
   </si>
   <si>
     <t>194,073</t>
   </si>
   <si>
-    <t>633,006</t>
-[...1 lines deleted...]
-  <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
     <t>846,470</t>
   </si>
   <si>
     <t>464,351</t>
   </si>
   <si>
-    <t>1,160,742</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>9,571,082</t>
+  </si>
+  <si>
     <t>1,380,683</t>
   </si>
   <si>
     <t>3,704,187</t>
   </si>
   <si>
-    <t>5,722,585</t>
-[...1 lines deleted...]
-  <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
+    <t>108,701</t>
+  </si>
+  <si>
     <t>775,587</t>
   </si>
   <si>
     <t>61,313</t>
   </si>
   <si>
-    <t>2,148,583</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>12,733,860</t>
+  </si>
+  <si>
     <t>6,221,549</t>
   </si>
   <si>
     <t>31,580,010</t>
   </si>
   <si>
-    <t>10,002,902</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>7,705,521</t>
+  </si>
+  <si>
     <t>6,646,373</t>
   </si>
   <si>
     <t>14,319,021</t>
   </si>
   <si>
-    <t>10,586,020</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>7,713,240</t>
+  </si>
+  <si>
     <t>10,817,755</t>
   </si>
   <si>
     <t>20,723,985</t>
   </si>
   <si>
-    <t>8,219,235</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>36,135,140</t>
+  </si>
+  <si>
     <t>44,468,661</t>
   </si>
   <si>
     <t>47,420,447</t>
   </si>
   <si>
-    <t>60,344,395</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>3,292,449</t>
+  </si>
+  <si>
     <t>3,703,007</t>
   </si>
   <si>
     <t>3,424,265</t>
   </si>
   <si>
-    <t>2,972,872</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>14,517,193</t>
+  </si>
+  <si>
     <t>3,187,425</t>
   </si>
   <si>
     <t>2,666,484</t>
   </si>
   <si>
-    <t>3,977,981</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>17,358,330</t>
+  </si>
+  <si>
     <t>5,089,972</t>
   </si>
   <si>
     <t>17,405,425</t>
   </si>
   <si>
-    <t>7,561,943</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>54,807,032</t>
+  </si>
+  <si>
     <t>87,538,003</t>
   </si>
   <si>
     <t>94,274,605</t>
   </si>
   <si>
-    <t>78,434,022</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>22,619,824</t>
+  </si>
+  <si>
     <t>33,806,288</t>
   </si>
   <si>
     <t>31,578,286</t>
   </si>
   <si>
-    <t>24,523,796</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>32,995,291</t>
+  </si>
+  <si>
     <t>29,244,526</t>
   </si>
   <si>
     <t>20,150,567</t>
   </si>
   <si>
-    <t>27,985,379</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>89,701,136</t>
+  </si>
+  <si>
     <t>109,459,343</t>
   </si>
   <si>
     <t>76,660,030</t>
   </si>
   <si>
-    <t>115,953,050</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>50,892,508</t>
+  </si>
+  <si>
     <t>86,251,265</t>
   </si>
   <si>
     <t>70,904,120</t>
   </si>
   <si>
-    <t>66,259,121</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>12,818,885</t>
+  </si>
+  <si>
     <t>10,542,312</t>
   </si>
   <si>
     <t>9,004,298</t>
   </si>
   <si>
-    <t>11,312,527</t>
+    <t>26 สินแร่ ตะกรันและเถ้า</t>
+  </si>
+  <si>
+    <t>2,171,366</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>6,141,919</t>
+  </si>
+  <si>
     <t>4,367,009</t>
   </si>
   <si>
     <t>4,432,076</t>
   </si>
   <si>
-    <t>5,782,409</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>60,118,830</t>
+  </si>
+  <si>
     <t>60,157,506</t>
   </si>
   <si>
     <t>67,634,064</t>
   </si>
   <si>
-    <t>58,924,629</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>86,785,462</t>
+  </si>
+  <si>
     <t>69,405,179</t>
   </si>
   <si>
     <t>97,143,469</t>
   </si>
   <si>
-    <t>33,567,963</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>426,500,828</t>
+  </si>
+  <si>
     <t>508,224,421</t>
   </si>
   <si>
     <t>494,667,723</t>
   </si>
   <si>
-    <t>510,810,340</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>1,593,755</t>
+  </si>
+  <si>
     <t>3,999,546</t>
   </si>
   <si>
     <t>1,153,327</t>
   </si>
   <si>
-    <t>733,340</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>67,170,436</t>
+  </si>
+  <si>
     <t>68,901,297</t>
   </si>
   <si>
     <t>58,542,599</t>
   </si>
   <si>
-    <t>67,050,996</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>183,204,284</t>
+  </si>
+  <si>
     <t>147,401,249</t>
   </si>
   <si>
     <t>147,363,863</t>
   </si>
   <si>
-    <t>226,852,547</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>57,216,400</t>
+  </si>
+  <si>
     <t>60,959,836</t>
   </si>
   <si>
     <t>93,683,626</t>
   </si>
   <si>
-    <t>72,724,039</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>21,974,545</t>
+  </si>
+  <si>
     <t>16,335,851</t>
   </si>
   <si>
     <t>10,327,822</t>
   </si>
   <si>
-    <t>37,019,528</t>
-[...1 lines deleted...]
-  <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
+    <t>198,837</t>
+  </si>
+  <si>
     <t>20,529</t>
   </si>
   <si>
     <t>144,708</t>
   </si>
   <si>
-    <t>62,004</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>161,896,443</t>
+  </si>
+  <si>
     <t>80,805,834</t>
   </si>
   <si>
     <t>100,276,127</t>
   </si>
   <si>
-    <t>108,893,861</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>196,904,364</t>
+  </si>
+  <si>
     <t>200,350,312</t>
   </si>
   <si>
     <t>218,992,294</t>
   </si>
   <si>
-    <t>241,912,419</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>99,289,656</t>
+  </si>
+  <si>
     <t>107,791,748</t>
   </si>
   <si>
     <t>91,027,015</t>
   </si>
   <si>
-    <t>120,414,481</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>41,733,481</t>
+  </si>
+  <si>
     <t>22,017,663</t>
   </si>
   <si>
     <t>30,687,402</t>
   </si>
   <si>
-    <t>38,112,619</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>436,567,213</t>
+  </si>
+  <si>
     <t>521,668,269</t>
   </si>
   <si>
     <t>559,233,218</t>
   </si>
   <si>
-    <t>534,690,417</t>
-[...1 lines deleted...]
-  <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
+    <t>6,051,142</t>
+  </si>
+  <si>
     <t>3,040,564</t>
   </si>
   <si>
     <t>4,113,933</t>
   </si>
   <si>
-    <t>3,570,261</t>
-[...1 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>15,563,160</t>
+  </si>
+  <si>
     <t>13,918,002</t>
   </si>
   <si>
     <t>13,919,891</t>
   </si>
   <si>
-    <t>21,713,672</t>
-[...1 lines deleted...]
-  <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
     <t>85,994</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
+    <t>712,494</t>
+  </si>
+  <si>
     <t>2,953,230</t>
   </si>
   <si>
     <t>3,876,530</t>
   </si>
   <si>
-    <t>3,532,226</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>23,317,124</t>
+  </si>
+  <si>
     <t>22,013,617</t>
   </si>
   <si>
     <t>4,961,585</t>
   </si>
   <si>
-    <t>22,687,814</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>59,388,671</t>
+  </si>
+  <si>
     <t>47,058,794</t>
   </si>
   <si>
     <t>67,138,496</t>
   </si>
   <si>
-    <t>55,234,909</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>20,589,084</t>
+  </si>
+  <si>
     <t>11,646,482</t>
   </si>
   <si>
     <t>7,233,007</t>
   </si>
   <si>
-    <t>6,249,166</t>
-[...1 lines deleted...]
-  <si>
     <t>50 ไหม</t>
   </si>
   <si>
+    <t>666,878</t>
+  </si>
+  <si>
     <t>1,202,703</t>
   </si>
   <si>
     <t>1,209,251</t>
   </si>
   <si>
-    <t>1,568,858</t>
-[...1 lines deleted...]
-  <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
+    <t>24,420,438</t>
+  </si>
+  <si>
     <t>23,782,184</t>
   </si>
   <si>
     <t>32,512,594</t>
   </si>
   <si>
-    <t>31,046,218</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>12,968,637</t>
+  </si>
+  <si>
     <t>23,696,263</t>
   </si>
   <si>
     <t>47,041,840</t>
   </si>
   <si>
-    <t>8,792,794</t>
-[...1 lines deleted...]
-  <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
+    <t>2,825,460</t>
+  </si>
+  <si>
     <t>6,340,605</t>
   </si>
   <si>
     <t>1,203,500</t>
   </si>
   <si>
-    <t>1,925,872</t>
-[...1 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>25,321,011</t>
+  </si>
+  <si>
     <t>12,978,316</t>
   </si>
   <si>
     <t>15,266,959</t>
   </si>
   <si>
-    <t>15,476,985</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>7,851,543</t>
+  </si>
+  <si>
     <t>3,680,995</t>
   </si>
   <si>
     <t>1,026,536</t>
   </si>
   <si>
-    <t>7,334,937</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>10,403,914</t>
+  </si>
+  <si>
     <t>7,111,875</t>
   </si>
   <si>
     <t>4,731,914</t>
   </si>
   <si>
-    <t>6,298,081</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>293,882</t>
+  </si>
+  <si>
     <t>223,457</t>
   </si>
   <si>
     <t>1,622,025</t>
   </si>
   <si>
-    <t>172,176</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>14,071,667</t>
+  </si>
+  <si>
     <t>14,212,806</t>
   </si>
   <si>
     <t>8,451,925</t>
   </si>
   <si>
-    <t>7,434,519</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>10,037,314</t>
+  </si>
+  <si>
     <t>10,451,466</t>
   </si>
   <si>
     <t>19,297,159</t>
   </si>
   <si>
-    <t>16,343,326</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>22,887,952</t>
+  </si>
+  <si>
     <t>14,690,708</t>
   </si>
   <si>
     <t>15,400,301</t>
   </si>
   <si>
-    <t>15,574,461</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>126,049,965</t>
+  </si>
+  <si>
     <t>165,847,042</t>
   </si>
   <si>
     <t>191,354,483</t>
   </si>
   <si>
-    <t>166,053,778</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>182,003,768</t>
+  </si>
+  <si>
     <t>267,086,878</t>
   </si>
   <si>
     <t>295,143,043</t>
   </si>
   <si>
-    <t>271,662,784</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>1,906,348</t>
+  </si>
+  <si>
     <t>2,988,044</t>
   </si>
   <si>
     <t>11,733,884</t>
   </si>
   <si>
-    <t>10,144,469</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>174,911,305</t>
+  </si>
+  <si>
     <t>211,717,111</t>
   </si>
   <si>
     <t>264,233,872</t>
   </si>
   <si>
-    <t>266,421,628</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>12,417,184</t>
+  </si>
+  <si>
     <t>14,661,029</t>
   </si>
   <si>
     <t>15,768,302</t>
   </si>
   <si>
-    <t>19,733,969</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
+    <t>22,025</t>
+  </si>
+  <si>
     <t>30,871</t>
   </si>
   <si>
     <t>588,268</t>
   </si>
   <si>
-    <t>308,815</t>
-[...1 lines deleted...]
-  <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>4,245</t>
+  </si>
+  <si>
     <t>89,749</t>
   </si>
   <si>
-    <t>944</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>32,060,368</t>
+  </si>
+  <si>
     <t>26,546,539</t>
   </si>
   <si>
     <t>38,379,214</t>
   </si>
   <si>
-    <t>29,068,736</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>30,583,185</t>
+  </si>
+  <si>
     <t>76,380,068</t>
   </si>
   <si>
     <t>37,774,846</t>
   </si>
   <si>
-    <t>46,540,224</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>12,871,646</t>
+  </si>
+  <si>
     <t>15,147,820</t>
   </si>
   <si>
     <t>22,997,821</t>
   </si>
   <si>
-    <t>26,214,738</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>869,464,171</t>
+  </si>
+  <si>
     <t>783,968,803</t>
   </si>
   <si>
     <t>792,987,748</t>
   </si>
   <si>
-    <t>766,878,321</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>16,972,807</t>
+  </si>
+  <si>
     <t>95,571,546</t>
   </si>
   <si>
     <t>47,864,145</t>
   </si>
   <si>
-    <t>59,034,418</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>250,779,550</t>
+  </si>
+  <si>
     <t>244,800,204</t>
   </si>
   <si>
     <t>220,962,502</t>
   </si>
   <si>
-    <t>244,591,943</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>40,843,918</t>
+  </si>
+  <si>
     <t>41,360,555</t>
   </si>
   <si>
     <t>44,728,633</t>
   </si>
   <si>
-    <t>31,226,707</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
+    <t>4,158</t>
+  </si>
+  <si>
     <t>1,411,422</t>
   </si>
   <si>
     <t>3,375,941</t>
   </si>
   <si>
-    <t>983,203</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>29,732,135</t>
+  </si>
+  <si>
     <t>23,638,114</t>
   </si>
   <si>
     <t>36,974,621</t>
   </si>
   <si>
-    <t>42,341,662</t>
-[...1 lines deleted...]
-  <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
+    <t>1,505,906</t>
+  </si>
+  <si>
     <t>563,122</t>
   </si>
   <si>
     <t>763,323</t>
   </si>
   <si>
-    <t>2,632,959</t>
-[...7 lines deleted...]
-  <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>2,222,572</t>
+  </si>
+  <si>
     <t>2,697,202</t>
   </si>
   <si>
     <t>5,599,420</t>
   </si>
   <si>
-    <t>564,793</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>29,992,889</t>
+  </si>
+  <si>
     <t>26,006,029</t>
   </si>
   <si>
     <t>37,748,497</t>
   </si>
   <si>
-    <t>33,414,402</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>29,804,469</t>
+  </si>
+  <si>
     <t>41,565,977</t>
   </si>
   <si>
     <t>31,782,041</t>
   </si>
   <si>
-    <t>40,080,897</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,746,420,156</t>
+  </si>
+  <si>
     <t>1,875,240,054</t>
   </si>
   <si>
     <t>1,834,195,096</t>
   </si>
   <si>
-    <t>1,811,075,690</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>805,411,533</t>
+  </si>
+  <si>
     <t>732,660,042</t>
   </si>
   <si>
     <t>670,358,249</t>
   </si>
   <si>
-    <t>609,456,895</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
+    <t>125,910</t>
+  </si>
+  <si>
     <t>1,299,390</t>
   </si>
   <si>
-    <t>107,052</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>406,784,606</t>
+  </si>
+  <si>
     <t>266,120,013</t>
   </si>
   <si>
     <t>302,936,293</t>
   </si>
   <si>
-    <t>465,802,040</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>13,195,545</t>
+  </si>
+  <si>
     <t>13,192,716</t>
   </si>
   <si>
     <t>40,362,021</t>
   </si>
   <si>
-    <t>563,381,048</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
+    <t>19,240,499</t>
+  </si>
+  <si>
     <t>14,440,079</t>
   </si>
   <si>
     <t>19,592,201</t>
   </si>
   <si>
-    <t>1,717,473</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>405,945,036</t>
+  </si>
+  <si>
     <t>411,217,828</t>
   </si>
   <si>
     <t>359,786,576</t>
   </si>
   <si>
-    <t>436,054,670</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>2,860,216</t>
+  </si>
+  <si>
     <t>3,450,241</t>
   </si>
   <si>
     <t>1,192,502</t>
   </si>
   <si>
-    <t>2,553,490</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>198,088</t>
+  </si>
+  <si>
     <t>950,038</t>
   </si>
   <si>
     <t>3,942,308</t>
   </si>
   <si>
-    <t>176,486</t>
-[...1 lines deleted...]
-  <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
+    <t>551</t>
+  </si>
+  <si>
     <t>1,794,575</t>
   </si>
   <si>
-    <t>4,527,066</t>
-[...1 lines deleted...]
-  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>92,230,816</t>
+  </si>
+  <si>
     <t>116,467,146</t>
   </si>
   <si>
     <t>112,463,921</t>
   </si>
   <si>
-    <t>119,900,496</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>7,863,413</t>
+  </si>
+  <si>
     <t>25,329,145</t>
   </si>
   <si>
     <t>33,098,845</t>
   </si>
   <si>
-    <t>19,660,702</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>13,628,121</t>
+  </si>
+  <si>
     <t>8,637,845</t>
   </si>
   <si>
     <t>9,830,281</t>
   </si>
   <si>
-    <t>15,846,049</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>27,658</t>
+  </si>
+  <si>
     <t>6,824,674</t>
   </si>
   <si>
     <t>4,932,775</t>
-  </si>
-[...1 lines deleted...]
-    <t>106,577</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1558,1261 +1552,1261 @@
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" t="s">
         <v>21</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
         <v>23</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>24</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" t="s">
         <v>27</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>28</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" t="s">
         <v>31</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
         <v>35</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C11" t="s">
         <v>39</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>41</v>
+      </c>
+      <c r="B12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C12" t="s">
         <v>43</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" t="s">
+        <v>46</v>
+      </c>
+      <c r="C13" t="s">
         <v>47</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" t="s">
+        <v>50</v>
+      </c>
+      <c r="C14" t="s">
         <v>51</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C15" t="s">
         <v>55</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B16" t="s">
+        <v>58</v>
+      </c>
+      <c r="C16" t="s">
         <v>59</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" t="s">
         <v>63</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>65</v>
+      </c>
+      <c r="B18" t="s">
+        <v>66</v>
+      </c>
+      <c r="C18" t="s">
         <v>67</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>69</v>
+      </c>
+      <c r="B19" t="s">
+        <v>70</v>
+      </c>
+      <c r="C19" t="s">
         <v>71</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" t="s">
+        <v>74</v>
+      </c>
+      <c r="C20" t="s">
         <v>75</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>77</v>
+      </c>
+      <c r="B21" t="s">
+        <v>78</v>
+      </c>
+      <c r="C21" t="s">
         <v>79</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>81</v>
+      </c>
+      <c r="B22" t="s">
+        <v>82</v>
+      </c>
+      <c r="C22" t="s">
         <v>83</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" t="s">
+        <v>86</v>
+      </c>
+      <c r="C23" t="s">
         <v>87</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" t="s">
         <v>91</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B25" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C25" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C26" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D26" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B27" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="C27" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D27" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B28" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C28" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D28" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B29" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C29" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D29" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B30" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C30" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D30" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B31" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C31" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D31" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B32" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C32" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D32" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B33" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C33" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D33" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B34" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C34" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D34" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B35" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C35" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D35" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B36" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C36" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D36" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B37" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C37" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D37" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B38" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C38" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D38" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B39" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C39" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D39" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B40" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C40" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D40" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B41" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C41" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D41" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B42" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C42" t="s">
-        <v>9</v>
+        <v>161</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>162</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B43" t="s">
-        <v>166</v>
+        <v>10</v>
       </c>
       <c r="C43" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D43" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B44" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C44" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D44" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B45" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C45" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D45" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B46" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C46" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D46" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B47" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C47" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D47" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B48" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C48" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D48" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B49" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C49" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D49" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B50" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C50" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D50" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B51" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C51" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D51" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="B52" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C52" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D52" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B53" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C53" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="D53" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B54" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C54" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D54" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="B55" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C55" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D55" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B56" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C56" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D56" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B57" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="C57" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D57" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B58" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="C58" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="D58" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B59" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C59" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D59" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="B60" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="C60" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="D60" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B61" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C61" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D61" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="B62" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="C62" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="D62" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B63" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C63" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D63" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B64" t="s">
-        <v>9</v>
+        <v>246</v>
       </c>
       <c r="C64" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D64" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B65" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C65" t="s">
-        <v>254</v>
+        <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B66" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C66" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D66" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B67" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C67" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D67" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="B68" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C68" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D68" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B69" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C69" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D69" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B70" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C70" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D70" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B71" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="C71" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D71" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B72" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C72" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D72" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B73" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C73" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D73" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="B74" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="C74" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="D74" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B75" t="s">
-        <v>9</v>
+        <v>289</v>
       </c>
       <c r="C75" t="s">
-        <v>9</v>
+        <v>290</v>
       </c>
       <c r="D75" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>292</v>
+      </c>
+      <c r="B76" t="s">
+        <v>293</v>
+      </c>
+      <c r="C76" t="s">
         <v>294</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>296</v>
+      </c>
+      <c r="B77" t="s">
+        <v>297</v>
+      </c>
+      <c r="C77" t="s">
         <v>298</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>300</v>
+      </c>
+      <c r="B78" t="s">
+        <v>301</v>
+      </c>
+      <c r="C78" t="s">
         <v>302</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>304</v>
+      </c>
+      <c r="B79" t="s">
+        <v>305</v>
+      </c>
+      <c r="C79" t="s">
         <v>306</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>308</v>
+      </c>
+      <c r="B80" t="s">
+        <v>309</v>
+      </c>
+      <c r="C80" t="s">
         <v>310</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>312</v>
+      </c>
+      <c r="B81" t="s">
+        <v>313</v>
+      </c>
+      <c r="C81" t="s">
         <v>314</v>
       </c>
-      <c r="B81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>316</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>315</v>
+      </c>
+      <c r="B82" t="s">
+        <v>316</v>
+      </c>
+      <c r="C82" t="s">
         <v>317</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
         <v>318</v>
-      </c>
-[...4 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>319</v>
+      </c>
+      <c r="B83" t="s">
+        <v>320</v>
+      </c>
+      <c r="C83" t="s">
         <v>321</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>323</v>
+      </c>
+      <c r="B84" t="s">
+        <v>324</v>
+      </c>
+      <c r="C84" t="s">
         <v>325</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>327</v>
+      </c>
+      <c r="B85" t="s">
+        <v>328</v>
+      </c>
+      <c r="C85" t="s">
         <v>329</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>331</v>
+      </c>
+      <c r="B86" t="s">
+        <v>332</v>
+      </c>
+      <c r="C86" t="s">
         <v>333</v>
       </c>
-      <c r="B86" t="s">
+      <c r="D86" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>335</v>
+      </c>
+      <c r="B87" t="s">
+        <v>336</v>
+      </c>
+      <c r="C87" t="s">
         <v>337</v>
       </c>
-      <c r="B87" t="s">
+      <c r="D87" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>339</v>
+      </c>
+      <c r="B88" t="s">
+        <v>340</v>
+      </c>
+      <c r="C88" t="s">
+        <v>10</v>
+      </c>
+      <c r="D88" t="s">
         <v>341</v>
-      </c>
-[...7 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>342</v>
+      </c>
+      <c r="B89" t="s">
+        <v>343</v>
+      </c>
+      <c r="C89" t="s">
         <v>344</v>
       </c>
-      <c r="B89" t="s">
+      <c r="D89" t="s">
         <v>345</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>346</v>
+      </c>
+      <c r="B90" t="s">
+        <v>347</v>
+      </c>
+      <c r="C90" t="s">
         <v>348</v>
       </c>
-      <c r="B90" t="s">
+      <c r="D90" t="s">
         <v>349</v>
-      </c>
-[...4 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>350</v>
+      </c>
+      <c r="B91" t="s">
+        <v>351</v>
+      </c>
+      <c r="C91" t="s">
         <v>352</v>
       </c>
-      <c r="B91" t="s">
+      <c r="D91" t="s">
         <v>353</v>
-      </c>
-[...4 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>354</v>
+      </c>
+      <c r="B92" t="s">
+        <v>355</v>
+      </c>
+      <c r="C92" t="s">
         <v>356</v>
       </c>
-      <c r="B92" t="s">
+      <c r="D92" t="s">
         <v>357</v>
-      </c>
-[...4 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="3"/>
       <c r="B100" s="3"/>
       <c r="C100" s="3"/>
       <c r="D100" s="3"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3"/>
       <c r="B101" s="3"/>