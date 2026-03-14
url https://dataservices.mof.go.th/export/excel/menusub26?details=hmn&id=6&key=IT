--- v1 (2025-12-01)
+++ v2 (2026-03-14)
@@ -12,1124 +12,1130 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="358">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>7,862,187,871</t>
-[...5 lines deleted...]
-    <t>8,197,809,504</t>
+    <t>8,545,485,050</t>
+  </si>
+  <si>
+    <t>7,843,574,629</t>
+  </si>
+  <si>
+    <t>7,090,258,058</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>51,917</t>
-[...1 lines deleted...]
-  <si>
     <t>0</t>
   </si>
   <si>
-    <t>10,000</t>
+    <t>129,927</t>
+  </si>
+  <si>
+    <t>5,000</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>1,052,395</t>
-[...5 lines deleted...]
-    <t>345,685</t>
+    <t>994,130</t>
+  </si>
+  <si>
+    <t>277,365</t>
+  </si>
+  <si>
+    <t>1,135,776</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>22,794,472</t>
-[...11 lines deleted...]
-    <t>1,461,595</t>
+    <t>26,533,356</t>
+  </si>
+  <si>
+    <t>45,646,956</t>
+  </si>
+  <si>
+    <t>41,078,147</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>1,492</t>
-[...5 lines deleted...]
-    <t>147,414</t>
+    <t>5,317</t>
+  </si>
+  <si>
+    <t>566,617</t>
+  </si>
+  <si>
+    <t>44,532</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>394,451</t>
-[...5 lines deleted...]
-    <t>194,073</t>
+    <t>353,671</t>
+  </si>
+  <si>
+    <t>997,684</t>
+  </si>
+  <si>
+    <t>944,029</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>846,470</t>
-[...2 lines deleted...]
-    <t>464,351</t>
+    <t>8,567,502</t>
+  </si>
+  <si>
+    <t>5,137,961</t>
+  </si>
+  <si>
+    <t>3,086,304</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>9,571,082</t>
-[...5 lines deleted...]
-    <t>3,704,187</t>
+    <t>11,158,955</t>
+  </si>
+  <si>
+    <t>3,741,122</t>
+  </si>
+  <si>
+    <t>5,785,392</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>108,701</t>
-[...5 lines deleted...]
-    <t>61,313</t>
+    <t>314,896</t>
+  </si>
+  <si>
+    <t>591,250</t>
+  </si>
+  <si>
+    <t>1,562,996</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>12,733,860</t>
-[...5 lines deleted...]
-    <t>31,580,010</t>
+    <t>9,947,911</t>
+  </si>
+  <si>
+    <t>15,542,240</t>
+  </si>
+  <si>
+    <t>10,720,559</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>7,705,521</t>
-[...5 lines deleted...]
-    <t>14,319,021</t>
+    <t>8,678,910</t>
+  </si>
+  <si>
+    <t>13,565,073</t>
+  </si>
+  <si>
+    <t>10,000,673</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>7,713,240</t>
-[...5 lines deleted...]
-    <t>20,723,985</t>
+    <t>12,422,178</t>
+  </si>
+  <si>
+    <t>2,723,030</t>
+  </si>
+  <si>
+    <t>4,262,652</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>36,135,140</t>
-[...5 lines deleted...]
-    <t>47,420,447</t>
+    <t>54,308,192</t>
+  </si>
+  <si>
+    <t>57,993,527</t>
+  </si>
+  <si>
+    <t>33,703,813</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>3,292,449</t>
-[...5 lines deleted...]
-    <t>3,424,265</t>
+    <t>4,722,312</t>
+  </si>
+  <si>
+    <t>6,579,185</t>
+  </si>
+  <si>
+    <t>8,124,938</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>14,517,193</t>
-[...5 lines deleted...]
-    <t>2,666,484</t>
+    <t>3,316,652</t>
+  </si>
+  <si>
+    <t>15,705,418</t>
+  </si>
+  <si>
+    <t>7,047,144</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>17,358,330</t>
-[...5 lines deleted...]
-    <t>17,405,425</t>
+    <t>18,320,518</t>
+  </si>
+  <si>
+    <t>7,341,386</t>
+  </si>
+  <si>
+    <t>13,058,039</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>54,807,032</t>
-[...5 lines deleted...]
-    <t>94,274,605</t>
+    <t>70,414,643</t>
+  </si>
+  <si>
+    <t>88,313,474</t>
+  </si>
+  <si>
+    <t>77,707,585</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>22,619,824</t>
-[...5 lines deleted...]
-    <t>31,578,286</t>
+    <t>27,488,623</t>
+  </si>
+  <si>
+    <t>29,995,356</t>
+  </si>
+  <si>
+    <t>13,764,838</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>32,995,291</t>
-[...5 lines deleted...]
-    <t>20,150,567</t>
+    <t>21,290,911</t>
+  </si>
+  <si>
+    <t>26,039,205</t>
+  </si>
+  <si>
+    <t>21,736,344</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>89,701,136</t>
-[...5 lines deleted...]
-    <t>76,660,030</t>
+    <t>74,846,884</t>
+  </si>
+  <si>
+    <t>110,949,414</t>
+  </si>
+  <si>
+    <t>77,017,716</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>50,892,508</t>
-[...5 lines deleted...]
-    <t>70,904,120</t>
+    <t>68,688,566</t>
+  </si>
+  <si>
+    <t>81,490,679</t>
+  </si>
+  <si>
+    <t>65,217,680</t>
+  </si>
+  <si>
+    <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
+  </si>
+  <si>
+    <t>568,065</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>12,818,885</t>
-[...5 lines deleted...]
-    <t>9,004,298</t>
+    <t>13,074,344</t>
+  </si>
+  <si>
+    <t>11,042,907</t>
+  </si>
+  <si>
+    <t>4,382,982</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>2,171,366</t>
+    <t>2,507,087</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>6,141,919</t>
-[...5 lines deleted...]
-    <t>4,432,076</t>
+    <t>4,074,836</t>
+  </si>
+  <si>
+    <t>1,701,766</t>
+  </si>
+  <si>
+    <t>3,384,538</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>60,118,830</t>
-[...5 lines deleted...]
-    <t>67,634,064</t>
+    <t>96,351,242</t>
+  </si>
+  <si>
+    <t>102,369,780</t>
+  </si>
+  <si>
+    <t>77,835,666</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>86,785,462</t>
-[...5 lines deleted...]
-    <t>97,143,469</t>
+    <t>90,404,919</t>
+  </si>
+  <si>
+    <t>59,420,241</t>
+  </si>
+  <si>
+    <t>37,959,322</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>426,500,828</t>
-[...5 lines deleted...]
-    <t>494,667,723</t>
+    <t>1,105,933,070</t>
+  </si>
+  <si>
+    <t>505,162,578</t>
+  </si>
+  <si>
+    <t>306,804,057</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>1,593,755</t>
-[...5 lines deleted...]
-    <t>1,153,327</t>
+    <t>2,158,509</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>67,170,436</t>
-[...5 lines deleted...]
-    <t>58,542,599</t>
+    <t>57,311,441</t>
+  </si>
+  <si>
+    <t>58,970,548</t>
+  </si>
+  <si>
+    <t>38,141,154</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>183,204,284</t>
-[...5 lines deleted...]
-    <t>147,363,863</t>
+    <t>165,860,066</t>
+  </si>
+  <si>
+    <t>126,395,993</t>
+  </si>
+  <si>
+    <t>145,821,755</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>57,216,400</t>
-[...5 lines deleted...]
-    <t>93,683,626</t>
+    <t>45,010,754</t>
+  </si>
+  <si>
+    <t>38,265,132</t>
+  </si>
+  <si>
+    <t>40,075,059</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>21,974,545</t>
-[...5 lines deleted...]
-    <t>10,327,822</t>
+    <t>35,399,118</t>
+  </si>
+  <si>
+    <t>21,621,191</t>
+  </si>
+  <si>
+    <t>38,537,807</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>198,837</t>
-[...5 lines deleted...]
-    <t>144,708</t>
+    <t>172,152</t>
+  </si>
+  <si>
+    <t>160,539</t>
+  </si>
+  <si>
+    <t>161,147</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>161,896,443</t>
-[...5 lines deleted...]
-    <t>100,276,127</t>
+    <t>93,712,381</t>
+  </si>
+  <si>
+    <t>101,840,819</t>
+  </si>
+  <si>
+    <t>113,466,875</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>196,904,364</t>
-[...5 lines deleted...]
-    <t>218,992,294</t>
+    <t>262,607,299</t>
+  </si>
+  <si>
+    <t>191,577,404</t>
+  </si>
+  <si>
+    <t>223,278,421</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>99,289,656</t>
-[...5 lines deleted...]
-    <t>91,027,015</t>
+    <t>86,650,949</t>
+  </si>
+  <si>
+    <t>98,270,214</t>
+  </si>
+  <si>
+    <t>59,073,129</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>41,733,481</t>
-[...5 lines deleted...]
-    <t>30,687,402</t>
+    <t>21,938,458</t>
+  </si>
+  <si>
+    <t>27,084,274</t>
+  </si>
+  <si>
+    <t>32,539,171</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>436,567,213</t>
-[...5 lines deleted...]
-    <t>559,233,218</t>
+    <t>518,153,256</t>
+  </si>
+  <si>
+    <t>553,184,464</t>
+  </si>
+  <si>
+    <t>542,592,618</t>
   </si>
   <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
-    <t>6,051,142</t>
-[...5 lines deleted...]
-    <t>4,113,933</t>
+    <t>2,426,225</t>
+  </si>
+  <si>
+    <t>4,188,174</t>
+  </si>
+  <si>
+    <t>5,756,439</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>15,563,160</t>
-[...5 lines deleted...]
-    <t>13,919,891</t>
+    <t>17,420,699</t>
+  </si>
+  <si>
+    <t>18,227,928</t>
+  </si>
+  <si>
+    <t>18,062,450</t>
   </si>
   <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
-    <t>85,994</t>
+    <t>67,432</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>712,494</t>
-[...5 lines deleted...]
-    <t>3,876,530</t>
+    <t>2,554,798</t>
+  </si>
+  <si>
+    <t>1,525,008</t>
+  </si>
+  <si>
+    <t>1,528,009</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>23,317,124</t>
-[...5 lines deleted...]
-    <t>4,961,585</t>
+    <t>42,370,431</t>
+  </si>
+  <si>
+    <t>44,859,193</t>
+  </si>
+  <si>
+    <t>32,414,317</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>59,388,671</t>
-[...5 lines deleted...]
-    <t>67,138,496</t>
+    <t>43,191,435</t>
+  </si>
+  <si>
+    <t>48,902,325</t>
+  </si>
+  <si>
+    <t>36,891,854</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>20,589,084</t>
-[...5 lines deleted...]
-    <t>7,233,007</t>
+    <t>11,705,168</t>
+  </si>
+  <si>
+    <t>19,448,716</t>
+  </si>
+  <si>
+    <t>18,661,950</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>666,878</t>
-[...5 lines deleted...]
-    <t>1,209,251</t>
+    <t>1,164,064</t>
+  </si>
+  <si>
+    <t>1,893,969</t>
+  </si>
+  <si>
+    <t>2,869,613</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>24,420,438</t>
-[...5 lines deleted...]
-    <t>32,512,594</t>
+    <t>26,629,495</t>
+  </si>
+  <si>
+    <t>26,469,652</t>
+  </si>
+  <si>
+    <t>27,465,129</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>12,968,637</t>
-[...5 lines deleted...]
-    <t>47,041,840</t>
+    <t>22,716,506</t>
+  </si>
+  <si>
+    <t>73,629,879</t>
+  </si>
+  <si>
+    <t>43,237,249</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>2,825,460</t>
-[...5 lines deleted...]
-    <t>1,203,500</t>
+    <t>3,641,982</t>
+  </si>
+  <si>
+    <t>2,918,730</t>
+  </si>
+  <si>
+    <t>4,403,622</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>25,321,011</t>
-[...5 lines deleted...]
-    <t>15,266,959</t>
+    <t>21,169,565</t>
+  </si>
+  <si>
+    <t>19,344,716</t>
+  </si>
+  <si>
+    <t>20,645,935</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>7,851,543</t>
-[...5 lines deleted...]
-    <t>1,026,536</t>
+    <t>3,379,299</t>
+  </si>
+  <si>
+    <t>2,730,659</t>
+  </si>
+  <si>
+    <t>3,859,898</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>10,403,914</t>
-[...5 lines deleted...]
-    <t>4,731,914</t>
+    <t>5,231,473</t>
+  </si>
+  <si>
+    <t>7,789,162</t>
+  </si>
+  <si>
+    <t>6,557,266</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>293,882</t>
-[...5 lines deleted...]
-    <t>1,622,025</t>
+    <t>542,111</t>
+  </si>
+  <si>
+    <t>108,564</t>
+  </si>
+  <si>
+    <t>673,933</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>14,071,667</t>
-[...5 lines deleted...]
-    <t>8,451,925</t>
+    <t>13,182,322</t>
+  </si>
+  <si>
+    <t>8,928,634</t>
+  </si>
+  <si>
+    <t>14,088,781</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>10,037,314</t>
-[...5 lines deleted...]
-    <t>19,297,159</t>
+    <t>12,656,878</t>
+  </si>
+  <si>
+    <t>15,979,985</t>
+  </si>
+  <si>
+    <t>5,781,210</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>22,887,952</t>
-[...5 lines deleted...]
-    <t>15,400,301</t>
+    <t>15,506,597</t>
+  </si>
+  <si>
+    <t>11,075,012</t>
+  </si>
+  <si>
+    <t>19,115,733</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>126,049,965</t>
-[...5 lines deleted...]
-    <t>191,354,483</t>
+    <t>160,492,953</t>
+  </si>
+  <si>
+    <t>161,642,344</t>
+  </si>
+  <si>
+    <t>156,352,348</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>182,003,768</t>
-[...5 lines deleted...]
-    <t>295,143,043</t>
+    <t>236,140,334</t>
+  </si>
+  <si>
+    <t>259,401,988</t>
+  </si>
+  <si>
+    <t>240,319,664</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>1,906,348</t>
-[...5 lines deleted...]
-    <t>11,733,884</t>
+    <t>11,136,203</t>
+  </si>
+  <si>
+    <t>7,891,473</t>
+  </si>
+  <si>
+    <t>4,397,340</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>174,911,305</t>
-[...5 lines deleted...]
-    <t>264,233,872</t>
+    <t>258,784,977</t>
+  </si>
+  <si>
+    <t>239,710,918</t>
+  </si>
+  <si>
+    <t>256,804,729</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>12,417,184</t>
-[...5 lines deleted...]
-    <t>15,768,302</t>
+    <t>15,379,485</t>
+  </si>
+  <si>
+    <t>18,424,915</t>
+  </si>
+  <si>
+    <t>16,693,351</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>22,025</t>
-[...5 lines deleted...]
-    <t>588,268</t>
+    <t>37,203</t>
+  </si>
+  <si>
+    <t>286,585</t>
+  </si>
+  <si>
+    <t>115,413</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>4,245</t>
-[...2 lines deleted...]
-    <t>89,749</t>
+    <t>204,696</t>
+  </si>
+  <si>
+    <t>763,417</t>
+  </si>
+  <si>
+    <t>127,484</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>32,060,368</t>
-[...5 lines deleted...]
-    <t>38,379,214</t>
+    <t>16,641,044</t>
+  </si>
+  <si>
+    <t>12,311,469</t>
+  </si>
+  <si>
+    <t>14,118,095</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>30,583,185</t>
-[...5 lines deleted...]
-    <t>37,774,846</t>
+    <t>29,215,997</t>
+  </si>
+  <si>
+    <t>29,308,027</t>
+  </si>
+  <si>
+    <t>60,617,101</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>12,871,646</t>
-[...5 lines deleted...]
-    <t>22,997,821</t>
+    <t>11,244,828</t>
+  </si>
+  <si>
+    <t>17,814,648</t>
+  </si>
+  <si>
+    <t>4,409,144</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>869,464,171</t>
-[...5 lines deleted...]
-    <t>792,987,748</t>
+    <t>889,392,434</t>
+  </si>
+  <si>
+    <t>993,045,875</t>
+  </si>
+  <si>
+    <t>852,082,996</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>16,972,807</t>
-[...5 lines deleted...]
-    <t>47,864,145</t>
+    <t>37,356,309</t>
+  </si>
+  <si>
+    <t>44,386,658</t>
+  </si>
+  <si>
+    <t>10,104,950</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>250,779,550</t>
-[...5 lines deleted...]
-    <t>220,962,502</t>
+    <t>185,899,370</t>
+  </si>
+  <si>
+    <t>258,339,464</t>
+  </si>
+  <si>
+    <t>176,925,836</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>40,843,918</t>
-[...5 lines deleted...]
-    <t>44,728,633</t>
+    <t>24,768,773</t>
+  </si>
+  <si>
+    <t>23,352,521</t>
+  </si>
+  <si>
+    <t>21,186,509</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>4,158</t>
-[...5 lines deleted...]
-    <t>3,375,941</t>
+    <t>164,793</t>
+  </si>
+  <si>
+    <t>124,591</t>
+  </si>
+  <si>
+    <t>2,767,000</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>29,732,135</t>
-[...5 lines deleted...]
-    <t>36,974,621</t>
+    <t>77,315,459</t>
+  </si>
+  <si>
+    <t>96,160,244</t>
+  </si>
+  <si>
+    <t>28,294,911</t>
+  </si>
+  <si>
+    <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
+  </si>
+  <si>
+    <t>101,367</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>1,505,906</t>
-[...5 lines deleted...]
-    <t>763,323</t>
+    <t>1,100,286</t>
+  </si>
+  <si>
+    <t>82,151</t>
+  </si>
+  <si>
+    <t>203,385</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>2,222,572</t>
-[...5 lines deleted...]
-    <t>5,599,420</t>
+    <t>2,206,409</t>
+  </si>
+  <si>
+    <t>3,904,024</t>
+  </si>
+  <si>
+    <t>1,674,600</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>29,992,889</t>
-[...5 lines deleted...]
-    <t>37,748,497</t>
+    <t>34,790,981</t>
+  </si>
+  <si>
+    <t>34,994,163</t>
+  </si>
+  <si>
+    <t>29,136,874</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>29,804,469</t>
-[...5 lines deleted...]
-    <t>31,782,041</t>
+    <t>40,348,102</t>
+  </si>
+  <si>
+    <t>28,195,436</t>
+  </si>
+  <si>
+    <t>24,896,914</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,746,420,156</t>
-[...5 lines deleted...]
-    <t>1,834,195,096</t>
+    <t>1,434,331,264</t>
+  </si>
+  <si>
+    <t>1,185,864,774</t>
+  </si>
+  <si>
+    <t>1,114,976,474</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>805,411,533</t>
-[...5 lines deleted...]
-    <t>670,358,249</t>
+    <t>868,260,269</t>
+  </si>
+  <si>
+    <t>794,844,228</t>
+  </si>
+  <si>
+    <t>746,650,057</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>125,910</t>
-[...2 lines deleted...]
-    <t>1,299,390</t>
+    <t>3,160,279</t>
+  </si>
+  <si>
+    <t>699,492</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>406,784,606</t>
-[...5 lines deleted...]
-    <t>302,936,293</t>
+    <t>407,184,418</t>
+  </si>
+  <si>
+    <t>271,046,037</t>
+  </si>
+  <si>
+    <t>360,052,909</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>13,195,545</t>
-[...5 lines deleted...]
-    <t>40,362,021</t>
+    <t>34,259,608</t>
+  </si>
+  <si>
+    <t>49,138,282</t>
+  </si>
+  <si>
+    <t>20,429,630</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>19,240,499</t>
-[...5 lines deleted...]
-    <t>19,592,201</t>
+    <t>61,656,510</t>
+  </si>
+  <si>
+    <t>21,129,821</t>
+  </si>
+  <si>
+    <t>41,395,112</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>405,945,036</t>
-[...5 lines deleted...]
-    <t>359,786,576</t>
+    <t>299,649,541</t>
+  </si>
+  <si>
+    <t>443,000,675</t>
+  </si>
+  <si>
+    <t>428,734,888</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,860,216</t>
-[...5 lines deleted...]
-    <t>1,192,502</t>
+    <t>2,696,570</t>
+  </si>
+  <si>
+    <t>2,811,372</t>
+  </si>
+  <si>
+    <t>3,856,231</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>198,088</t>
-[...5 lines deleted...]
-    <t>3,942,308</t>
+    <t>297,311</t>
+  </si>
+  <si>
+    <t>548,110</t>
+  </si>
+  <si>
+    <t>164,378</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>551</t>
-[...2 lines deleted...]
-    <t>1,794,575</t>
+    <t>14,429,254</t>
+  </si>
+  <si>
+    <t>8,639,485</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>92,230,816</t>
-[...5 lines deleted...]
-    <t>112,463,921</t>
+    <t>92,959,695</t>
+  </si>
+  <si>
+    <t>85,851,608</t>
+  </si>
+  <si>
+    <t>66,439,699</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>7,863,413</t>
-[...5 lines deleted...]
-    <t>33,098,845</t>
+    <t>36,504,204</t>
+  </si>
+  <si>
+    <t>8,330,274</t>
+  </si>
+  <si>
+    <t>25,074,556</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>13,628,121</t>
-[...5 lines deleted...]
-    <t>9,830,281</t>
+    <t>8,223,325</t>
+  </si>
+  <si>
+    <t>9,790,838</t>
+  </si>
+  <si>
+    <t>8,736,138</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>27,658</t>
-[...5 lines deleted...]
-    <t>4,932,775</t>
+    <t>98,298</t>
+  </si>
+  <si>
+    <t>1,896,622</t>
+  </si>
+  <si>
+    <t>41,109,119</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1463,62 +1469,62 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D101"/>
+  <dimension ref="A1:D102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A101" sqref="A101"/>
+      <selection activeCell="A102" sqref="A102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -1552,880 +1558,880 @@
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C10" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D10" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C12" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D12" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B13" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C13" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D13" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B14" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C14" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D14" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B15" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C15" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B16" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C16" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D16" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B17" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D17" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C18" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B19" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C19" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D19" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C20" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D20" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B21" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C21" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D21" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C22" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D22" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B23" t="s">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D23" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B24" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B25" t="s">
-        <v>94</v>
+        <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="D25" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B26" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C26" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D26" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B27" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C27" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D27" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B28" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C28" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D28" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B29" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C29" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D29" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B30" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C30" t="s">
-        <v>113</v>
+        <v>9</v>
       </c>
       <c r="D30" t="s">
-        <v>114</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>114</v>
+      </c>
+      <c r="B31" t="s">
         <v>115</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>116</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" t="s">
         <v>119</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>120</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>122</v>
+      </c>
+      <c r="B33" t="s">
         <v>123</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>124</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>126</v>
+      </c>
+      <c r="B34" t="s">
         <v>127</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>128</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>130</v>
+      </c>
+      <c r="B35" t="s">
         <v>131</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>132</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>134</v>
+      </c>
+      <c r="B36" t="s">
         <v>135</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>136</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>138</v>
+      </c>
+      <c r="B37" t="s">
         <v>139</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>140</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>142</v>
+      </c>
+      <c r="B38" t="s">
         <v>143</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>144</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>146</v>
+      </c>
+      <c r="B39" t="s">
         <v>147</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>148</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>150</v>
+      </c>
+      <c r="B40" t="s">
         <v>151</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>152</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>154</v>
+      </c>
+      <c r="B41" t="s">
         <v>155</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>156</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>158</v>
+      </c>
+      <c r="B42" t="s">
         <v>159</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>160</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>162</v>
+      </c>
+      <c r="B43" t="s">
         <v>163</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" t="s">
-        <v>164</v>
+        <v>9</v>
       </c>
       <c r="D43" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>164</v>
+      </c>
+      <c r="B44" t="s">
         <v>165</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>166</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>168</v>
+      </c>
+      <c r="B45" t="s">
         <v>169</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>170</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>172</v>
+      </c>
+      <c r="B46" t="s">
         <v>173</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>174</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>176</v>
+      </c>
+      <c r="B47" t="s">
         <v>177</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>178</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>180</v>
+      </c>
+      <c r="B48" t="s">
         <v>181</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>182</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>184</v>
+      </c>
+      <c r="B49" t="s">
         <v>185</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>186</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>188</v>
+      </c>
+      <c r="B50" t="s">
         <v>189</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>190</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>192</v>
+      </c>
+      <c r="B51" t="s">
         <v>193</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>194</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>196</v>
+      </c>
+      <c r="B52" t="s">
         <v>197</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>198</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>200</v>
+      </c>
+      <c r="B53" t="s">
         <v>201</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>202</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>204</v>
+      </c>
+      <c r="B54" t="s">
         <v>205</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>206</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>208</v>
+      </c>
+      <c r="B55" t="s">
         <v>209</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>210</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>212</v>
+      </c>
+      <c r="B56" t="s">
         <v>213</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>214</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>216</v>
+      </c>
+      <c r="B57" t="s">
         <v>217</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>218</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>220</v>
+      </c>
+      <c r="B58" t="s">
         <v>221</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>222</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>224</v>
+      </c>
+      <c r="B59" t="s">
         <v>225</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>226</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>228</v>
+      </c>
+      <c r="B60" t="s">
         <v>229</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>230</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>232</v>
+      </c>
+      <c r="B61" t="s">
         <v>233</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>234</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>236</v>
+      </c>
+      <c r="B62" t="s">
         <v>237</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>238</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>240</v>
+      </c>
+      <c r="B63" t="s">
         <v>241</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>242</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>244</v>
+      </c>
+      <c r="B64" t="s">
         <v>245</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>246</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>248</v>
+      </c>
+      <c r="B65" t="s">
         <v>249</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D65" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>252</v>
       </c>
       <c r="B66" t="s">
         <v>253</v>
       </c>
       <c r="C66" t="s">
         <v>254</v>
       </c>
       <c r="D66" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>256</v>
       </c>
       <c r="B67" t="s">
         <v>257</v>
@@ -2518,328 +2524,342 @@
         <v>282</v>
       </c>
       <c r="D73" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>284</v>
       </c>
       <c r="B74" t="s">
         <v>285</v>
       </c>
       <c r="C74" t="s">
         <v>286</v>
       </c>
       <c r="D74" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>288</v>
       </c>
       <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>289</v>
       </c>
-      <c r="C75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75" t="s">
-        <v>291</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>290</v>
+      </c>
+      <c r="B76" t="s">
+        <v>291</v>
+      </c>
+      <c r="C76" t="s">
         <v>292</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>294</v>
+      </c>
+      <c r="B77" t="s">
+        <v>295</v>
+      </c>
+      <c r="C77" t="s">
         <v>296</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>298</v>
+      </c>
+      <c r="B78" t="s">
+        <v>299</v>
+      </c>
+      <c r="C78" t="s">
         <v>300</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>302</v>
+      </c>
+      <c r="B79" t="s">
+        <v>303</v>
+      </c>
+      <c r="C79" t="s">
         <v>304</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>306</v>
+      </c>
+      <c r="B80" t="s">
+        <v>307</v>
+      </c>
+      <c r="C80" t="s">
         <v>308</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>310</v>
+      </c>
+      <c r="B81" t="s">
+        <v>311</v>
+      </c>
+      <c r="C81" t="s">
         <v>312</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
         <v>313</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>314</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
         <v>315</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>317</v>
+      </c>
+      <c r="B83" t="s">
+        <v>318</v>
+      </c>
+      <c r="C83" t="s">
         <v>319</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>321</v>
+      </c>
+      <c r="B84" t="s">
+        <v>322</v>
+      </c>
+      <c r="C84" t="s">
         <v>323</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>325</v>
+      </c>
+      <c r="B85" t="s">
+        <v>326</v>
+      </c>
+      <c r="C85" t="s">
         <v>327</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
         <v>328</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>329</v>
+      </c>
+      <c r="B86" t="s">
+        <v>330</v>
+      </c>
+      <c r="C86" t="s">
         <v>331</v>
       </c>
-      <c r="B86" t="s">
+      <c r="D86" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>333</v>
+      </c>
+      <c r="B87" t="s">
+        <v>334</v>
+      </c>
+      <c r="C87" t="s">
         <v>335</v>
       </c>
-      <c r="B87" t="s">
+      <c r="D87" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>337</v>
+      </c>
+      <c r="B88" t="s">
+        <v>338</v>
+      </c>
+      <c r="C88" t="s">
         <v>339</v>
       </c>
-      <c r="B88" t="s">
+      <c r="D88" t="s">
         <v>340</v>
-      </c>
-[...4 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>341</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>342</v>
       </c>
-      <c r="B89" t="s">
+      <c r="D89" t="s">
         <v>343</v>
-      </c>
-[...4 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>344</v>
+      </c>
+      <c r="B90" t="s">
+        <v>345</v>
+      </c>
+      <c r="C90" t="s">
         <v>346</v>
       </c>
-      <c r="B90" t="s">
+      <c r="D90" t="s">
         <v>347</v>
-      </c>
-[...4 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>348</v>
+      </c>
+      <c r="B91" t="s">
+        <v>349</v>
+      </c>
+      <c r="C91" t="s">
         <v>350</v>
       </c>
-      <c r="B91" t="s">
+      <c r="D91" t="s">
         <v>351</v>
-      </c>
-[...4 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>352</v>
+      </c>
+      <c r="B92" t="s">
+        <v>353</v>
+      </c>
+      <c r="C92" t="s">
         <v>354</v>
       </c>
-      <c r="B92" t="s">
+      <c r="D92" t="s">
         <v>355</v>
       </c>
-      <c r="C92" t="s">
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
         <v>356</v>
       </c>
-      <c r="D92" t="s">
+      <c r="B93" t="s">
         <v>357</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A93" s="2" t="s">
+      <c r="C93" t="s">
+        <v>358</v>
+      </c>
+      <c r="D93" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B93" s="2" t="s">
+      <c r="B94" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C93" s="2" t="s">
+      <c r="C94" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D93" s="2" t="s">
+      <c r="D94" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D100" s="3"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3"/>
       <c r="B101" s="3"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
     </row>
+    <row r="102" spans="1:4">
+      <c r="A102" s="3"/>
+      <c r="B102" s="3"/>
+      <c r="C102" s="3"/>
+      <c r="D102" s="3"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A100:D100"/>
     <mergeCell ref="A101:D101"/>
+    <mergeCell ref="A102:D102"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>