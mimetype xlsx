--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,1151 +12,1145 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="367">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>20,041,993,661</t>
+  </si>
+  <si>
     <t>14,421,562,214</t>
   </si>
   <si>
     <t>16,405,329,266</t>
   </si>
   <si>
-    <t>15,311,658,979</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>0</t>
+  </si>
+  <si>
     <t>10,810</t>
   </si>
   <si>
     <t>5,476</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>1,064,876,557</t>
+  </si>
+  <si>
     <t>216,345,001</t>
   </si>
   <si>
     <t>294,253,839</t>
   </si>
   <si>
-    <t>411,631,700</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>6,937,639</t>
+  </si>
+  <si>
     <t>4,926,555</t>
   </si>
   <si>
     <t>18,514,634</t>
   </si>
   <si>
-    <t>22,719,909</t>
-[...1 lines deleted...]
-  <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
     <t>20,271</t>
   </si>
   <si>
-    <t>149,470</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>13,896</t>
+  </si>
+  <si>
     <t>90,004</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>79,770</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
+    <t>46,611,384</t>
+  </si>
+  <si>
     <t>27,112,032</t>
   </si>
   <si>
     <t>20,283,539</t>
   </si>
   <si>
-    <t>13,959,809</t>
-[...1 lines deleted...]
-  <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
+    <t>11,630,482</t>
+  </si>
+  <si>
     <t>1,856,108</t>
   </si>
   <si>
     <t>600,459</t>
   </si>
   <si>
-    <t>3,062,651</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>326,310,289</t>
+  </si>
+  <si>
     <t>354,398,110</t>
   </si>
   <si>
     <t>324,579,687</t>
   </si>
   <si>
-    <t>168,913,654</t>
-[...1 lines deleted...]
-  <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
+    <t>13,198,166</t>
+  </si>
+  <si>
     <t>33,404,231</t>
   </si>
   <si>
     <t>44,115,958</t>
   </si>
   <si>
-    <t>35,595,849</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>81,009,670</t>
+  </si>
+  <si>
     <t>50,338,905</t>
   </si>
   <si>
     <t>48,689,011</t>
   </si>
   <si>
-    <t>78,361,486</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>52,679,266</t>
+  </si>
+  <si>
     <t>51,601,669</t>
   </si>
   <si>
     <t>62,533,742</t>
   </si>
   <si>
-    <t>72,506,424</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>26,195,166</t>
+  </si>
+  <si>
     <t>37,031,465</t>
   </si>
   <si>
     <t>52,494,071</t>
   </si>
   <si>
-    <t>48,592,209</t>
-[...1 lines deleted...]
-  <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
+    <t>289,503</t>
+  </si>
+  <si>
     <t>206,505</t>
   </si>
   <si>
-    <t>768,529</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>117,309,924</t>
+  </si>
+  <si>
     <t>164,636,813</t>
   </si>
   <si>
     <t>123,350,047</t>
   </si>
   <si>
-    <t>204,577,333</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>5,537,313</t>
+  </si>
+  <si>
     <t>4,621,537</t>
   </si>
   <si>
     <t>3,089,082</t>
   </si>
   <si>
-    <t>3,054,770</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>10,698,768</t>
+  </si>
+  <si>
     <t>17,655,196</t>
   </si>
   <si>
     <t>23,861,266</t>
   </si>
   <si>
-    <t>3,527,215</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>23,316,442</t>
+  </si>
+  <si>
     <t>32,181,816</t>
   </si>
   <si>
     <t>21,525,707</t>
   </si>
   <si>
-    <t>46,161,042</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>16,602,923</t>
+  </si>
+  <si>
     <t>11,871,665</t>
   </si>
   <si>
     <t>15,585,033</t>
   </si>
   <si>
-    <t>11,415,744</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>74,461,625</t>
+  </si>
+  <si>
     <t>85,555,144</t>
   </si>
   <si>
     <t>63,328,436</t>
   </si>
   <si>
-    <t>64,081,845</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>46,721,671</t>
+  </si>
+  <si>
     <t>46,316,971</t>
   </si>
   <si>
     <t>37,463,858</t>
   </si>
   <si>
-    <t>11,104,169</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>3,110,770</t>
+  </si>
+  <si>
     <t>8,698,654</t>
   </si>
   <si>
     <t>2,673,625</t>
   </si>
   <si>
-    <t>9,764,262</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>183,909,895</t>
+  </si>
+  <si>
     <t>161,553,765</t>
   </si>
   <si>
     <t>448,111,042</t>
   </si>
   <si>
-    <t>230,230,142</t>
-[...1 lines deleted...]
-  <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
+    <t>45,418,285</t>
+  </si>
+  <si>
     <t>6,914,840</t>
   </si>
   <si>
     <t>11,737,827</t>
   </si>
   <si>
-    <t>15,453,095</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>139,159,921</t>
+  </si>
+  <si>
     <t>73,523,293</t>
   </si>
   <si>
     <t>102,467,776</t>
   </si>
   <si>
-    <t>62,298,472</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
+    <t>302,781</t>
+  </si>
+  <si>
     <t>1,049,783</t>
   </si>
   <si>
     <t>304,201</t>
   </si>
   <si>
-    <t>306,485</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>49,438,092</t>
+  </si>
+  <si>
     <t>50,273,677</t>
   </si>
   <si>
     <t>261,331,421</t>
   </si>
   <si>
-    <t>27,495,793</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>226,793,646</t>
+  </si>
+  <si>
     <t>213,801,415</t>
   </si>
   <si>
     <t>206,059,369</t>
   </si>
   <si>
-    <t>294,388,804</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>1,142,221,545</t>
+  </si>
+  <si>
     <t>790,891,508</t>
   </si>
   <si>
     <t>695,185,722</t>
   </si>
   <si>
-    <t>824,467,092</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>676,202,929</t>
+  </si>
+  <si>
     <t>496,009,168</t>
   </si>
   <si>
     <t>630,928,996</t>
   </si>
   <si>
-    <t>501,973,809</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>415,842</t>
+  </si>
+  <si>
     <t>1,537,385</t>
   </si>
   <si>
     <t>415,005</t>
   </si>
   <si>
-    <t>1,151,678</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>214,713,904</t>
+  </si>
+  <si>
     <t>249,455,870</t>
   </si>
   <si>
     <t>247,511,773</t>
   </si>
   <si>
-    <t>216,485,254</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>120,385,681</t>
+  </si>
+  <si>
     <t>122,729,301</t>
   </si>
   <si>
     <t>111,333,872</t>
   </si>
   <si>
-    <t>75,548,405</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>51,938,503</t>
+  </si>
+  <si>
     <t>55,181,178</t>
   </si>
   <si>
     <t>81,746,279</t>
   </si>
   <si>
-    <t>61,138,143</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>11,426,758</t>
+  </si>
+  <si>
     <t>13,696,363</t>
   </si>
   <si>
     <t>21,215,640</t>
   </si>
   <si>
-    <t>13,804,981</t>
-[...1 lines deleted...]
-  <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
     <t>768,867</t>
   </si>
   <si>
-    <t>883,635</t>
-[...1 lines deleted...]
-  <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
+    <t>123</t>
+  </si>
+  <si>
     <t>88</t>
   </si>
   <si>
     <t>232,480</t>
   </si>
   <si>
-    <t>83</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>310,907,648</t>
+  </si>
+  <si>
     <t>417,684,132</t>
   </si>
   <si>
     <t>363,621,130</t>
   </si>
   <si>
-    <t>478,061,425</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>353,121,753</t>
+  </si>
+  <si>
     <t>330,171,012</t>
   </si>
   <si>
     <t>372,766,925</t>
   </si>
   <si>
-    <t>289,855,780</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>193,839,843</t>
+  </si>
+  <si>
     <t>176,264,333</t>
   </si>
   <si>
     <t>212,261,404</t>
   </si>
   <si>
-    <t>128,389,203</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>21,805,242</t>
+  </si>
+  <si>
     <t>35,343,879</t>
   </si>
   <si>
     <t>24,609,513</t>
   </si>
   <si>
-    <t>45,999,211</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>16,205,702</t>
+  </si>
+  <si>
     <t>14,117,782</t>
   </si>
   <si>
     <t>18,450,022</t>
   </si>
   <si>
-    <t>11,771,820</t>
-[...1 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>7,959,211</t>
+  </si>
+  <si>
     <t>5,692,186</t>
   </si>
   <si>
     <t>6,119,257</t>
   </si>
   <si>
-    <t>4,225,274</t>
-[...1 lines deleted...]
-  <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
+    <t>45,429</t>
+  </si>
+  <si>
     <t>1,179,002</t>
   </si>
   <si>
     <t>218,037</t>
   </si>
   <si>
-    <t>126,744</t>
-[...1 lines deleted...]
-  <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
+    <t>5,598</t>
+  </si>
+  <si>
     <t>3,179</t>
   </si>
   <si>
     <t>697,013</t>
   </si>
   <si>
-    <t>36,733</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>242</t>
+    <t>9,143</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>37,510,136</t>
+  </si>
+  <si>
     <t>76,624,042</t>
   </si>
   <si>
     <t>36,532,337</t>
   </si>
   <si>
-    <t>53,815,709</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>3,366,990</t>
+  </si>
+  <si>
     <t>2,701,898</t>
   </si>
   <si>
     <t>2,110,103</t>
   </si>
   <si>
-    <t>1,638,803</t>
-[...1 lines deleted...]
-  <si>
     <t>50 ไหม</t>
   </si>
   <si>
+    <t>220,435</t>
+  </si>
+  <si>
     <t>640,504</t>
   </si>
   <si>
     <t>714,542</t>
   </si>
   <si>
-    <t>8,160,407</t>
-[...1 lines deleted...]
-  <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
+    <t>311,757</t>
+  </si>
+  <si>
     <t>86,959</t>
   </si>
   <si>
     <t>11,105</t>
   </si>
   <si>
-    <t>2,734</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>122,066,296</t>
+  </si>
+  <si>
     <t>164,521,332</t>
   </si>
   <si>
     <t>185,701,540</t>
   </si>
   <si>
-    <t>129,535,120</t>
-[...1 lines deleted...]
-  <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
+    <t>7,047,499</t>
+  </si>
+  <si>
     <t>2,607,012</t>
   </si>
   <si>
     <t>4,673,201</t>
   </si>
   <si>
-    <t>4,428,204</t>
-[...1 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>26,449,349</t>
+  </si>
+  <si>
     <t>27,063,436</t>
   </si>
   <si>
     <t>24,094,680</t>
   </si>
   <si>
-    <t>23,015,841</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>6,950,168</t>
+  </si>
+  <si>
     <t>15,902,862</t>
   </si>
   <si>
     <t>14,078,456</t>
   </si>
   <si>
-    <t>12,324,706</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>6,330,361</t>
+  </si>
+  <si>
     <t>8,729,291</t>
   </si>
   <si>
     <t>14,851,659</t>
   </si>
   <si>
-    <t>8,419,312</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>4,983,391</t>
+  </si>
+  <si>
     <t>6,808,269</t>
   </si>
   <si>
     <t>4,659,731</t>
   </si>
   <si>
-    <t>8,467,049</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>33,162,274</t>
+  </si>
+  <si>
     <t>6,164,683</t>
   </si>
   <si>
     <t>18,352,240</t>
   </si>
   <si>
-    <t>24,477,792</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>14,200,458</t>
+  </si>
+  <si>
     <t>14,903,573</t>
   </si>
   <si>
     <t>15,435,756</t>
   </si>
   <si>
-    <t>10,064,992</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>255,924</t>
+  </si>
+  <si>
     <t>3,550,834</t>
   </si>
   <si>
     <t>352,545</t>
   </si>
   <si>
-    <t>1,759,687</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>31,039,749</t>
+  </si>
+  <si>
     <t>25,778,862</t>
   </si>
   <si>
     <t>26,399,437</t>
   </si>
   <si>
-    <t>20,172,067</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>34,909,105</t>
+  </si>
+  <si>
     <t>41,903,114</t>
   </si>
   <si>
     <t>49,094,091</t>
   </si>
   <si>
-    <t>37,576,306</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>28,070,671</t>
+  </si>
+  <si>
     <t>23,211,978</t>
   </si>
   <si>
     <t>32,095,160</t>
   </si>
   <si>
-    <t>25,483,868</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>24,040,220</t>
+  </si>
+  <si>
     <t>24,688,391</t>
   </si>
   <si>
     <t>30,791,850</t>
   </si>
   <si>
-    <t>16,974,906</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>2,861,341</t>
+  </si>
+  <si>
     <t>2,665,340</t>
   </si>
   <si>
     <t>1,624,134</t>
   </si>
   <si>
-    <t>2,557,767</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
+    <t>1,755,651</t>
+  </si>
+  <si>
     <t>37,143</t>
   </si>
   <si>
     <t>2,914</t>
   </si>
   <si>
-    <t>2,068,833</t>
-[...1 lines deleted...]
-  <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>39,697</t>
+  </si>
+  <si>
     <t>51,301</t>
   </si>
   <si>
     <t>60,019</t>
   </si>
   <si>
-    <t>6,550</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>46,996,095</t>
+  </si>
+  <si>
     <t>40,594,594</t>
   </si>
   <si>
     <t>46,586,693</t>
   </si>
   <si>
-    <t>50,615,591</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>213,257,055</t>
+  </si>
+  <si>
     <t>182,395,861</t>
   </si>
   <si>
     <t>181,393,081</t>
   </si>
   <si>
-    <t>155,850,370</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>28,207,765</t>
+  </si>
+  <si>
     <t>36,018,329</t>
   </si>
   <si>
     <t>118,735,469</t>
   </si>
   <si>
-    <t>33,221,334</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>7,066,029,685</t>
+  </si>
+  <si>
     <t>3,286,674,949</t>
   </si>
   <si>
     <t>3,492,029,835</t>
   </si>
   <si>
-    <t>3,643,967,847</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>212,290,484</t>
+  </si>
+  <si>
     <t>334,029,325</t>
   </si>
   <si>
     <t>872,887,832</t>
   </si>
   <si>
-    <t>310,098,173</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>342,874,744</t>
+  </si>
+  <si>
     <t>340,644,797</t>
   </si>
   <si>
     <t>337,678,221</t>
   </si>
   <si>
-    <t>573,611,203</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>38,956,101</t>
+  </si>
+  <si>
     <t>65,142,613</t>
   </si>
   <si>
     <t>50,992,396</t>
   </si>
   <si>
-    <t>57,427,462</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
+    <t>3,283,500</t>
+  </si>
+  <si>
     <t>13,557,063</t>
   </si>
   <si>
     <t>1,506,813</t>
   </si>
   <si>
-    <t>10,137,835</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>480,502,605</t>
+  </si>
+  <si>
     <t>376,535,432</t>
   </si>
   <si>
     <t>1,001,377,804</t>
   </si>
   <si>
-    <t>740,770,822</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
+    <t>299,595,470</t>
+  </si>
+  <si>
     <t>143,138,410</t>
   </si>
   <si>
     <t>224,993,084</t>
   </si>
   <si>
-    <t>162,742,533</t>
-[...1 lines deleted...]
-  <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
+    <t>626,774,725</t>
+  </si>
+  <si>
     <t>502,116,388</t>
   </si>
   <si>
     <t>485,537,138</t>
   </si>
   <si>
-    <t>395,888,813</t>
-[...1 lines deleted...]
-  <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>2,917,472</t>
+  </si>
+  <si>
     <t>442,283</t>
   </si>
   <si>
     <t>1,773,971</t>
   </si>
   <si>
-    <t>1,976,665</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>30,657,475</t>
+  </si>
+  <si>
     <t>34,092,847</t>
   </si>
   <si>
     <t>28,398,913</t>
   </si>
   <si>
-    <t>36,012,389</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>40,203,763</t>
+  </si>
+  <si>
     <t>55,319,516</t>
   </si>
   <si>
     <t>48,238,955</t>
   </si>
   <si>
-    <t>45,013,348</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>2,417,658,843</t>
+  </si>
+  <si>
     <t>2,439,841,470</t>
   </si>
   <si>
     <t>2,433,458,921</t>
   </si>
   <si>
-    <t>2,572,938,900</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>843,701,403</t>
+  </si>
+  <si>
     <t>602,306,144</t>
   </si>
   <si>
     <t>594,584,036</t>
   </si>
   <si>
-    <t>639,762,226</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
+    <t>460,131</t>
+  </si>
+  <si>
     <t>150,919</t>
   </si>
   <si>
-    <t>39,678</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>943,022,821</t>
+  </si>
+  <si>
     <t>946,302,770</t>
   </si>
   <si>
     <t>775,897,301</t>
   </si>
   <si>
-    <t>735,655,308</t>
-[...7 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
+    <t>9,393</t>
+  </si>
+  <si>
     <t>8,726,059</t>
   </si>
   <si>
-    <t>740</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>278,891,237</t>
+  </si>
+  <si>
     <t>160,149,711</t>
   </si>
   <si>
     <t>198,867,124</t>
   </si>
   <si>
-    <t>229,993,676</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>285,463</t>
+  </si>
+  <si>
     <t>652,137</t>
   </si>
   <si>
     <t>1,415,485</t>
   </si>
   <si>
-    <t>1,477,896</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>67,296</t>
+  </si>
+  <si>
     <t>24,787</t>
   </si>
   <si>
     <t>252,260</t>
   </si>
   <si>
-    <t>161,154</t>
+    <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
+  </si>
+  <si>
+    <t>2,979</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>12,226,878</t>
+  </si>
+  <si>
     <t>13,237,294</t>
   </si>
   <si>
     <t>18,421,941</t>
   </si>
   <si>
-    <t>10,674,525</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>1,950,335</t>
+  </si>
+  <si>
     <t>878,211</t>
   </si>
   <si>
     <t>4,799,507</t>
   </si>
   <si>
-    <t>184,639</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>31,669,427</t>
+  </si>
+  <si>
     <t>31,955,540</t>
   </si>
   <si>
     <t>39,783,128</t>
   </si>
   <si>
-    <t>17,445,810</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>190,116</t>
+  </si>
+  <si>
     <t>376,227</t>
   </si>
   <si>
     <t>707,788</t>
-  </si>
-[...1 lines deleted...]
-    <t>104,788</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1579,1289 +1573,1289 @@
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
         <v>23</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>24</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" t="s">
         <v>27</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>28</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9" t="s">
         <v>31</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>32</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
         <v>35</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>36</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" t="s">
         <v>39</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>40</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" t="s">
         <v>43</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>44</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" t="s">
         <v>47</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>48</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" t="s">
         <v>51</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>52</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" t="s">
         <v>55</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B16" t="s">
         <v>58</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>59</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" t="s">
         <v>62</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>63</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>65</v>
+      </c>
+      <c r="B18" t="s">
         <v>66</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>67</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>69</v>
+      </c>
+      <c r="B19" t="s">
         <v>70</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>71</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" t="s">
         <v>74</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>75</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>77</v>
+      </c>
+      <c r="B21" t="s">
         <v>78</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>79</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>81</v>
+      </c>
+      <c r="B22" t="s">
         <v>82</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>83</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" t="s">
         <v>86</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>87</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" t="s">
         <v>90</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>91</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>93</v>
+      </c>
+      <c r="B25" t="s">
         <v>94</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>95</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" t="s">
         <v>98</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>99</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" t="s">
         <v>102</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>103</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>105</v>
+      </c>
+      <c r="B28" t="s">
         <v>106</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>107</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>109</v>
+      </c>
+      <c r="B29" t="s">
         <v>110</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>111</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>113</v>
+      </c>
+      <c r="B30" t="s">
         <v>114</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>115</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>117</v>
+      </c>
+      <c r="B31" t="s">
         <v>118</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>119</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>121</v>
+      </c>
+      <c r="B32" t="s">
         <v>122</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>123</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" t="s">
         <v>126</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>127</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>129</v>
+      </c>
+      <c r="B34" t="s">
         <v>130</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>131</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>133</v>
+      </c>
+      <c r="B35" t="s">
         <v>134</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>135</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>137</v>
+      </c>
+      <c r="B36" t="s">
         <v>138</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>139</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>141</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>142</v>
       </c>
-      <c r="B37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>144</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>143</v>
+      </c>
+      <c r="B38" t="s">
+        <v>144</v>
+      </c>
+      <c r="C38" t="s">
         <v>145</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>147</v>
+      </c>
+      <c r="B39" t="s">
+        <v>148</v>
+      </c>
+      <c r="C39" t="s">
         <v>149</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>151</v>
+      </c>
+      <c r="B40" t="s">
+        <v>152</v>
+      </c>
+      <c r="C40" t="s">
         <v>153</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>155</v>
+      </c>
+      <c r="B41" t="s">
+        <v>156</v>
+      </c>
+      <c r="C41" t="s">
         <v>157</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>159</v>
+      </c>
+      <c r="B42" t="s">
+        <v>160</v>
+      </c>
+      <c r="C42" t="s">
         <v>161</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>163</v>
+      </c>
+      <c r="B43" t="s">
+        <v>164</v>
+      </c>
+      <c r="C43" t="s">
         <v>165</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>167</v>
+      </c>
+      <c r="B44" t="s">
+        <v>168</v>
+      </c>
+      <c r="C44" t="s">
         <v>169</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>171</v>
+      </c>
+      <c r="B45" t="s">
+        <v>172</v>
+      </c>
+      <c r="C45" t="s">
         <v>173</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>175</v>
+      </c>
+      <c r="B46" t="s">
+        <v>176</v>
+      </c>
+      <c r="C46" t="s">
         <v>177</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B47" t="s">
-        <v>11</v>
+        <v>180</v>
       </c>
       <c r="C47" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D47" t="s">
-        <v>182</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>181</v>
+      </c>
+      <c r="B48" t="s">
+        <v>182</v>
+      </c>
+      <c r="C48" t="s">
         <v>183</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>185</v>
+      </c>
+      <c r="B49" t="s">
+        <v>186</v>
+      </c>
+      <c r="C49" t="s">
         <v>187</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>189</v>
+      </c>
+      <c r="B50" t="s">
+        <v>190</v>
+      </c>
+      <c r="C50" t="s">
         <v>191</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>193</v>
+      </c>
+      <c r="B51" t="s">
+        <v>194</v>
+      </c>
+      <c r="C51" t="s">
         <v>195</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>197</v>
+      </c>
+      <c r="B52" t="s">
+        <v>198</v>
+      </c>
+      <c r="C52" t="s">
         <v>199</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>201</v>
+      </c>
+      <c r="B53" t="s">
+        <v>202</v>
+      </c>
+      <c r="C53" t="s">
         <v>203</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>205</v>
+      </c>
+      <c r="B54" t="s">
+        <v>206</v>
+      </c>
+      <c r="C54" t="s">
         <v>207</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>209</v>
+      </c>
+      <c r="B55" t="s">
+        <v>210</v>
+      </c>
+      <c r="C55" t="s">
         <v>211</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>213</v>
+      </c>
+      <c r="B56" t="s">
+        <v>214</v>
+      </c>
+      <c r="C56" t="s">
         <v>215</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>217</v>
+      </c>
+      <c r="B57" t="s">
+        <v>218</v>
+      </c>
+      <c r="C57" t="s">
         <v>219</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>221</v>
+      </c>
+      <c r="B58" t="s">
+        <v>222</v>
+      </c>
+      <c r="C58" t="s">
         <v>223</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>225</v>
+      </c>
+      <c r="B59" t="s">
+        <v>226</v>
+      </c>
+      <c r="C59" t="s">
         <v>227</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>229</v>
+      </c>
+      <c r="B60" t="s">
+        <v>230</v>
+      </c>
+      <c r="C60" t="s">
         <v>231</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>233</v>
+      </c>
+      <c r="B61" t="s">
+        <v>234</v>
+      </c>
+      <c r="C61" t="s">
         <v>235</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>237</v>
+      </c>
+      <c r="B62" t="s">
+        <v>238</v>
+      </c>
+      <c r="C62" t="s">
         <v>239</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>241</v>
+      </c>
+      <c r="B63" t="s">
+        <v>242</v>
+      </c>
+      <c r="C63" t="s">
         <v>243</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>245</v>
+      </c>
+      <c r="B64" t="s">
+        <v>246</v>
+      </c>
+      <c r="C64" t="s">
         <v>247</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>249</v>
+      </c>
+      <c r="B65" t="s">
+        <v>250</v>
+      </c>
+      <c r="C65" t="s">
         <v>251</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>253</v>
+      </c>
+      <c r="B66" t="s">
+        <v>254</v>
+      </c>
+      <c r="C66" t="s">
         <v>255</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>257</v>
+      </c>
+      <c r="B67" t="s">
+        <v>258</v>
+      </c>
+      <c r="C67" t="s">
         <v>259</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>261</v>
+      </c>
+      <c r="B68" t="s">
+        <v>262</v>
+      </c>
+      <c r="C68" t="s">
         <v>263</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>265</v>
+      </c>
+      <c r="B69" t="s">
+        <v>266</v>
+      </c>
+      <c r="C69" t="s">
         <v>267</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>269</v>
+      </c>
+      <c r="B70" t="s">
+        <v>270</v>
+      </c>
+      <c r="C70" t="s">
         <v>271</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>273</v>
+      </c>
+      <c r="B71" t="s">
+        <v>274</v>
+      </c>
+      <c r="C71" t="s">
         <v>275</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>277</v>
+      </c>
+      <c r="B72" t="s">
+        <v>278</v>
+      </c>
+      <c r="C72" t="s">
         <v>279</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>281</v>
+      </c>
+      <c r="B73" t="s">
+        <v>282</v>
+      </c>
+      <c r="C73" t="s">
         <v>283</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>285</v>
+      </c>
+      <c r="B74" t="s">
+        <v>286</v>
+      </c>
+      <c r="C74" t="s">
         <v>287</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>289</v>
+      </c>
+      <c r="B75" t="s">
+        <v>290</v>
+      </c>
+      <c r="C75" t="s">
         <v>291</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>293</v>
+      </c>
+      <c r="B76" t="s">
+        <v>294</v>
+      </c>
+      <c r="C76" t="s">
         <v>295</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>297</v>
+      </c>
+      <c r="B77" t="s">
+        <v>298</v>
+      </c>
+      <c r="C77" t="s">
         <v>299</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>301</v>
+      </c>
+      <c r="B78" t="s">
+        <v>302</v>
+      </c>
+      <c r="C78" t="s">
         <v>303</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>305</v>
+      </c>
+      <c r="B79" t="s">
+        <v>306</v>
+      </c>
+      <c r="C79" t="s">
         <v>307</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>309</v>
+      </c>
+      <c r="B80" t="s">
+        <v>310</v>
+      </c>
+      <c r="C80" t="s">
         <v>311</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
         <v>312</v>
-      </c>
-[...4 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>313</v>
+      </c>
+      <c r="B81" t="s">
+        <v>314</v>
+      </c>
+      <c r="C81" t="s">
         <v>315</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>317</v>
+      </c>
+      <c r="B82" t="s">
+        <v>318</v>
+      </c>
+      <c r="C82" t="s">
         <v>319</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>321</v>
+      </c>
+      <c r="B83" t="s">
+        <v>322</v>
+      </c>
+      <c r="C83" t="s">
         <v>323</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>325</v>
+      </c>
+      <c r="B84" t="s">
+        <v>326</v>
+      </c>
+      <c r="C84" t="s">
+        <v>9</v>
+      </c>
+      <c r="D84" t="s">
         <v>327</v>
-      </c>
-[...7 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>328</v>
+      </c>
+      <c r="B85" t="s">
+        <v>329</v>
+      </c>
+      <c r="C85" t="s">
         <v>330</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>332</v>
+      </c>
+      <c r="B86" t="s">
+        <v>333</v>
+      </c>
+      <c r="C86" t="s">
+        <v>9</v>
+      </c>
+      <c r="D86" t="s">
         <v>334</v>
-      </c>
-[...7 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>335</v>
+      </c>
+      <c r="B87" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C87" t="s">
         <v>337</v>
       </c>
       <c r="D87" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>339</v>
       </c>
       <c r="B88" t="s">
         <v>340</v>
       </c>
       <c r="C88" t="s">
         <v>341</v>
       </c>
       <c r="D88" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>343</v>
       </c>
       <c r="B89" t="s">
         <v>344</v>
       </c>
       <c r="C89" t="s">
         <v>345</v>
       </c>
       <c r="D89" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>347</v>
       </c>
       <c r="B90" t="s">
         <v>348</v>
       </c>
       <c r="C90" t="s">
-        <v>349</v>
+        <v>9</v>
       </c>
       <c r="D90" t="s">
-        <v>350</v>
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>349</v>
+      </c>
+      <c r="B91" t="s">
+        <v>350</v>
+      </c>
+      <c r="C91" t="s">
         <v>351</v>
       </c>
-      <c r="B91" t="s">
+      <c r="D91" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>353</v>
+      </c>
+      <c r="B92" t="s">
+        <v>354</v>
+      </c>
+      <c r="C92" t="s">
         <v>355</v>
       </c>
-      <c r="B92" t="s">
+      <c r="D92" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>357</v>
+      </c>
+      <c r="B93" t="s">
+        <v>358</v>
+      </c>
+      <c r="C93" t="s">
         <v>359</v>
       </c>
-      <c r="B93" t="s">
+      <c r="D93" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>361</v>
+      </c>
+      <c r="B94" t="s">
+        <v>362</v>
+      </c>
+      <c r="C94" t="s">
         <v>363</v>
       </c>
-      <c r="B94" t="s">
+      <c r="D94" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="3"/>
       <c r="B102" s="3"/>
       <c r="C102" s="3"/>
       <c r="D102" s="3"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="3"/>
       <c r="B103" s="3"/>