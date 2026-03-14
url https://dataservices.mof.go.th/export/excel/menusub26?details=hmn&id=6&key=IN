--- v1 (2025-12-07)
+++ v2 (2026-03-14)
@@ -12,1145 +12,1154 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>20,041,993,661</t>
-[...5 lines deleted...]
-    <t>16,405,329,266</t>
+    <t>18,209,730,098</t>
+  </si>
+  <si>
+    <t>15,449,254,698</t>
+  </si>
+  <si>
+    <t>15,912,086,768</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>20,956</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
-    <t>10,810</t>
-[...4 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>1,064,876,557</t>
-[...5 lines deleted...]
-    <t>294,253,839</t>
+    <t>1,497,891,919</t>
+  </si>
+  <si>
+    <t>1,637,050,938</t>
+  </si>
+  <si>
+    <t>1,576,351,689</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>6,937,639</t>
-[...5 lines deleted...]
-    <t>18,514,634</t>
+    <t>11,020,630</t>
+  </si>
+  <si>
+    <t>1,606,038</t>
+  </si>
+  <si>
+    <t>4,099,701</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>20,271</t>
+    <t>211,187</t>
+  </si>
+  <si>
+    <t>246,926</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>13,896</t>
-[...5 lines deleted...]
-    <t>142</t>
+    <t>3,850</t>
+  </si>
+  <si>
+    <t>6,002</t>
+  </si>
+  <si>
+    <t>97,187</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>46,611,384</t>
-[...5 lines deleted...]
-    <t>20,283,539</t>
+    <t>27,118,406</t>
+  </si>
+  <si>
+    <t>10,887,436</t>
+  </si>
+  <si>
+    <t>30,569,482</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>11,630,482</t>
-[...5 lines deleted...]
-    <t>600,459</t>
+    <t>11,541,229</t>
+  </si>
+  <si>
+    <t>3,170,237</t>
+  </si>
+  <si>
+    <t>1,091,351</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>326,310,289</t>
-[...5 lines deleted...]
-    <t>324,579,687</t>
+    <t>526,887,870</t>
+  </si>
+  <si>
+    <t>325,890,145</t>
+  </si>
+  <si>
+    <t>328,230,702</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>13,198,166</t>
-[...5 lines deleted...]
-    <t>44,115,958</t>
+    <t>200,712,105</t>
+  </si>
+  <si>
+    <t>29,550,044</t>
+  </si>
+  <si>
+    <t>11,587,480</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>81,009,670</t>
-[...5 lines deleted...]
-    <t>48,689,011</t>
+    <t>58,625,337</t>
+  </si>
+  <si>
+    <t>49,554,688</t>
+  </si>
+  <si>
+    <t>39,423,793</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>52,679,266</t>
-[...5 lines deleted...]
-    <t>62,533,742</t>
+    <t>118,930,007</t>
+  </si>
+  <si>
+    <t>84,228,969</t>
+  </si>
+  <si>
+    <t>54,691,472</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>26,195,166</t>
-[...5 lines deleted...]
-    <t>52,494,071</t>
+    <t>38,234,710</t>
+  </si>
+  <si>
+    <t>33,985,873</t>
+  </si>
+  <si>
+    <t>39,884,322</t>
   </si>
   <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
-    <t>289,503</t>
-[...2 lines deleted...]
-    <t>206,505</t>
+    <t>42,926</t>
+  </si>
+  <si>
+    <t>80,868</t>
+  </si>
+  <si>
+    <t>32,524</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>117,309,924</t>
-[...5 lines deleted...]
-    <t>123,350,047</t>
+    <t>208,769,444</t>
+  </si>
+  <si>
+    <t>127,959,878</t>
+  </si>
+  <si>
+    <t>67,415,458</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>5,537,313</t>
-[...5 lines deleted...]
-    <t>3,089,082</t>
+    <t>4,252,685</t>
+  </si>
+  <si>
+    <t>8,399,164</t>
+  </si>
+  <si>
+    <t>4,274,532</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>10,698,768</t>
-[...5 lines deleted...]
-    <t>23,861,266</t>
+    <t>23,092,558</t>
+  </si>
+  <si>
+    <t>6,303,082</t>
+  </si>
+  <si>
+    <t>9,351,174</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>23,316,442</t>
-[...5 lines deleted...]
-    <t>21,525,707</t>
+    <t>23,821,700</t>
+  </si>
+  <si>
+    <t>40,203,382</t>
+  </si>
+  <si>
+    <t>57,729,789</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>16,602,923</t>
-[...5 lines deleted...]
-    <t>15,585,033</t>
+    <t>8,735,997</t>
+  </si>
+  <si>
+    <t>8,417,826</t>
+  </si>
+  <si>
+    <t>24,819,966</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>74,461,625</t>
-[...5 lines deleted...]
-    <t>63,328,436</t>
+    <t>51,940,284</t>
+  </si>
+  <si>
+    <t>72,183,129</t>
+  </si>
+  <si>
+    <t>42,371,005</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>46,721,671</t>
-[...5 lines deleted...]
-    <t>37,463,858</t>
+    <t>14,285,008</t>
+  </si>
+  <si>
+    <t>34,312,287</t>
+  </si>
+  <si>
+    <t>14,325,150</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>3,110,770</t>
-[...5 lines deleted...]
-    <t>2,673,625</t>
+    <t>6,501,371</t>
+  </si>
+  <si>
+    <t>5,877,859</t>
+  </si>
+  <si>
+    <t>12,916,443</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>183,909,895</t>
-[...5 lines deleted...]
-    <t>448,111,042</t>
+    <t>152,637,820</t>
+  </si>
+  <si>
+    <t>191,880,078</t>
+  </si>
+  <si>
+    <t>116,702,860</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>45,418,285</t>
-[...5 lines deleted...]
-    <t>11,737,827</t>
+    <t>1,084,655</t>
+  </si>
+  <si>
+    <t>1,165,780</t>
+  </si>
+  <si>
+    <t>17,076,891</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>139,159,921</t>
-[...5 lines deleted...]
-    <t>102,467,776</t>
+    <t>83,641,086</t>
+  </si>
+  <si>
+    <t>64,806,313</t>
+  </si>
+  <si>
+    <t>76,128,428</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>302,781</t>
-[...5 lines deleted...]
-    <t>304,201</t>
+    <t>761</t>
+  </si>
+  <si>
+    <t>846</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>49,438,092</t>
-[...5 lines deleted...]
-    <t>261,331,421</t>
+    <t>53,411,666</t>
+  </si>
+  <si>
+    <t>43,764,014</t>
+  </si>
+  <si>
+    <t>58,997,089</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>226,793,646</t>
-[...5 lines deleted...]
-    <t>206,059,369</t>
+    <t>227,706,145</t>
+  </si>
+  <si>
+    <t>196,683,175</t>
+  </si>
+  <si>
+    <t>221,669,776</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>1,142,221,545</t>
-[...5 lines deleted...]
-    <t>695,185,722</t>
+    <t>1,186,520,664</t>
+  </si>
+  <si>
+    <t>525,829,148</t>
+  </si>
+  <si>
+    <t>575,947,569</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>676,202,929</t>
-[...5 lines deleted...]
-    <t>630,928,996</t>
+    <t>571,357,170</t>
+  </si>
+  <si>
+    <t>689,712,271</t>
+  </si>
+  <si>
+    <t>564,131,323</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>415,842</t>
-[...5 lines deleted...]
-    <t>415,005</t>
+    <t>2,276,032</t>
+  </si>
+  <si>
+    <t>3,647,815</t>
+  </si>
+  <si>
+    <t>147,687</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>214,713,904</t>
-[...5 lines deleted...]
-    <t>247,511,773</t>
+    <t>258,532,570</t>
+  </si>
+  <si>
+    <t>208,092,772</t>
+  </si>
+  <si>
+    <t>217,176,907</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>120,385,681</t>
-[...5 lines deleted...]
-    <t>111,333,872</t>
+    <t>78,981,047</t>
+  </si>
+  <si>
+    <t>70,388,382</t>
+  </si>
+  <si>
+    <t>98,403,461</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>51,938,503</t>
-[...5 lines deleted...]
-    <t>81,746,279</t>
+    <t>68,647,926</t>
+  </si>
+  <si>
+    <t>46,336,205</t>
+  </si>
+  <si>
+    <t>38,210,851</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>11,426,758</t>
-[...5 lines deleted...]
-    <t>21,215,640</t>
+    <t>6,355,891</t>
+  </si>
+  <si>
+    <t>12,491,557</t>
+  </si>
+  <si>
+    <t>19,996,284</t>
   </si>
   <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
-    <t>768,867</t>
+    <t>814,757</t>
+  </si>
+  <si>
+    <t>47,685,393</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>123</t>
-[...5 lines deleted...]
-    <t>232,480</t>
+    <t>403</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>310,907,648</t>
-[...5 lines deleted...]
-    <t>363,621,130</t>
+    <t>337,963,097</t>
+  </si>
+  <si>
+    <t>272,850,518</t>
+  </si>
+  <si>
+    <t>398,450,247</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>353,121,753</t>
-[...5 lines deleted...]
-    <t>372,766,925</t>
+    <t>330,620,409</t>
+  </si>
+  <si>
+    <t>274,659,406</t>
+  </si>
+  <si>
+    <t>266,954,295</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>193,839,843</t>
-[...5 lines deleted...]
-    <t>212,261,404</t>
+    <t>194,175,760</t>
+  </si>
+  <si>
+    <t>175,489,024</t>
+  </si>
+  <si>
+    <t>184,178,173</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>21,805,242</t>
-[...5 lines deleted...]
-    <t>24,609,513</t>
+    <t>38,691,839</t>
+  </si>
+  <si>
+    <t>30,769,088</t>
+  </si>
+  <si>
+    <t>35,502,012</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>16,205,702</t>
-[...5 lines deleted...]
-    <t>18,450,022</t>
+    <t>15,514,518</t>
+  </si>
+  <si>
+    <t>18,375,370</t>
+  </si>
+  <si>
+    <t>9,951,453</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>7,959,211</t>
-[...5 lines deleted...]
-    <t>6,119,257</t>
+    <t>5,902,549</t>
+  </si>
+  <si>
+    <t>3,929,083</t>
+  </si>
+  <si>
+    <t>6,517,857</t>
   </si>
   <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
-    <t>45,429</t>
-[...5 lines deleted...]
-    <t>218,037</t>
+    <t>116,418</t>
+  </si>
+  <si>
+    <t>671,589</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>5,598</t>
-[...5 lines deleted...]
-    <t>697,013</t>
+    <t>54,894</t>
+  </si>
+  <si>
+    <t>641,636</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>9,143</t>
+    <t>68</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>37,510,136</t>
-[...5 lines deleted...]
-    <t>36,532,337</t>
+    <t>53,327,834</t>
+  </si>
+  <si>
+    <t>36,104,849</t>
+  </si>
+  <si>
+    <t>34,187,604</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>3,366,990</t>
-[...5 lines deleted...]
-    <t>2,110,103</t>
+    <t>1,673,803</t>
+  </si>
+  <si>
+    <t>2,013,501</t>
+  </si>
+  <si>
+    <t>1,484,044</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>220,435</t>
-[...5 lines deleted...]
-    <t>714,542</t>
+    <t>85,845</t>
+  </si>
+  <si>
+    <t>119,062</t>
+  </si>
+  <si>
+    <t>181,582</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>311,757</t>
-[...5 lines deleted...]
-    <t>11,105</t>
+    <t>91,571</t>
+  </si>
+  <si>
+    <t>117,928</t>
+  </si>
+  <si>
+    <t>1,462</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>122,066,296</t>
-[...5 lines deleted...]
-    <t>185,701,540</t>
+    <t>160,735,140</t>
+  </si>
+  <si>
+    <t>124,782,646</t>
+  </si>
+  <si>
+    <t>136,615,068</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>7,047,499</t>
-[...5 lines deleted...]
-    <t>4,673,201</t>
+    <t>5,693,519</t>
+  </si>
+  <si>
+    <t>7,242,275</t>
+  </si>
+  <si>
+    <t>7,667,181</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>26,449,349</t>
-[...5 lines deleted...]
-    <t>24,094,680</t>
+    <t>29,598,124</t>
+  </si>
+  <si>
+    <t>26,780,090</t>
+  </si>
+  <si>
+    <t>32,272,005</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>6,950,168</t>
-[...5 lines deleted...]
-    <t>14,078,456</t>
+    <t>16,872,235</t>
+  </si>
+  <si>
+    <t>9,872,186</t>
+  </si>
+  <si>
+    <t>18,749,121</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>6,330,361</t>
-[...5 lines deleted...]
-    <t>14,851,659</t>
+    <t>12,309,545</t>
+  </si>
+  <si>
+    <t>17,787,482</t>
+  </si>
+  <si>
+    <t>4,932,310</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>4,983,391</t>
-[...5 lines deleted...]
-    <t>4,659,731</t>
+    <t>6,530,122</t>
+  </si>
+  <si>
+    <t>12,141,567</t>
+  </si>
+  <si>
+    <t>7,971,244</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>33,162,274</t>
-[...5 lines deleted...]
-    <t>18,352,240</t>
+    <t>29,015,455</t>
+  </si>
+  <si>
+    <t>20,532,889</t>
+  </si>
+  <si>
+    <t>22,786,665</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>14,200,458</t>
-[...5 lines deleted...]
-    <t>15,435,756</t>
+    <t>13,313,064</t>
+  </si>
+  <si>
+    <t>7,644,518</t>
+  </si>
+  <si>
+    <t>6,638,561</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>255,924</t>
-[...5 lines deleted...]
-    <t>352,545</t>
+    <t>287,715</t>
+  </si>
+  <si>
+    <t>62,553</t>
+  </si>
+  <si>
+    <t>21,413</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>31,039,749</t>
-[...5 lines deleted...]
-    <t>26,399,437</t>
+    <t>44,793,612</t>
+  </si>
+  <si>
+    <t>36,951,678</t>
+  </si>
+  <si>
+    <t>28,949,631</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>34,909,105</t>
-[...5 lines deleted...]
-    <t>49,094,091</t>
+    <t>67,199,558</t>
+  </si>
+  <si>
+    <t>31,404,009</t>
+  </si>
+  <si>
+    <t>64,232,422</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>28,070,671</t>
-[...5 lines deleted...]
-    <t>32,095,160</t>
+    <t>52,970,077</t>
+  </si>
+  <si>
+    <t>31,856,664</t>
+  </si>
+  <si>
+    <t>31,937,898</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>24,040,220</t>
-[...5 lines deleted...]
-    <t>30,791,850</t>
+    <t>19,174,153</t>
+  </si>
+  <si>
+    <t>16,075,691</t>
+  </si>
+  <si>
+    <t>17,062,503</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,861,341</t>
-[...5 lines deleted...]
-    <t>1,624,134</t>
+    <t>3,382,858</t>
+  </si>
+  <si>
+    <t>606,400</t>
+  </si>
+  <si>
+    <t>619,001</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>1,755,651</t>
-[...5 lines deleted...]
-    <t>2,914</t>
+    <t>11,432</t>
+  </si>
+  <si>
+    <t>10,004</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>39,697</t>
-[...5 lines deleted...]
-    <t>60,019</t>
+    <t>1,393</t>
+  </si>
+  <si>
+    <t>24,000</t>
+  </si>
+  <si>
+    <t>61,855</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>46,996,095</t>
-[...5 lines deleted...]
-    <t>46,586,693</t>
+    <t>60,872,117</t>
+  </si>
+  <si>
+    <t>45,800,108</t>
+  </si>
+  <si>
+    <t>53,305,821</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>213,257,055</t>
-[...5 lines deleted...]
-    <t>181,393,081</t>
+    <t>149,071,997</t>
+  </si>
+  <si>
+    <t>183,894,433</t>
+  </si>
+  <si>
+    <t>152,027,549</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>28,207,765</t>
-[...5 lines deleted...]
-    <t>118,735,469</t>
+    <t>27,155,977</t>
+  </si>
+  <si>
+    <t>26,107,634</t>
+  </si>
+  <si>
+    <t>27,866,007</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>7,066,029,685</t>
-[...5 lines deleted...]
-    <t>3,492,029,835</t>
+    <t>3,441,410,655</t>
+  </si>
+  <si>
+    <t>3,080,217,287</t>
+  </si>
+  <si>
+    <t>2,927,343,751</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>212,290,484</t>
-[...5 lines deleted...]
-    <t>872,887,832</t>
+    <t>301,636,235</t>
+  </si>
+  <si>
+    <t>293,644,190</t>
+  </si>
+  <si>
+    <t>266,971,940</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>342,874,744</t>
-[...5 lines deleted...]
-    <t>337,678,221</t>
+    <t>350,499,772</t>
+  </si>
+  <si>
+    <t>266,308,495</t>
+  </si>
+  <si>
+    <t>335,067,006</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>38,956,101</t>
-[...5 lines deleted...]
-    <t>50,992,396</t>
+    <t>383,337,998</t>
+  </si>
+  <si>
+    <t>150,912,822</t>
+  </si>
+  <si>
+    <t>55,657,055</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>3,283,500</t>
-[...5 lines deleted...]
-    <t>1,506,813</t>
+    <t>11,738,309</t>
+  </si>
+  <si>
+    <t>15,249,079</t>
+  </si>
+  <si>
+    <t>7,214,953</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>480,502,605</t>
-[...5 lines deleted...]
-    <t>1,001,377,804</t>
+    <t>541,958,743</t>
+  </si>
+  <si>
+    <t>582,595,690</t>
+  </si>
+  <si>
+    <t>670,906,366</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>299,595,470</t>
-[...5 lines deleted...]
-    <t>224,993,084</t>
+    <t>204,911,251</t>
+  </si>
+  <si>
+    <t>207,387,306</t>
+  </si>
+  <si>
+    <t>136,361,935</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>626,774,725</t>
-[...5 lines deleted...]
-    <t>485,537,138</t>
+    <t>250,673,365</t>
+  </si>
+  <si>
+    <t>614,591,404</t>
+  </si>
+  <si>
+    <t>504,275,933</t>
+  </si>
+  <si>
+    <t>80 ดีบุกและของทำด้วยดีบุก</t>
+  </si>
+  <si>
+    <t>554,516</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>2,917,472</t>
-[...5 lines deleted...]
-    <t>1,773,971</t>
+    <t>836,212</t>
+  </si>
+  <si>
+    <t>64,928</t>
+  </si>
+  <si>
+    <t>21,454</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>30,657,475</t>
-[...5 lines deleted...]
-    <t>28,398,913</t>
+    <t>28,605,972</t>
+  </si>
+  <si>
+    <t>40,977,800</t>
+  </si>
+  <si>
+    <t>20,106,722</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>40,203,763</t>
-[...5 lines deleted...]
-    <t>48,238,955</t>
+    <t>62,159,377</t>
+  </si>
+  <si>
+    <t>33,020,879</t>
+  </si>
+  <si>
+    <t>41,506,505</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,417,658,843</t>
-[...5 lines deleted...]
-    <t>2,433,458,921</t>
+    <t>2,866,919,134</t>
+  </si>
+  <si>
+    <t>1,775,250,777</t>
+  </si>
+  <si>
+    <t>2,332,436,871</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>843,701,403</t>
-[...5 lines deleted...]
-    <t>594,584,036</t>
+    <t>1,308,436,177</t>
+  </si>
+  <si>
+    <t>1,413,437,689</t>
+  </si>
+  <si>
+    <t>1,492,013,437</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>460,131</t>
-[...2 lines deleted...]
-    <t>150,919</t>
+    <t>705,547</t>
+  </si>
+  <si>
+    <t>265,060</t>
+  </si>
+  <si>
+    <t>227,335</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>943,022,821</t>
-[...5 lines deleted...]
-    <t>775,897,301</t>
+    <t>996,544,547</t>
+  </si>
+  <si>
+    <t>688,033,263</t>
+  </si>
+  <si>
+    <t>950,926,422</t>
+  </si>
+  <si>
+    <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
+  </si>
+  <si>
+    <t>494,066</t>
+  </si>
+  <si>
+    <t>362,156</t>
+  </si>
+  <si>
+    <t>219,273</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>9,393</t>
-[...2 lines deleted...]
-    <t>8,726,059</t>
+    <t>10,784</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>278,891,237</t>
-[...5 lines deleted...]
-    <t>198,867,124</t>
+    <t>200,280,250</t>
+  </si>
+  <si>
+    <t>308,225,350</t>
+  </si>
+  <si>
+    <t>203,789,453</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>285,463</t>
-[...5 lines deleted...]
-    <t>1,415,485</t>
+    <t>943,228</t>
+  </si>
+  <si>
+    <t>458,668</t>
+  </si>
+  <si>
+    <t>337,698</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>67,296</t>
-[...5 lines deleted...]
-    <t>252,260</t>
+    <t>989,790</t>
+  </si>
+  <si>
+    <t>210,536</t>
+  </si>
+  <si>
+    <t>214,980</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>2,979</t>
+    <t>407,372</t>
+  </si>
+  <si>
+    <t>1,752,126</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>12,226,878</t>
-[...5 lines deleted...]
-    <t>18,421,941</t>
+    <t>9,677,967</t>
+  </si>
+  <si>
+    <t>8,856,683</t>
+  </si>
+  <si>
+    <t>15,495,609</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>1,950,335</t>
-[...5 lines deleted...]
-    <t>4,799,507</t>
+    <t>3,188,892</t>
+  </si>
+  <si>
+    <t>583,802</t>
+  </si>
+  <si>
+    <t>2,398,966</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>31,669,427</t>
-[...5 lines deleted...]
-    <t>39,783,128</t>
+    <t>41,822,466</t>
+  </si>
+  <si>
+    <t>19,453,132</t>
+  </si>
+  <si>
+    <t>21,533,274</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>190,116</t>
-[...5 lines deleted...]
-    <t>707,788</t>
+    <t>316,458</t>
+  </si>
+  <si>
+    <t>97,690</t>
+  </si>
+  <si>
+    <t>519,530</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1484,143 +1493,143 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D103"/>
+  <dimension ref="A1:D105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A103" sqref="A103"/>
+      <selection activeCell="A105" sqref="A105"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>17</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
         <v>20</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>27</v>
@@ -1702,222 +1711,222 @@
         <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>51</v>
       </c>
       <c r="C14" t="s">
         <v>52</v>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>54</v>
       </c>
       <c r="B15" t="s">
         <v>55</v>
       </c>
       <c r="C15" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="D15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B16" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C16" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B17" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C18" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B21" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B22" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C22" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D22" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B23" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C23" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B24" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B25" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C25" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B26" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C26" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D26" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B27" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C27" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D27" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>105</v>
       </c>
       <c r="B28" t="s">
         <v>106</v>
       </c>
       <c r="C28" t="s">
         <v>107</v>
       </c>
       <c r="D28" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>109</v>
       </c>
       <c r="B29" t="s">
         <v>110</v>
       </c>
       <c r="C29" t="s">
         <v>111</v>
@@ -2007,888 +2016,916 @@
         <v>135</v>
       </c>
       <c r="D35" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>137</v>
       </c>
       <c r="B36" t="s">
         <v>138</v>
       </c>
       <c r="C36" t="s">
         <v>139</v>
       </c>
       <c r="D36" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>141</v>
       </c>
       <c r="B37" t="s">
-        <v>9</v>
+        <v>142</v>
       </c>
       <c r="C37" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>143</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B38" t="s">
-        <v>144</v>
+        <v>10</v>
       </c>
       <c r="C38" t="s">
         <v>145</v>
       </c>
       <c r="D38" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>146</v>
+      </c>
+      <c r="B39" t="s">
         <v>147</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>148</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>150</v>
+      </c>
+      <c r="B40" t="s">
         <v>151</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>152</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>154</v>
+      </c>
+      <c r="B41" t="s">
         <v>155</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>156</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>158</v>
+      </c>
+      <c r="B42" t="s">
         <v>159</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>160</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>162</v>
+      </c>
+      <c r="B43" t="s">
         <v>163</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>164</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>166</v>
+      </c>
+      <c r="B44" t="s">
         <v>167</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>168</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>170</v>
+      </c>
+      <c r="B45" t="s">
+        <v>10</v>
+      </c>
+      <c r="C45" t="s">
         <v>171</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>173</v>
+      </c>
+      <c r="B46" t="s">
+        <v>10</v>
+      </c>
+      <c r="C46" t="s">
+        <v>174</v>
+      </c>
+      <c r="D46" t="s">
         <v>175</v>
-      </c>
-[...7 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B47" t="s">
-        <v>180</v>
+        <v>10</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>177</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>178</v>
+      </c>
+      <c r="B48" t="s">
+        <v>179</v>
+      </c>
+      <c r="C48" t="s">
+        <v>180</v>
+      </c>
+      <c r="D48" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>182</v>
+      </c>
+      <c r="B49" t="s">
+        <v>183</v>
+      </c>
+      <c r="C49" t="s">
+        <v>184</v>
+      </c>
+      <c r="D49" t="s">
         <v>185</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>186</v>
+      </c>
+      <c r="B50" t="s">
+        <v>187</v>
+      </c>
+      <c r="C50" t="s">
+        <v>188</v>
+      </c>
+      <c r="D50" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" t="s">
+        <v>191</v>
+      </c>
+      <c r="C51" t="s">
+        <v>192</v>
+      </c>
+      <c r="D51" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>194</v>
+      </c>
+      <c r="B52" t="s">
+        <v>195</v>
+      </c>
+      <c r="C52" t="s">
+        <v>196</v>
+      </c>
+      <c r="D52" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>198</v>
+      </c>
+      <c r="B53" t="s">
+        <v>199</v>
+      </c>
+      <c r="C53" t="s">
+        <v>200</v>
+      </c>
+      <c r="D53" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>202</v>
+      </c>
+      <c r="B54" t="s">
+        <v>203</v>
+      </c>
+      <c r="C54" t="s">
+        <v>204</v>
+      </c>
+      <c r="D54" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>206</v>
+      </c>
+      <c r="B55" t="s">
+        <v>207</v>
+      </c>
+      <c r="C55" t="s">
+        <v>208</v>
+      </c>
+      <c r="D55" t="s">
         <v>209</v>
-      </c>
-[...7 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>210</v>
+      </c>
+      <c r="B56" t="s">
+        <v>211</v>
+      </c>
+      <c r="C56" t="s">
+        <v>212</v>
+      </c>
+      <c r="D56" t="s">
         <v>213</v>
-      </c>
-[...7 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>214</v>
+      </c>
+      <c r="B57" t="s">
+        <v>215</v>
+      </c>
+      <c r="C57" t="s">
+        <v>216</v>
+      </c>
+      <c r="D57" t="s">
         <v>217</v>
-      </c>
-[...7 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>218</v>
+      </c>
+      <c r="B58" t="s">
+        <v>219</v>
+      </c>
+      <c r="C58" t="s">
+        <v>220</v>
+      </c>
+      <c r="D58" t="s">
         <v>221</v>
-      </c>
-[...7 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>222</v>
+      </c>
+      <c r="B59" t="s">
+        <v>223</v>
+      </c>
+      <c r="C59" t="s">
+        <v>224</v>
+      </c>
+      <c r="D59" t="s">
         <v>225</v>
-      </c>
-[...7 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>226</v>
+      </c>
+      <c r="B60" t="s">
+        <v>227</v>
+      </c>
+      <c r="C60" t="s">
+        <v>228</v>
+      </c>
+      <c r="D60" t="s">
         <v>229</v>
-      </c>
-[...7 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>230</v>
+      </c>
+      <c r="B61" t="s">
+        <v>231</v>
+      </c>
+      <c r="C61" t="s">
+        <v>232</v>
+      </c>
+      <c r="D61" t="s">
         <v>233</v>
-      </c>
-[...7 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>234</v>
+      </c>
+      <c r="B62" t="s">
+        <v>235</v>
+      </c>
+      <c r="C62" t="s">
+        <v>236</v>
+      </c>
+      <c r="D62" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>238</v>
+      </c>
+      <c r="B63" t="s">
+        <v>239</v>
+      </c>
+      <c r="C63" t="s">
+        <v>240</v>
+      </c>
+      <c r="D63" t="s">
         <v>241</v>
-      </c>
-[...7 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>242</v>
+      </c>
+      <c r="B64" t="s">
+        <v>243</v>
+      </c>
+      <c r="C64" t="s">
+        <v>244</v>
+      </c>
+      <c r="D64" t="s">
         <v>245</v>
-      </c>
-[...7 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>246</v>
+      </c>
+      <c r="B65" t="s">
+        <v>247</v>
+      </c>
+      <c r="C65" t="s">
+        <v>248</v>
+      </c>
+      <c r="D65" t="s">
         <v>249</v>
-      </c>
-[...7 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B66" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C66" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D66" t="s">
-        <v>256</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="B67" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C67" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D67" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B68" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C68" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D68" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B69" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C69" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D69" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B70" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C70" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D70" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B71" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="C71" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="D71" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B72" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C72" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D72" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B73" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C73" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D73" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B74" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="C74" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D74" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="B75" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C75" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D75" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="B76" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C76" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="D76" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="B77" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="C77" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="D77" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="B78" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C78" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="D78" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="B79" t="s">
-        <v>306</v>
+        <v>10</v>
       </c>
       <c r="C79" t="s">
-        <v>307</v>
+        <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="B80" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="C80" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D80" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="B81" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="C81" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="D81" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="B82" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C82" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="D82" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="B83" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="C83" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="D83" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="B84" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="C84" t="s">
-        <v>9</v>
+        <v>321</v>
       </c>
       <c r="D84" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="B85" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="C85" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="D85" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="B86" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="C86" t="s">
-        <v>9</v>
+        <v>329</v>
       </c>
       <c r="D86" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="B87" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C87" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D87" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B88" t="s">
-        <v>340</v>
+        <v>10</v>
       </c>
       <c r="C88" t="s">
-        <v>341</v>
+        <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="B89" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C89" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="D89" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B90" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="C90" t="s">
-        <v>9</v>
+        <v>343</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>344</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B91" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C91" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="D91" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="B92" t="s">
-        <v>354</v>
+        <v>10</v>
       </c>
       <c r="C92" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D92" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="B93" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="C93" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="D93" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>356</v>
+      </c>
+      <c r="B94" t="s">
+        <v>357</v>
+      </c>
+      <c r="C94" t="s">
+        <v>358</v>
+      </c>
+      <c r="D94" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>360</v>
+      </c>
+      <c r="B95" t="s">
         <v>361</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C95" t="s">
         <v>362</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D95" t="s">
         <v>363</v>
       </c>
-      <c r="D94" t="s">
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
         <v>364</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A95" s="2" t="s">
+      <c r="B96" t="s">
+        <v>365</v>
+      </c>
+      <c r="C96" t="s">
+        <v>366</v>
+      </c>
+      <c r="D96" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B95" s="2" t="s">
+      <c r="B97" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C95" s="2" t="s">
+      <c r="C97" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D95" s="2" t="s">
+      <c r="D97" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="102" spans="1:4">
-[...9 lines deleted...]
-      <c r="D103" s="3"/>
+    <row r="104" spans="1:4">
+      <c r="A104" s="3"/>
+      <c r="B104" s="3"/>
+      <c r="C104" s="3"/>
+      <c r="D104" s="3"/>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" s="3"/>
+      <c r="B105" s="3"/>
+      <c r="C105" s="3"/>
+      <c r="D105" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A102:D102"/>
-    <mergeCell ref="A103:D103"/>
+    <mergeCell ref="A104:D104"/>
+    <mergeCell ref="A105:D105"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>