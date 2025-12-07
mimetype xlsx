--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,377 +12,362 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>73,714,579</t>
+  </si>
+  <si>
     <t>135,433,382</t>
   </si>
   <si>
     <t>19,142,247</t>
   </si>
   <si>
-    <t>37,306,853</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>0</t>
+  </si>
+  <si>
     <t>10,000</t>
   </si>
   <si>
-    <t>0</t>
-[...4 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>379,030</t>
+  </si>
+  <si>
     <t>1,999,526</t>
   </si>
   <si>
     <t>936,968</t>
   </si>
   <si>
-    <t>3,239,452</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
     <t>743,233</t>
   </si>
   <si>
-    <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
-[...2 lines deleted...]
-    <t>857,569</t>
+    <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
+  </si>
+  <si>
+    <t>2,735</t>
+  </si>
+  <si>
+    <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
+  </si>
+  <si>
+    <t>197,862</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
     <t>812,062</t>
   </si>
   <si>
     <t>1,234,150</t>
   </si>
   <si>
-    <t>1,666,462</t>
+    <t>28 เคมีภัณฑ์อนินทรีย์</t>
+  </si>
+  <si>
+    <t>2,151</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>3,156,613</t>
+    <t>12,461,290</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
     <t>131,366</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>9,910,077</t>
+  </si>
+  <si>
     <t>6,375,509</t>
   </si>
   <si>
-    <t>11,582,088</t>
-[...7 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>78,312</t>
+  </si>
+  <si>
     <t>714,482</t>
   </si>
   <si>
     <t>479,929</t>
   </si>
   <si>
-    <t>236,884</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>770,433</t>
+  </si>
+  <si>
     <t>1,487,893</t>
   </si>
   <si>
     <t>2,758,002</t>
   </si>
   <si>
-    <t>1,810,227</t>
-[...7 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>1,026,927</t>
+  </si>
+  <si>
     <t>587,497</t>
   </si>
   <si>
     <t>3,274,298</t>
   </si>
   <si>
-    <t>2,579,958</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
     <t>1,137,368</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>1,871</t>
+    <t>26,121</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>1,207</t>
+  </si>
+  <si>
     <t>301</t>
   </si>
   <si>
     <t>7,284</t>
   </si>
   <si>
-    <t>2,673</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>86,036</t>
+  </si>
+  <si>
     <t>73,321</t>
   </si>
   <si>
     <t>113,628</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
     <t>7,197</t>
   </si>
   <si>
-    <t>7,236</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>131,927</t>
+  </si>
+  <si>
     <t>131,474</t>
   </si>
   <si>
     <t>5,775</t>
   </si>
   <si>
-    <t>268,716</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>14,433</t>
+  </si>
+  <si>
     <t>9,622</t>
   </si>
   <si>
     <t>815,655</t>
   </si>
   <si>
-    <t>2,665,287</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>908,993</t>
+  </si>
+  <si>
     <t>1,572,616</t>
   </si>
   <si>
     <t>34,318</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
     <t>7,306</t>
   </si>
   <si>
-    <t>72 เหล็กและเหล็กกล้า</t>
-[...4 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>49,211</t>
+  </si>
+  <si>
     <t>841,858</t>
   </si>
   <si>
     <t>118,304</t>
   </si>
   <si>
-    <t>75,742</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>7,792</t>
+  </si>
+  <si>
     <t>11,345</t>
   </si>
   <si>
-    <t>1,619,581</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
     <t>110,595</t>
   </si>
   <si>
     <t>120,830</t>
   </si>
   <si>
-    <t>74,214</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>19,127,949</t>
+  </si>
+  <si>
     <t>112,989,320</t>
   </si>
   <si>
     <t>974,333</t>
   </si>
   <si>
-    <t>1,599,156</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>27,320,218</t>
+  </si>
+  <si>
     <t>6,563,991</t>
   </si>
   <si>
     <t>6,464,198</t>
   </si>
   <si>
-    <t>5,007,729</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>382,985</t>
+  </si>
+  <si>
     <t>124,962</t>
   </si>
   <si>
     <t>153,904</t>
   </si>
   <si>
-    <t>93,147</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>272,472</t>
+  </si>
+  <si>
     <t>38,313</t>
   </si>
   <si>
     <t>494,254</t>
   </si>
   <si>
-    <t>129,491</t>
-[...1 lines deleted...]
-  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>460,734</t>
+  </si>
+  <si>
     <t>89,593</t>
   </si>
   <si>
-    <t>364,940</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>100,971</t>
+    <t>95,684</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
     <t>19,049</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -722,585 +707,571 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A44" sqref="A44"/>
+      <selection activeCell="A43" sqref="A43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
         <v>18</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
         <v>20</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="D16" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B20" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" t="s">
+        <v>68</v>
+      </c>
+      <c r="C23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B24" t="s">
-        <v>74</v>
+        <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="D24" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B25" t="s">
+        <v>74</v>
+      </c>
+      <c r="C25" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D25" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>77</v>
       </c>
       <c r="B26" t="s">
         <v>78</v>
       </c>
       <c r="C26" t="s">
         <v>79</v>
       </c>
       <c r="D26" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>80</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>81</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>83</v>
+      </c>
+      <c r="B28" t="s">
         <v>84</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>85</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>87</v>
+      </c>
+      <c r="B29" t="s">
         <v>88</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>89</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>91</v>
+      </c>
+      <c r="B30" t="s">
         <v>92</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>93</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>95</v>
+      </c>
+      <c r="B31" t="s">
         <v>96</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>97</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>99</v>
+      </c>
+      <c r="B32" t="s">
         <v>100</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>101</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>103</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B33" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C33" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D33" t="s">
-        <v>106</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D34" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
     </row>
     <row r="35" spans="1:4">
-      <c r="A35" t="s">
-[...13 lines deleted...]
-      <c r="A36" s="2" t="s">
+      <c r="A35" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B36" s="2" t="s">
+      <c r="B35" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C36" s="2" t="s">
+      <c r="C35" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="D35" s="2" t="s">
         <v>7</v>
       </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" s="3"/>
+      <c r="B42" s="3"/>
+      <c r="C42" s="3"/>
+      <c r="D42" s="3"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3"/>
       <c r="B43" s="3"/>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
     </row>
-    <row r="44" spans="1:4">
-[...4 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
+    <mergeCell ref="A42:D42"/>
     <mergeCell ref="A43:D43"/>
-    <mergeCell ref="A44:D44"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>