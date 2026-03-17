--- v1 (2025-12-07)
+++ v2 (2026-03-17)
@@ -12,368 +12,362 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>73,714,579</t>
-[...5 lines deleted...]
-    <t>19,142,247</t>
+    <t>102,672,936</t>
+  </si>
+  <si>
+    <t>16,197,622</t>
+  </si>
+  <si>
+    <t>27,993,635</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>10,000</t>
+    <t>25,000</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>379,030</t>
-[...5 lines deleted...]
-    <t>936,968</t>
+    <t>1,642,821</t>
+  </si>
+  <si>
+    <t>3,308,915</t>
+  </si>
+  <si>
+    <t>2,463,426</t>
+  </si>
+  <si>
+    <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
+  </si>
+  <si>
+    <t>32,696</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>743,233</t>
+    <t>742,469</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>2,735</t>
-[...5 lines deleted...]
-    <t>197,862</t>
+    <t>16,961</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>812,062</t>
-[...8 lines deleted...]
-    <t>2,151</t>
+    <t>393,713</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>12,461,290</t>
-[...14 lines deleted...]
-    <t>6,375,509</t>
+    <t>799,561</t>
+  </si>
+  <si>
+    <t>1,860,547</t>
+  </si>
+  <si>
+    <t>6,114,562</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>78,312</t>
-[...5 lines deleted...]
-    <t>479,929</t>
+    <t>252,571</t>
+  </si>
+  <si>
+    <t>59,229</t>
+  </si>
+  <si>
+    <t>49,283</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>770,433</t>
-[...5 lines deleted...]
-    <t>2,758,002</t>
+    <t>2,292,866</t>
+  </si>
+  <si>
+    <t>475,598</t>
+  </si>
+  <si>
+    <t>4,168,334</t>
+  </si>
+  <si>
+    <t>42 เครื่องหนัง</t>
+  </si>
+  <si>
+    <t>72,606</t>
+  </si>
+  <si>
+    <t>23,930</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>1,026,927</t>
-[...11 lines deleted...]
-    <t>1,137,368</t>
+    <t>2,175,593</t>
+  </si>
+  <si>
+    <t>692,513</t>
+  </si>
+  <si>
+    <t>3,433,088</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>26,121</t>
+    <t>1,497</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>1,207</t>
-[...5 lines deleted...]
-    <t>7,284</t>
+    <t>407</t>
+  </si>
+  <si>
+    <t>6,763</t>
+  </si>
+  <si>
+    <t>18,224</t>
+  </si>
+  <si>
+    <t>52 ฝ้าย</t>
+  </si>
+  <si>
+    <t>2,176</t>
+  </si>
+  <si>
+    <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
+  </si>
+  <si>
+    <t>3,376</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>86,036</t>
-[...5 lines deleted...]
-    <t>113,628</t>
+    <t>54,181</t>
+  </si>
+  <si>
+    <t>2,142</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>7,197</t>
+    <t>39,035</t>
+  </si>
+  <si>
+    <t>25,226</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>131,927</t>
-[...5 lines deleted...]
-    <t>5,775</t>
+    <t>149,764</t>
+  </si>
+  <si>
+    <t>118,361</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>14,433</t>
-[...5 lines deleted...]
-    <t>815,655</t>
+    <t>148,356</t>
+  </si>
+  <si>
+    <t>788,162</t>
+  </si>
+  <si>
+    <t>1,425,086</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>908,993</t>
-[...11 lines deleted...]
-    <t>7,306</t>
+    <t>667,501</t>
+  </si>
+  <si>
+    <t>44,159</t>
+  </si>
+  <si>
+    <t>1,812,234</t>
+  </si>
+  <si>
+    <t>72 เหล็กและเหล็กกล้า</t>
+  </si>
+  <si>
+    <t>143,991</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>49,211</t>
-[...5 lines deleted...]
-    <t>118,304</t>
+    <t>8,754,682</t>
+  </si>
+  <si>
+    <t>159,388</t>
+  </si>
+  <si>
+    <t>614,057</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>7,792</t>
-[...2 lines deleted...]
-    <t>11,345</t>
+    <t>1,681,588</t>
+  </si>
+  <si>
+    <t>44,638</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>110,595</t>
-[...2 lines deleted...]
-    <t>120,830</t>
+    <t>9,386</t>
+  </si>
+  <si>
+    <t>3,409</t>
+  </si>
+  <si>
+    <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
+  </si>
+  <si>
+    <t>11,100</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>19,127,949</t>
-[...5 lines deleted...]
-    <t>974,333</t>
+    <t>78,365,513</t>
+  </si>
+  <si>
+    <t>4,209,207</t>
+  </si>
+  <si>
+    <t>786,588</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>27,320,218</t>
-[...5 lines deleted...]
-    <t>6,464,198</t>
+    <t>4,206,021</t>
+  </si>
+  <si>
+    <t>3,966,824</t>
+  </si>
+  <si>
+    <t>5,363,178</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>382,985</t>
-[...5 lines deleted...]
-    <t>153,904</t>
+    <t>148,238</t>
+  </si>
+  <si>
+    <t>317,221</t>
+  </si>
+  <si>
+    <t>658,443</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>272,472</t>
-[...5 lines deleted...]
-    <t>494,254</t>
+    <t>626,985</t>
+  </si>
+  <si>
+    <t>105,230</t>
+  </si>
+  <si>
+    <t>20,828</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>460,734</t>
-[...14 lines deleted...]
-    <t>19,049</t>
+    <t>126,683</t>
+  </si>
+  <si>
+    <t>130,560</t>
+  </si>
+  <si>
+    <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
+  </si>
+  <si>
+    <t>7,503</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -707,440 +701,440 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A43" sqref="A43"/>
+      <selection activeCell="A42" sqref="A42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
         <v>24</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>25</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>59</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C21" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C22" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D22" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B23" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C23" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
       <c r="D23" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>71</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="C24" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B25" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C25" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D25" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B26" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>79</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="C27" t="s">
-        <v>81</v>
+        <v>9</v>
       </c>
       <c r="D27" t="s">
-        <v>82</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>83</v>
       </c>
       <c r="B28" t="s">
         <v>84</v>
       </c>
       <c r="C28" t="s">
         <v>85</v>
       </c>
       <c r="D28" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>87</v>
       </c>
       <c r="B29" t="s">
         <v>88</v>
       </c>
       <c r="C29" t="s">
         <v>89</v>
@@ -1163,115 +1157,101 @@
         <v>94</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>95</v>
       </c>
       <c r="B31" t="s">
         <v>96</v>
       </c>
       <c r="C31" t="s">
         <v>97</v>
       </c>
       <c r="D31" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>99</v>
       </c>
       <c r="B32" t="s">
         <v>100</v>
       </c>
       <c r="C32" t="s">
+        <v>9</v>
+      </c>
+      <c r="D32" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>102</v>
       </c>
       <c r="B33" t="s">
         <v>103</v>
       </c>
       <c r="C33" t="s">
         <v>9</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
-      <c r="A34" t="s">
-[...13 lines deleted...]
-      <c r="A35" s="2" t="s">
+      <c r="A34" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B35" s="2" t="s">
+      <c r="B34" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C35" s="2" t="s">
+      <c r="C34" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="D34" s="2" t="s">
         <v>7</v>
       </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" s="3"/>
+      <c r="B41" s="3"/>
+      <c r="C41" s="3"/>
+      <c r="D41" s="3"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
     </row>
-    <row r="43" spans="1:4">
-[...4 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
+    <mergeCell ref="A41:D41"/>
     <mergeCell ref="A42:D42"/>
-    <mergeCell ref="A43:D43"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>