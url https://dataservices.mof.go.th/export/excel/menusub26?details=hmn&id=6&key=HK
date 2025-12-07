--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,992 +12,998 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>11,373,036,315</t>
+  </si>
+  <si>
     <t>9,463,501,247</t>
   </si>
   <si>
     <t>12,233,371,779</t>
   </si>
   <si>
-    <t>12,128,478,929</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>3,000</t>
+  </si>
+  <si>
     <t>15,506</t>
   </si>
   <si>
     <t>5,000</t>
   </si>
   <si>
-    <t>13,264</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>210,668</t>
   </si>
   <si>
-    <t>218,497</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
     <t>1,559</t>
   </si>
   <si>
-    <t>25,995</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>4,510</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>8,152</t>
+  </si>
+  <si>
     <t>306,878</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>3,614</t>
+  </si>
+  <si>
     <t>969</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>3,021</t>
+  </si>
+  <si>
     <t>701</t>
   </si>
   <si>
-    <t>1,765</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>1,142,255</t>
+  </si>
+  <si>
     <t>13,922,574</t>
   </si>
   <si>
     <t>13,852,534</t>
   </si>
   <si>
-    <t>744,819</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>448,008</t>
+  </si>
+  <si>
     <t>47,047</t>
   </si>
   <si>
     <t>401,348</t>
   </si>
   <si>
-    <t>12,730</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>14,642</t>
+  </si>
+  <si>
     <t>6,616</t>
   </si>
   <si>
-    <t>638</t>
-[...1 lines deleted...]
-  <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
+    <t>8,316,887</t>
+  </si>
+  <si>
     <t>38,196,669</t>
   </si>
   <si>
     <t>3,322</t>
   </si>
   <si>
-    <t>8,385,396</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>259,479</t>
+  </si>
+  <si>
     <t>662,455</t>
   </si>
   <si>
     <t>3,795</t>
   </si>
   <si>
-    <t>32,182</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
     <t>18,651,811</t>
   </si>
   <si>
-    <t>25,598,705</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>14,868,244</t>
+  </si>
+  <si>
     <t>1,677,056</t>
   </si>
   <si>
     <t>2,397,084</t>
   </si>
   <si>
-    <t>3,130,118</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>58,920,218</t>
+  </si>
+  <si>
     <t>36,037,021</t>
   </si>
   <si>
     <t>110,278,527</t>
   </si>
   <si>
-    <t>81,411,733</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>775,436</t>
+  </si>
+  <si>
     <t>10,684,558</t>
   </si>
   <si>
     <t>270,472</t>
   </si>
   <si>
-    <t>621,664</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>2,900,075</t>
+  </si>
+  <si>
     <t>2,460,002</t>
   </si>
   <si>
     <t>4,884,809</t>
   </si>
   <si>
-    <t>6,042,086</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>3,508,940</t>
+  </si>
+  <si>
     <t>2,305,433</t>
   </si>
   <si>
     <t>1,099,586</t>
   </si>
   <si>
-    <t>5,727,373</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>17,594,767</t>
+  </si>
+  <si>
     <t>8,626,880</t>
   </si>
   <si>
     <t>12,986,474</t>
   </si>
   <si>
-    <t>16,638,774</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>3,170,042</t>
+  </si>
+  <si>
     <t>3,500,384</t>
   </si>
   <si>
     <t>1,096,155</t>
   </si>
   <si>
-    <t>3,902,489</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>447,039</t>
+  </si>
+  <si>
     <t>1,439,749</t>
   </si>
   <si>
     <t>1,029,308</t>
   </si>
   <si>
-    <t>852,872</t>
-[...7 lines deleted...]
-  <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
+    <t>33,709</t>
+  </si>
+  <si>
     <t>52,218</t>
   </si>
   <si>
     <t>80,340</t>
   </si>
   <si>
-    <t>32,922</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>7,653,241</t>
+  </si>
+  <si>
     <t>28,842,290</t>
   </si>
   <si>
     <t>23,252,157</t>
   </si>
   <si>
-    <t>20,300,374</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>54,186,399</t>
+  </si>
+  <si>
     <t>75,009,581</t>
   </si>
   <si>
     <t>35,236,937</t>
   </si>
   <si>
-    <t>51,344,795</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>13,319,201</t>
+  </si>
+  <si>
     <t>10,365,257</t>
   </si>
   <si>
     <t>12,873,941</t>
   </si>
   <si>
-    <t>6,238,234</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>37,657</t>
+  </si>
+  <si>
     <t>113,180</t>
   </si>
   <si>
     <t>12,272</t>
   </si>
   <si>
-    <t>4,236,172</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>4,736,143</t>
+  </si>
+  <si>
     <t>3,462,305</t>
   </si>
   <si>
     <t>2,876,485</t>
   </si>
   <si>
-    <t>4,511,289</t>
-[...1 lines deleted...]
-  <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
+    <t>373,704</t>
+  </si>
+  <si>
     <t>423,394</t>
   </si>
   <si>
     <t>100,929</t>
   </si>
   <si>
-    <t>568,858</t>
-[...1 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>51,853</t>
+  </si>
+  <si>
     <t>72,325</t>
   </si>
   <si>
     <t>510,649</t>
   </si>
   <si>
-    <t>1,518,373</t>
-[...1 lines deleted...]
-  <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
     <t>12,681</t>
   </si>
   <si>
     <t>13,927</t>
   </si>
   <si>
-    <t>39,990</t>
+    <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
+  </si>
+  <si>
+    <t>1,592</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>1,668,719</t>
+  </si>
+  <si>
     <t>12,029,174</t>
   </si>
   <si>
     <t>30,271,019</t>
   </si>
   <si>
-    <t>6,242,210</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>11,451,830</t>
+  </si>
+  <si>
     <t>11,120,290</t>
   </si>
   <si>
     <t>16,650,356</t>
   </si>
   <si>
-    <t>13,091,416</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>4,239,616</t>
+  </si>
+  <si>
     <t>19,491,629</t>
   </si>
   <si>
     <t>10,640,526</t>
   </si>
   <si>
-    <t>19,996,450</t>
-[...1 lines deleted...]
-  <si>
     <t>50 ไหม</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>11,152</t>
   </si>
   <si>
-    <t>3,996</t>
-[...1 lines deleted...]
-  <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
+    <t>22,410</t>
+  </si>
+  <si>
     <t>31,095</t>
   </si>
   <si>
     <t>44,743</t>
   </si>
   <si>
-    <t>53,605</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>46,314</t>
+  </si>
+  <si>
     <t>397,790</t>
   </si>
   <si>
     <t>80,354</t>
   </si>
   <si>
-    <t>66,205</t>
+    <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
+  </si>
+  <si>
+    <t>396</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>4,462,973</t>
+  </si>
+  <si>
     <t>2,003,771</t>
   </si>
   <si>
     <t>3,044,902</t>
   </si>
   <si>
-    <t>196,079</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>134,127</t>
+  </si>
+  <si>
     <t>66,906</t>
   </si>
   <si>
     <t>220,706</t>
   </si>
   <si>
-    <t>40,713</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>705,153</t>
+  </si>
+  <si>
     <t>1,302,216</t>
   </si>
   <si>
     <t>776,425</t>
   </si>
   <si>
-    <t>113,682</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>945,331</t>
+  </si>
+  <si>
     <t>24,678</t>
   </si>
   <si>
     <t>2,715</t>
   </si>
   <si>
-    <t>14,612</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>16,911,922</t>
+  </si>
+  <si>
     <t>42,284,040</t>
   </si>
   <si>
     <t>36,717,899</t>
   </si>
   <si>
-    <t>36,835,620</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>827,977</t>
+  </si>
+  <si>
     <t>285,385</t>
   </si>
   <si>
     <t>1,255,224</t>
   </si>
   <si>
-    <t>327,656</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>4,676,388</t>
+  </si>
+  <si>
     <t>6,667,363</t>
   </si>
   <si>
     <t>7,409,751</t>
   </si>
   <si>
-    <t>1,394,288</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>5,501,383</t>
+  </si>
+  <si>
     <t>3,195,585</t>
   </si>
   <si>
     <t>3,486,142</t>
   </si>
   <si>
-    <t>4,819,947</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>6,921,166</t>
+  </si>
+  <si>
     <t>12,406,143</t>
   </si>
   <si>
     <t>5,415,017</t>
   </si>
   <si>
-    <t>12,704,025</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>2,940,417</t>
+  </si>
+  <si>
     <t>3,007,291</t>
   </si>
   <si>
     <t>1,906,851</t>
   </si>
   <si>
-    <t>1,430,531</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>4,600,427</t>
+  </si>
+  <si>
     <t>7,567,631</t>
   </si>
   <si>
     <t>6,541,836</t>
   </si>
   <si>
-    <t>6,905,490</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>237,994</t>
+  </si>
+  <si>
     <t>243,352</t>
   </si>
   <si>
     <t>153,578</t>
   </si>
   <si>
-    <t>92,343</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
+    <t>64,232</t>
+  </si>
+  <si>
     <t>30,897</t>
   </si>
   <si>
     <t>34,184</t>
   </si>
   <si>
-    <t>90,802</t>
-[...1 lines deleted...]
-  <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>8,766</t>
+  </si>
+  <si>
     <t>29,899</t>
   </si>
   <si>
     <t>43,782</t>
   </si>
   <si>
-    <t>14,466</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>485,917</t>
+  </si>
+  <si>
     <t>301,318</t>
   </si>
   <si>
     <t>642,252</t>
   </si>
   <si>
-    <t>646,919</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>778,229</t>
+  </si>
+  <si>
     <t>567,606</t>
   </si>
   <si>
     <t>1,051,434</t>
   </si>
   <si>
-    <t>380,314</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>923,013</t>
+  </si>
+  <si>
     <t>421,911</t>
   </si>
   <si>
     <t>474,553</t>
   </si>
   <si>
-    <t>874,007</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>10,446,461,164</t>
+  </si>
+  <si>
     <t>8,528,077,763</t>
   </si>
   <si>
     <t>11,207,072,275</t>
   </si>
   <si>
-    <t>11,113,431,360</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>29,030,832</t>
+  </si>
+  <si>
     <t>39,085,004</t>
   </si>
   <si>
     <t>29,210,307</t>
   </si>
   <si>
-    <t>21,968,646</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>25,801,223</t>
+  </si>
+  <si>
     <t>21,329,295</t>
   </si>
   <si>
     <t>22,857,348</t>
   </si>
   <si>
-    <t>14,109,284</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>78,016,654</t>
+  </si>
+  <si>
     <t>38,478,145</t>
   </si>
   <si>
     <t>51,717,711</t>
   </si>
   <si>
-    <t>40,447,097</t>
+    <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
+  </si>
+  <si>
+    <t>17,879</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>30,306,601</t>
+  </si>
+  <si>
     <t>39,897,341</t>
   </si>
   <si>
     <t>37,667,678</t>
   </si>
   <si>
-    <t>125,815,807</t>
+    <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
+  </si>
+  <si>
+    <t>10,226</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
+    <t>5,024,460</t>
+  </si>
+  <si>
     <t>12,491,872</t>
   </si>
   <si>
     <t>7,286,025</t>
   </si>
   <si>
-    <t>24,027,778</t>
-[...1 lines deleted...]
-  <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
+    <t>5,256,883</t>
+  </si>
+  <si>
     <t>776,333</t>
   </si>
   <si>
     <t>2,309,955</t>
   </si>
   <si>
-    <t>35,295</t>
-[...1 lines deleted...]
-  <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>1,506,440</t>
+  </si>
+  <si>
     <t>397,753</t>
   </si>
   <si>
     <t>186,016</t>
   </si>
   <si>
-    <t>199,817</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>3,508,703</t>
+  </si>
+  <si>
     <t>4,593,803</t>
   </si>
   <si>
     <t>5,129,081</t>
   </si>
   <si>
-    <t>2,822,221</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>9,329,783</t>
+  </si>
+  <si>
     <t>5,597,870</t>
   </si>
   <si>
     <t>4,317,082</t>
   </si>
   <si>
-    <t>5,355,870</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>93,945,177</t>
+  </si>
+  <si>
     <t>72,060,446</t>
   </si>
   <si>
     <t>155,398,295</t>
   </si>
   <si>
-    <t>132,704,198</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>330,587,356</t>
+  </si>
+  <si>
     <t>257,012,697</t>
   </si>
   <si>
     <t>294,966,403</t>
   </si>
   <si>
-    <t>231,268,850</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
     <t>13,667</t>
   </si>
   <si>
     <t>3,400</t>
   </si>
   <si>
-    <t>56,906</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>765,049</t>
+  </si>
+  <si>
     <t>725,860</t>
   </si>
   <si>
     <t>897,492</t>
   </si>
   <si>
-    <t>884,496</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>111,056</t>
+  </si>
+  <si>
     <t>140,050</t>
   </si>
   <si>
     <t>2,700,494</t>
   </si>
   <si>
-    <t>300,006</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
+    <t>827,287</t>
+  </si>
+  <si>
     <t>19,022</t>
   </si>
   <si>
     <t>4,844</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>30,358,338</t>
+  </si>
+  <si>
     <t>45,333,325</t>
   </si>
   <si>
     <t>23,549,457</t>
   </si>
   <si>
-    <t>34,879,360</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>11,497,232</t>
+  </si>
+  <si>
     <t>16,688,722</t>
   </si>
   <si>
     <t>9,863,791</t>
   </si>
   <si>
-    <t>22,041,987</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>47,581</t>
+  </si>
+  <si>
     <t>88,937</t>
   </si>
   <si>
     <t>121,116</t>
   </si>
   <si>
-    <t>90,411</t>
-[...1 lines deleted...]
-  <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
+    <t>8,835</t>
+  </si>
+  <si>
     <t>10,850</t>
   </si>
   <si>
     <t>9,607</t>
   </si>
   <si>
-    <t>88,996</t>
-[...1 lines deleted...]
-  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>3,683,948</t>
+  </si>
+  <si>
     <t>8,181,320</t>
   </si>
   <si>
     <t>2,857,999</t>
   </si>
   <si>
-    <t>1,206,346</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>1,811,811</t>
+  </si>
+  <si>
     <t>4,298,305</t>
   </si>
   <si>
     <t>2,521,475</t>
   </si>
   <si>
-    <t>1,901,475</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>3,704,208</t>
+  </si>
+  <si>
     <t>6,332,368</t>
   </si>
   <si>
     <t>3,674,851</t>
   </si>
   <si>
-    <t>6,208,115</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>85,571</t>
+  </si>
+  <si>
     <t>157,642</t>
   </si>
   <si>
     <t>34,672</t>
-  </si>
-[...1 lines deleted...]
-    <t>105,492</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1331,61 +1337,61 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D92"/>
+  <dimension ref="A1:D95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A92" sqref="A92"/>
+      <selection activeCell="A95" sqref="A95"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
@@ -1395,373 +1401,373 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="s">
         <v>30</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>32</v>
+      </c>
+      <c r="B12" t="s">
         <v>33</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>34</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" t="s">
         <v>39</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>40</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B15" t="s">
         <v>43</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" t="s">
         <v>46</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>47</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" t="s">
         <v>50</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>51</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19" t="s">
         <v>57</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>59</v>
+      </c>
+      <c r="B20" t="s">
+        <v>60</v>
+      </c>
+      <c r="C20" t="s">
         <v>61</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C21" t="s">
         <v>65</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>67</v>
+      </c>
+      <c r="B22" t="s">
+        <v>68</v>
+      </c>
+      <c r="C22" t="s">
         <v>69</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>71</v>
+      </c>
+      <c r="B23" t="s">
+        <v>72</v>
+      </c>
+      <c r="C23" t="s">
         <v>73</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>75</v>
+      </c>
+      <c r="B24" t="s">
+        <v>76</v>
+      </c>
+      <c r="C24" t="s">
         <v>77</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>79</v>
+      </c>
+      <c r="B25" t="s">
+        <v>80</v>
+      </c>
+      <c r="C25" t="s">
         <v>81</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>83</v>
+      </c>
+      <c r="B26" t="s">
+        <v>84</v>
+      </c>
+      <c r="C26" t="s">
         <v>85</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>87</v>
+      </c>
+      <c r="B27" t="s">
+        <v>88</v>
+      </c>
+      <c r="C27" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>91</v>
       </c>
       <c r="B28" t="s">
         <v>92</v>
       </c>
       <c r="C28" t="s">
         <v>93</v>
       </c>
       <c r="D28" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>95</v>
       </c>
       <c r="B29" t="s">
         <v>96</v>
@@ -1826,762 +1832,804 @@
         <v>113</v>
       </c>
       <c r="D33" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>115</v>
       </c>
       <c r="B34" t="s">
         <v>116</v>
       </c>
       <c r="C34" t="s">
         <v>117</v>
       </c>
       <c r="D34" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>119</v>
       </c>
       <c r="B35" t="s">
+        <v>13</v>
+      </c>
+      <c r="C35" t="s">
         <v>120</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>122</v>
+      </c>
+      <c r="B36" t="s">
         <v>123</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>124</v>
+      </c>
+      <c r="B37" t="s">
+        <v>125</v>
+      </c>
+      <c r="C37" t="s">
+        <v>126</v>
+      </c>
+      <c r="D37" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>128</v>
+      </c>
+      <c r="B38" t="s">
+        <v>129</v>
+      </c>
+      <c r="C38" t="s">
+        <v>130</v>
+      </c>
+      <c r="D38" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>132</v>
+      </c>
+      <c r="B39" t="s">
+        <v>133</v>
+      </c>
+      <c r="C39" t="s">
+        <v>134</v>
+      </c>
+      <c r="D39" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B40" t="s">
-        <v>140</v>
+        <v>13</v>
       </c>
       <c r="C40" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D40" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B41" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C41" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D41" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B42" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C42" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D42" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B43" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C43" t="s">
-        <v>153</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="B44" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="C44" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="D44" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="B45" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="C45" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="D45" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="B46" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="C46" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="D46" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="B47" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="C47" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="D47" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B48" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C48" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="D48" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B49" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="C49" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="D49" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B50" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C50" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="D50" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B51" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C51" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="D51" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="B52" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="C52" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="D52" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="B53" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C53" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="D53" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="B54" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="C54" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="D54" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="B55" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C55" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="D55" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="B56" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="C56" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="D56" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B57" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C57" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="D57" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="B58" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="C58" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="D58" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="B59" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C59" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="D59" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="B60" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="C60" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="D60" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="B61" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="C61" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="D61" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="B62" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="C62" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="D62" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B63" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C63" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="D63" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="B64" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C64" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D64" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="B65" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="C65" t="s">
-        <v>241</v>
+        <v>13</v>
       </c>
       <c r="D65" t="s">
-        <v>242</v>
+        <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="B66" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="C66" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="D66" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="B67" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="C67" t="s">
-        <v>249</v>
+        <v>13</v>
       </c>
       <c r="D67" t="s">
-        <v>250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="B68" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="C68" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="D68" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B69" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C69" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D69" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="B70" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="C70" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="D70" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
       <c r="B71" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="C71" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="D71" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="B72" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="C72" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="D72" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="B73" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="C73" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="D73" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="B74" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="C74" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="D74" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B75" t="s">
-        <v>280</v>
+        <v>13</v>
       </c>
       <c r="C75" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="D75" t="s">
-        <v>13</v>
+        <v>271</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="B76" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="C76" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="D76" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="B77" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="C77" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="D77" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="B78" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C78" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="D78" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="B79" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="C79" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="D79" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="B80" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="C80" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="D80" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="B81" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="C81" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="D81" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="B82" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="C82" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="D82" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>300</v>
+      </c>
+      <c r="B83" t="s">
+        <v>301</v>
+      </c>
+      <c r="C83" t="s">
+        <v>302</v>
+      </c>
+      <c r="D83" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>304</v>
+      </c>
+      <c r="B84" t="s">
+        <v>305</v>
+      </c>
+      <c r="C84" t="s">
+        <v>306</v>
+      </c>
+      <c r="D84" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>308</v>
+      </c>
+      <c r="B85" t="s">
+        <v>309</v>
+      </c>
+      <c r="C85" t="s">
         <v>310</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D85" t="s">
         <v>311</v>
       </c>
-      <c r="C83" t="s">
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
         <v>312</v>
       </c>
-      <c r="D83" t="s">
+      <c r="B86" t="s">
         <v>313</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A84" s="2" t="s">
+      <c r="C86" t="s">
+        <v>314</v>
+      </c>
+      <c r="D86" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B84" s="2" t="s">
+      <c r="B87" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C84" s="2" t="s">
+      <c r="C87" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D84" s="2" t="s">
+      <c r="D87" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="91" spans="1:4">
-[...9 lines deleted...]
-      <c r="D92" s="3"/>
+    <row r="94" spans="1:4">
+      <c r="A94" s="3"/>
+      <c r="B94" s="3"/>
+      <c r="C94" s="3"/>
+      <c r="D94" s="3"/>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" s="3"/>
+      <c r="B95" s="3"/>
+      <c r="C95" s="3"/>
+      <c r="D95" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A91:D91"/>
-    <mergeCell ref="A92:D92"/>
+    <mergeCell ref="A94:D94"/>
+    <mergeCell ref="A95:D95"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>