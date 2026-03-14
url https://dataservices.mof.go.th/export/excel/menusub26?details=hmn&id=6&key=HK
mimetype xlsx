--- v1 (2025-12-07)
+++ v2 (2026-03-14)
@@ -12,998 +12,983 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="311">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>11,373,036,315</t>
-[...5 lines deleted...]
-    <t>12,233,371,779</t>
+    <t>9,188,864,321</t>
+  </si>
+  <si>
+    <t>7,570,961,868</t>
+  </si>
+  <si>
+    <t>23,486,360,917</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>3,000</t>
-[...10 lines deleted...]
-  <si>
     <t>0</t>
   </si>
   <si>
-    <t>210,668</t>
-[...8 lines deleted...]
-    <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
+    <t>9,117</t>
+  </si>
+  <si>
+    <t>10 ธัญพืช</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>8,152</t>
-[...2 lines deleted...]
-    <t>306,878</t>
+    <t>1,315</t>
+  </si>
+  <si>
+    <t>437,722</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>3,614</t>
-[...14 lines deleted...]
-    <t>246</t>
+    <t>398,509</t>
+  </si>
+  <si>
+    <t>56,708</t>
+  </si>
+  <si>
+    <t>3,616</t>
+  </si>
+  <si>
+    <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
+  </si>
+  <si>
+    <t>1,234</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>3,021</t>
-[...2 lines deleted...]
-    <t>701</t>
+    <t>214</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>1,142,255</t>
-[...5 lines deleted...]
-    <t>13,852,534</t>
+    <t>118,369</t>
+  </si>
+  <si>
+    <t>3,559,916</t>
+  </si>
+  <si>
+    <t>1,161,109</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>604</t>
+    <t>107</t>
+  </si>
+  <si>
+    <t>7,278</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>448,008</t>
-[...5 lines deleted...]
-    <t>401,348</t>
+    <t>888,218</t>
+  </si>
+  <si>
+    <t>285,037</t>
+  </si>
+  <si>
+    <t>413,052</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>14,642</t>
-[...2 lines deleted...]
-    <t>6,616</t>
+    <t>63,451</t>
+  </si>
+  <si>
+    <t>75,459</t>
+  </si>
+  <si>
+    <t>13,422</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>8,316,887</t>
-[...5 lines deleted...]
-    <t>3,322</t>
+    <t>13,873,938</t>
+  </si>
+  <si>
+    <t>31,749,633</t>
+  </si>
+  <si>
+    <t>21,121,364</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>259,479</t>
-[...5 lines deleted...]
-    <t>3,795</t>
+    <t>274,574</t>
+  </si>
+  <si>
+    <t>260,550</t>
+  </si>
+  <si>
+    <t>7,136</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>18,651,811</t>
+    <t>2,301</t>
+  </si>
+  <si>
+    <t>1,196,373</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>14,868,244</t>
-[...5 lines deleted...]
-    <t>2,397,084</t>
+    <t>6,991,433</t>
+  </si>
+  <si>
+    <t>5,050,366</t>
+  </si>
+  <si>
+    <t>4,498,801</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>58,920,218</t>
-[...5 lines deleted...]
-    <t>110,278,527</t>
+    <t>68,085,148</t>
+  </si>
+  <si>
+    <t>106,309,491</t>
+  </si>
+  <si>
+    <t>101,439,229</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>775,436</t>
-[...5 lines deleted...]
-    <t>270,472</t>
+    <t>2,927,148</t>
+  </si>
+  <si>
+    <t>1,600,167</t>
+  </si>
+  <si>
+    <t>905,906</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>2,900,075</t>
-[...5 lines deleted...]
-    <t>4,884,809</t>
+    <t>7,660,297</t>
+  </si>
+  <si>
+    <t>14,410,949</t>
+  </si>
+  <si>
+    <t>6,779,766</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>3,508,940</t>
-[...5 lines deleted...]
-    <t>1,099,586</t>
+    <t>5,649,515</t>
+  </si>
+  <si>
+    <t>3,792,473</t>
+  </si>
+  <si>
+    <t>5,365,231</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>17,594,767</t>
-[...5 lines deleted...]
-    <t>12,986,474</t>
+    <t>7,641,598</t>
+  </si>
+  <si>
+    <t>6,106,208</t>
+  </si>
+  <si>
+    <t>6,894,816</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>3,170,042</t>
-[...5 lines deleted...]
-    <t>1,096,155</t>
+    <t>1,975,902</t>
+  </si>
+  <si>
+    <t>4,572,167</t>
+  </si>
+  <si>
+    <t>2,965,110</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>447,039</t>
-[...5 lines deleted...]
-    <t>1,029,308</t>
+    <t>49,802</t>
+  </si>
+  <si>
+    <t>657,062</t>
+  </si>
+  <si>
+    <t>6,116,402</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>33,709</t>
-[...5 lines deleted...]
-    <t>80,340</t>
+    <t>48,010</t>
+  </si>
+  <si>
+    <t>113,416</t>
+  </si>
+  <si>
+    <t>24,063</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>7,653,241</t>
-[...5 lines deleted...]
-    <t>23,252,157</t>
+    <t>4,805,462</t>
+  </si>
+  <si>
+    <t>6,911,667</t>
+  </si>
+  <si>
+    <t>10,132,662</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>54,186,399</t>
-[...5 lines deleted...]
-    <t>35,236,937</t>
+    <t>75,136,918</t>
+  </si>
+  <si>
+    <t>54,209,386</t>
+  </si>
+  <si>
+    <t>50,424,919</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>13,319,201</t>
-[...5 lines deleted...]
-    <t>12,873,941</t>
+    <t>7,970,849</t>
+  </si>
+  <si>
+    <t>5,077,702</t>
+  </si>
+  <si>
+    <t>10,944,738</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>37,657</t>
-[...5 lines deleted...]
-    <t>12,272</t>
+    <t>1,169</t>
+  </si>
+  <si>
+    <t>180,443</t>
+  </si>
+  <si>
+    <t>26,518</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>4,736,143</t>
-[...5 lines deleted...]
-    <t>2,876,485</t>
+    <t>4,317,345</t>
+  </si>
+  <si>
+    <t>4,726,643</t>
+  </si>
+  <si>
+    <t>3,354,637</t>
   </si>
   <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
-    <t>373,704</t>
-[...5 lines deleted...]
-    <t>100,929</t>
+    <t>329,281</t>
+  </si>
+  <si>
+    <t>454,325</t>
+  </si>
+  <si>
+    <t>136,718</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>51,853</t>
-[...5 lines deleted...]
-    <t>510,649</t>
+    <t>14,803</t>
+  </si>
+  <si>
+    <t>85,860</t>
+  </si>
+  <si>
+    <t>26,057</t>
   </si>
   <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
-    <t>12,681</t>
-[...2 lines deleted...]
-    <t>13,927</t>
+    <t>7,884</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>1,592</t>
+    <t>8,409</t>
+  </si>
+  <si>
+    <t>1,500</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>1,668,719</t>
-[...5 lines deleted...]
-    <t>30,271,019</t>
+    <t>732,863</t>
+  </si>
+  <si>
+    <t>1,118</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>11,451,830</t>
-[...5 lines deleted...]
-    <t>16,650,356</t>
+    <t>18,924,758</t>
+  </si>
+  <si>
+    <t>11,601,738</t>
+  </si>
+  <si>
+    <t>11,657,420</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>4,239,616</t>
-[...5 lines deleted...]
-    <t>10,640,526</t>
+    <t>30,446,314</t>
+  </si>
+  <si>
+    <t>12,435,313</t>
+  </si>
+  <si>
+    <t>23,799,745</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>229</t>
-[...2 lines deleted...]
-    <t>11,152</t>
+    <t>2,137</t>
+  </si>
+  <si>
+    <t>688</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>22,410</t>
-[...5 lines deleted...]
-    <t>44,743</t>
+    <t>42,402</t>
+  </si>
+  <si>
+    <t>8,923</t>
+  </si>
+  <si>
+    <t>3,548</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>46,314</t>
-[...5 lines deleted...]
-    <t>80,354</t>
+    <t>577,590</t>
+  </si>
+  <si>
+    <t>197,586</t>
+  </si>
+  <si>
+    <t>59,106</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>396</t>
+    <t>11,856</t>
+  </si>
+  <si>
+    <t>453,494</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>4,462,973</t>
-[...5 lines deleted...]
-    <t>3,044,902</t>
+    <t>328,210</t>
+  </si>
+  <si>
+    <t>77,150</t>
+  </si>
+  <si>
+    <t>528,128</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>134,127</t>
-[...5 lines deleted...]
-    <t>220,706</t>
+    <t>122,318</t>
+  </si>
+  <si>
+    <t>146,759</t>
+  </si>
+  <si>
+    <t>294,498</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>705,153</t>
-[...5 lines deleted...]
-    <t>776,425</t>
+    <t>244,049</t>
+  </si>
+  <si>
+    <t>322,103</t>
+  </si>
+  <si>
+    <t>247,260</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>945,331</t>
-[...5 lines deleted...]
-    <t>2,715</t>
+    <t>47,559</t>
+  </si>
+  <si>
+    <t>4,788</t>
+  </si>
+  <si>
+    <t>3,274</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>16,911,922</t>
-[...5 lines deleted...]
-    <t>36,717,899</t>
+    <t>17,010,954</t>
+  </si>
+  <si>
+    <t>16,577,477</t>
+  </si>
+  <si>
+    <t>23,101,345</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>827,977</t>
-[...5 lines deleted...]
-    <t>1,255,224</t>
+    <t>838,083</t>
+  </si>
+  <si>
+    <t>163,315</t>
+  </si>
+  <si>
+    <t>266,524</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>4,676,388</t>
-[...5 lines deleted...]
-    <t>7,409,751</t>
+    <t>579,653</t>
+  </si>
+  <si>
+    <t>156,309</t>
+  </si>
+  <si>
+    <t>4,050,005</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>5,501,383</t>
-[...5 lines deleted...]
-    <t>3,486,142</t>
+    <t>3,387,385</t>
+  </si>
+  <si>
+    <t>7,997,599</t>
+  </si>
+  <si>
+    <t>4,153,533</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>6,921,166</t>
-[...5 lines deleted...]
-    <t>5,415,017</t>
+    <t>12,525,662</t>
+  </si>
+  <si>
+    <t>12,014,263</t>
+  </si>
+  <si>
+    <t>13,901,153</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>2,940,417</t>
-[...5 lines deleted...]
-    <t>1,906,851</t>
+    <t>1,162,658</t>
+  </si>
+  <si>
+    <t>2,637,958</t>
+  </si>
+  <si>
+    <t>1,160,753</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>4,600,427</t>
-[...5 lines deleted...]
-    <t>6,541,836</t>
+    <t>7,990,920</t>
+  </si>
+  <si>
+    <t>5,162,360</t>
+  </si>
+  <si>
+    <t>44,106,900</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>237,994</t>
-[...5 lines deleted...]
-    <t>153,578</t>
+    <t>196,331</t>
+  </si>
+  <si>
+    <t>81,721</t>
+  </si>
+  <si>
+    <t>204,589</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>64,232</t>
-[...5 lines deleted...]
-    <t>34,184</t>
+    <t>30,232</t>
+  </si>
+  <si>
+    <t>1,527</t>
+  </si>
+  <si>
+    <t>19,933</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>8,766</t>
-[...5 lines deleted...]
-    <t>43,782</t>
+    <t>5,724</t>
+  </si>
+  <si>
+    <t>1,444</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>485,917</t>
-[...5 lines deleted...]
-    <t>642,252</t>
+    <t>1,892,005</t>
+  </si>
+  <si>
+    <t>232,895</t>
+  </si>
+  <si>
+    <t>172,353</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>778,229</t>
-[...5 lines deleted...]
-    <t>1,051,434</t>
+    <t>539,308</t>
+  </si>
+  <si>
+    <t>664,128</t>
+  </si>
+  <si>
+    <t>913,669</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>923,013</t>
-[...5 lines deleted...]
-    <t>474,553</t>
+    <t>455,245</t>
+  </si>
+  <si>
+    <t>799,172</t>
+  </si>
+  <si>
+    <t>1,353,477</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>10,446,461,164</t>
-[...5 lines deleted...]
-    <t>11,207,072,275</t>
+    <t>8,127,198,744</t>
+  </si>
+  <si>
+    <t>6,507,147,369</t>
+  </si>
+  <si>
+    <t>22,405,870,770</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>29,030,832</t>
-[...5 lines deleted...]
-    <t>29,210,307</t>
+    <t>30,784,222</t>
+  </si>
+  <si>
+    <t>36,186,084</t>
+  </si>
+  <si>
+    <t>26,955,715</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>25,801,223</t>
-[...5 lines deleted...]
-    <t>22,857,348</t>
+    <t>38,310,253</t>
+  </si>
+  <si>
+    <t>23,197,877</t>
+  </si>
+  <si>
+    <t>67,500,026</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>78,016,654</t>
-[...5 lines deleted...]
-    <t>51,717,711</t>
+    <t>77,789,069</t>
+  </si>
+  <si>
+    <t>86,180,772</t>
+  </si>
+  <si>
+    <t>29,350,303</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>17,879</t>
+    <t>6,089</t>
+  </si>
+  <si>
+    <t>5,645</t>
+  </si>
+  <si>
+    <t>29,009</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>30,306,601</t>
-[...5 lines deleted...]
-    <t>37,667,678</t>
+    <t>32,154,259</t>
+  </si>
+  <si>
+    <t>14,645,459</t>
+  </si>
+  <si>
+    <t>33,113,085</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>10,226</t>
+    <t>369,484</t>
+  </si>
+  <si>
+    <t>33,182</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>5,024,460</t>
-[...5 lines deleted...]
-    <t>7,286,025</t>
+    <t>111,706,727</t>
+  </si>
+  <si>
+    <t>38,457,977</t>
+  </si>
+  <si>
+    <t>5,467,161</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>5,256,883</t>
-[...5 lines deleted...]
-    <t>2,309,955</t>
+    <t>6,052,132</t>
+  </si>
+  <si>
+    <t>7,716,677</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>1,506,440</t>
-[...5 lines deleted...]
-    <t>186,016</t>
+    <t>107,158</t>
+  </si>
+  <si>
+    <t>31,759</t>
+  </si>
+  <si>
+    <t>51,036</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>3,508,703</t>
-[...5 lines deleted...]
-    <t>5,129,081</t>
+    <t>3,853,450</t>
+  </si>
+  <si>
+    <t>4,749,924</t>
+  </si>
+  <si>
+    <t>5,195,779</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>9,329,783</t>
-[...5 lines deleted...]
-    <t>4,317,082</t>
+    <t>3,933,309</t>
+  </si>
+  <si>
+    <t>6,508,807</t>
+  </si>
+  <si>
+    <t>4,493,058</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>93,945,177</t>
-[...5 lines deleted...]
-    <t>155,398,295</t>
+    <t>81,634,765</t>
+  </si>
+  <si>
+    <t>136,944,560</t>
+  </si>
+  <si>
+    <t>162,226,138</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>330,587,356</t>
-[...5 lines deleted...]
-    <t>294,966,403</t>
+    <t>322,690,904</t>
+  </si>
+  <si>
+    <t>336,751,129</t>
+  </si>
+  <si>
+    <t>316,782,159</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>13,667</t>
-[...2 lines deleted...]
-    <t>3,400</t>
+    <t>188,610</t>
+  </si>
+  <si>
+    <t>41,216</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>765,049</t>
-[...5 lines deleted...]
-    <t>897,492</t>
+    <t>1,383,904</t>
+  </si>
+  <si>
+    <t>2,046,907</t>
+  </si>
+  <si>
+    <t>1,777,970</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>111,056</t>
-[...5 lines deleted...]
-    <t>2,700,494</t>
+    <t>181,305</t>
+  </si>
+  <si>
+    <t>1,181,616</t>
+  </si>
+  <si>
+    <t>131,857</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>827,287</t>
-[...5 lines deleted...]
-    <t>4,844</t>
+    <t>40,453</t>
+  </si>
+  <si>
+    <t>9,917</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>30,358,338</t>
-[...5 lines deleted...]
-    <t>23,549,457</t>
+    <t>22,610,970</t>
+  </si>
+  <si>
+    <t>29,234,136</t>
+  </si>
+  <si>
+    <t>28,946,096</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>11,497,232</t>
-[...5 lines deleted...]
-    <t>9,863,791</t>
+    <t>11,887,126</t>
+  </si>
+  <si>
+    <t>10,734,319</t>
+  </si>
+  <si>
+    <t>9,822,658</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>47,581</t>
-[...5 lines deleted...]
-    <t>121,116</t>
+    <t>107,220</t>
+  </si>
+  <si>
+    <t>175,974</t>
+  </si>
+  <si>
+    <t>48,034</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>8,835</t>
-[...5 lines deleted...]
-    <t>9,607</t>
+    <t>1,822</t>
+  </si>
+  <si>
+    <t>2,257</t>
+  </si>
+  <si>
+    <t>7,003</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>3,683,948</t>
-[...5 lines deleted...]
-    <t>2,857,999</t>
+    <t>1,746,672</t>
+  </si>
+  <si>
+    <t>4,968,506</t>
+  </si>
+  <si>
+    <t>7,943,641</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>1,811,811</t>
-[...5 lines deleted...]
-    <t>2,521,475</t>
+    <t>1,842,404</t>
+  </si>
+  <si>
+    <t>2,889,822</t>
+  </si>
+  <si>
+    <t>1,997,598</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>3,704,208</t>
-[...5 lines deleted...]
-    <t>3,674,851</t>
+    <t>4,795,100</t>
+  </si>
+  <si>
+    <t>6,162,215</t>
+  </si>
+  <si>
+    <t>3,687,018</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>85,571</t>
-[...5 lines deleted...]
-    <t>34,672</t>
+    <t>199,088</t>
+  </si>
+  <si>
+    <t>734,595</t>
+  </si>
+  <si>
+    <t>2,749,172</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1337,1299 +1322,1257 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D95"/>
+  <dimension ref="A1:D92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A95" sqref="A95"/>
+      <selection activeCell="A92" sqref="A92"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
         <v>17</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
         <v>25</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B17" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C17" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D17" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B18" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="B19" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="D19" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="C20" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D20" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="B21" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="C21" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D21" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="B22" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="C22" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="B23" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="C23" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D23" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="B24" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="C24" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="B25" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="C25" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="D25" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="B26" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C26" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D26" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="B27" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="C27" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D27" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="B28" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="C28" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="D28" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="B29" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="C29" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="D29" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="B30" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C30" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="D30" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="B31" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C31" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="D31" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="B32" t="s">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>109</v>
+        <v>9</v>
       </c>
       <c r="D32" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B33" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C33" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="D33" t="s">
-        <v>114</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B34" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C34" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
       <c r="D34" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B35" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="C35" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D35" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B36" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="C36" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>129</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B37" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="C37" t="s">
-        <v>126</v>
+        <v>9</v>
       </c>
       <c r="D37" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B38" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C38" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="D38" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B39" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C39" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="D39" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B40" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="C40" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="D40" t="s">
-        <v>138</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B41" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C41" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D41" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B42" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C42" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="D42" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B43" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C43" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="D43" t="s">
-        <v>13</v>
+        <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="B44" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="C44" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="D44" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="B45" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="C45" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="D45" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="B46" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C46" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="D46" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="B47" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="C47" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="D47" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="B48" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C48" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="D48" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="B49" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="C49" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="D49" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="B50" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C50" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="D50" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="B51" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C51" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="D51" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B52" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C52" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="D52" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="B53" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="C53" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="D53" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="B54" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="C54" t="s">
-        <v>191</v>
+        <v>9</v>
       </c>
       <c r="D54" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="B55" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C55" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="D55" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="B56" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="C56" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="D56" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B57" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C57" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="D57" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="B58" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="C58" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="D58" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B59" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C59" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="D59" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B60" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C60" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="D60" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="B61" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="C61" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="D61" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="B62" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="C62" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="D62" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="B63" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="C63" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="D63" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="B64" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C64" t="s">
-        <v>231</v>
+        <v>9</v>
       </c>
       <c r="D64" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B65" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C65" t="s">
-        <v>13</v>
+        <v>240</v>
       </c>
       <c r="D65" t="s">
-        <v>13</v>
+        <v>241</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="B66" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="C66" t="s">
-        <v>237</v>
+        <v>9</v>
       </c>
       <c r="D66" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="B67" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C67" t="s">
-        <v>13</v>
+        <v>247</v>
       </c>
       <c r="D67" t="s">
-        <v>13</v>
+        <v>248</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="B68" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C68" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="D68" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="B69" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="C69" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="D69" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="B70" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="C70" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="D70" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="B71" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="C71" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="D71" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="B72" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="C72" t="s">
-        <v>259</v>
+        <v>9</v>
       </c>
       <c r="D72" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="B73" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="C73" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="D73" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="B74" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="C74" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="D74" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="B75" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="D75" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="B76" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="C76" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="D76" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="B77" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="C77" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="D77" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="B78" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="C78" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="D78" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="B79" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C79" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="D79" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="B80" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="C80" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="D80" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="B81" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="C81" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="D81" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="B82" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C82" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="D82" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="B83" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C83" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="D83" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
     </row>
     <row r="84" spans="1:4">
-      <c r="A84" t="s">
-[...41 lines deleted...]
-      <c r="A87" s="2" t="s">
+      <c r="A84" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B87" s="2" t="s">
+      <c r="B84" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C87" s="2" t="s">
+      <c r="C84" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D87" s="2" t="s">
+      <c r="D84" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="94" spans="1:4">
-[...9 lines deleted...]
-      <c r="D95" s="3"/>
+    <row r="91" spans="1:4">
+      <c r="A91" s="3"/>
+      <c r="B91" s="3"/>
+      <c r="C91" s="3"/>
+      <c r="D91" s="3"/>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" s="3"/>
+      <c r="B92" s="3"/>
+      <c r="C92" s="3"/>
+      <c r="D92" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A94:D94"/>
-    <mergeCell ref="A95:D95"/>
+    <mergeCell ref="A91:D91"/>
+    <mergeCell ref="A92:D92"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>