--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -17,69 +17,69 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>118</t>
+  </si>
+  <si>
     <t>117</t>
   </si>
   <si>
     <t>1,543,958</t>
-  </si>
-[...1 lines deleted...]
-    <t>1,074</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>1,543,242</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -439,107 +439,107 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3"/>
       <c r="B13" s="3"/>