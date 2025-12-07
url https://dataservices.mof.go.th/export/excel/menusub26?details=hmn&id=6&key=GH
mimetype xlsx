--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,212 +12,227 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>34,059,689</t>
+  </si>
+  <si>
     <t>15,661,393</t>
   </si>
   <si>
     <t>56,978</t>
   </si>
   <si>
-    <t>906,127</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>0</t>
+  </si>
+  <si>
     <t>591</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
+    <t>2,608</t>
+  </si>
+  <si>
     <t>656</t>
   </si>
   <si>
-    <t>4,396</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>16,955</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
     <t>15,095</t>
   </si>
   <si>
+    <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
+  </si>
+  <si>
+    <t>18,274,586</t>
+  </si>
+  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>1,949</t>
+  </si>
+  <si>
     <t>19,870</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>490</t>
+  </si>
+  <si>
     <t>151,933</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
+    <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
+  </si>
+  <si>
+    <t>1,046</t>
+  </si>
+  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>431</t>
+  </si>
+  <si>
     <t>301</t>
   </si>
   <si>
     <t>44,434</t>
   </si>
   <si>
-    <t>1,540</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
     <t>2,963</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
     <t>76,226</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>461,462</t>
+  </si>
+  <si>
     <t>3,000</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
     <t>4,443</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
     <t>1,617</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
     <t>130,847</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>6,586,327</t>
+  </si>
+  <si>
     <t>14,379,361</t>
   </si>
   <si>
-    <t>878,012</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
     <t>26,972</t>
   </si>
   <si>
-    <t>4,554</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>8,730,790</t>
+  </si>
+  <si>
     <t>588,809</t>
   </si>
   <si>
     <t>3,972</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
     <t>184,063</t>
   </si>
   <si>
     <t>1,334</t>
-  </si>
-[...1 lines deleted...]
-    <t>670</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
     <t>15,507</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
     <t>45,707</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
     <t>16,432</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -569,417 +584,445 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A32" sqref="A32"/>
+      <selection activeCell="A34" sqref="A34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>17</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
         <v>19</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" t="s">
         <v>21</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>22</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
         <v>24</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>25</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="s">
         <v>30</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>31</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D14" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" t="s">
         <v>39</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>47</v>
       </c>
       <c r="B19" t="s">
         <v>48</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>50</v>
       </c>
       <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>51</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>52</v>
+      </c>
+      <c r="B21" t="s">
+        <v>53</v>
+      </c>
+      <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>56</v>
       </c>
       <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
         <v>57</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="D23" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
-      <c r="A24" s="2" t="s">
+      <c r="A24" t="s">
+        <v>61</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B24" s="2" t="s">
+      <c r="B26" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C24" s="2" t="s">
+      <c r="C26" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="D26" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="31" spans="1:4">
-[...9 lines deleted...]
-      <c r="D32" s="3"/>
+    <row r="33" spans="1:4">
+      <c r="A33" s="3"/>
+      <c r="B33" s="3"/>
+      <c r="C33" s="3"/>
+      <c r="D33" s="3"/>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" s="3"/>
+      <c r="B34" s="3"/>
+      <c r="C34" s="3"/>
+      <c r="D34" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A31:D31"/>
-    <mergeCell ref="A32:D32"/>
+    <mergeCell ref="A33:D33"/>
+    <mergeCell ref="A34:D34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>