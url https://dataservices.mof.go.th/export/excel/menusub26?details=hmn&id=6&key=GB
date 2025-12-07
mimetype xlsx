--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,1133 +12,1142 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="364">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>5,750,712,060</t>
+  </si>
+  <si>
     <t>6,481,880,705</t>
   </si>
   <si>
     <t>5,994,012,097</t>
   </si>
   <si>
-    <t>7,293,163,445</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>1,182,218</t>
+  </si>
+  <si>
     <t>3,355,515</t>
   </si>
   <si>
     <t>246,187</t>
   </si>
   <si>
-    <t>4,545,152</t>
-[...1 lines deleted...]
-  <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
+    <t>902,112</t>
+  </si>
+  <si>
     <t>1,071,959</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>1,205,742</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>18,509,478</t>
+  </si>
+  <si>
     <t>15,350,862</t>
   </si>
   <si>
     <t>52,659,325</t>
   </si>
   <si>
-    <t>48,673,491</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>4,768,638</t>
+  </si>
+  <si>
     <t>11,733,468</t>
   </si>
   <si>
     <t>4,307,115</t>
   </si>
   <si>
-    <t>9,100,291</t>
-[...1 lines deleted...]
-  <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>1,482,488</t>
+    <t>430,128</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>1,225</t>
+  </si>
+  <si>
     <t>11,283</t>
   </si>
   <si>
     <t>1,344</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
+    <t>357,282</t>
+  </si>
+  <si>
     <t>666,010</t>
   </si>
   <si>
-    <t>539,342</t>
-[...1 lines deleted...]
-  <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
     <t>829,605</t>
   </si>
   <si>
-    <t>903,236</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>2,311,773</t>
+  </si>
+  <si>
     <t>548,990</t>
   </si>
   <si>
     <t>1,819,956</t>
   </si>
   <si>
-    <t>868,237</t>
-[...1 lines deleted...]
-  <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
+    <t>83,251</t>
+  </si>
+  <si>
     <t>250,436</t>
   </si>
   <si>
     <t>42,087</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>46,932,922</t>
+  </si>
+  <si>
     <t>30,108,987</t>
   </si>
   <si>
     <t>60,119,330</t>
   </si>
   <si>
-    <t>50,354,953</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
     <t>314,567</t>
   </si>
   <si>
     <t>3,032</t>
   </si>
   <si>
-    <t>605,954</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>4,237,002</t>
+  </si>
+  <si>
     <t>21,545,368</t>
   </si>
   <si>
     <t>3,223,318</t>
   </si>
   <si>
-    <t>24,522,014</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>2,664,919</t>
+  </si>
+  <si>
     <t>1,143,402</t>
   </si>
   <si>
     <t>2,835,651</t>
   </si>
   <si>
-    <t>242,853</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>645,697</t>
+  </si>
+  <si>
     <t>638,017</t>
   </si>
   <si>
     <t>156,661</t>
   </si>
   <si>
-    <t>529,361</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>5,522,150</t>
+  </si>
+  <si>
     <t>1,998,136</t>
   </si>
   <si>
     <t>2,141,097</t>
   </si>
   <si>
-    <t>1,970,452</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>1,952,051</t>
+  </si>
+  <si>
     <t>9,941,222</t>
   </si>
   <si>
     <t>3,686,014</t>
   </si>
   <si>
-    <t>990,805</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>64,415,417</t>
+  </si>
+  <si>
     <t>56,031,049</t>
   </si>
   <si>
     <t>55,006,552</t>
   </si>
   <si>
-    <t>60,732,109</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>1,208,872</t>
+  </si>
+  <si>
     <t>2,682,177</t>
   </si>
   <si>
     <t>732,480</t>
   </si>
   <si>
-    <t>1,030,050</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>128,635,742</t>
+  </si>
+  <si>
     <t>58,972,516</t>
   </si>
   <si>
     <t>97,784,395</t>
   </si>
   <si>
-    <t>94,021,024</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>188,441,232</t>
+  </si>
+  <si>
     <t>186,680,825</t>
   </si>
   <si>
     <t>323,543,996</t>
   </si>
   <si>
-    <t>269,011,776</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>120,923,470</t>
+  </si>
+  <si>
     <t>165,247,749</t>
   </si>
   <si>
     <t>193,465,036</t>
   </si>
   <si>
-    <t>98,597,644</t>
-[...1 lines deleted...]
-  <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
+    <t>1,779</t>
+  </si>
+  <si>
     <t>2,145</t>
   </si>
   <si>
-    <t>16,655</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>13,717,067</t>
+  </si>
+  <si>
     <t>27,573,861</t>
   </si>
   <si>
     <t>15,620,767</t>
   </si>
   <si>
-    <t>29,548,295</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
+    <t>1,050,192</t>
+  </si>
+  <si>
     <t>918</t>
   </si>
   <si>
     <t>6,555</t>
   </si>
   <si>
-    <t>4,895,125</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>17,037,277</t>
+  </si>
+  <si>
     <t>5,406,246</t>
   </si>
   <si>
     <t>9,232,970</t>
   </si>
   <si>
-    <t>27,281,702</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>16,118,977</t>
+  </si>
+  <si>
     <t>15,024,155</t>
   </si>
   <si>
     <t>13,372,341</t>
   </si>
   <si>
-    <t>15,684,280</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>23,725,203</t>
+  </si>
+  <si>
     <t>68,356,273</t>
   </si>
   <si>
     <t>46,763,980</t>
   </si>
   <si>
-    <t>16,230,758</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>253,491,654</t>
+  </si>
+  <si>
     <t>230,362,022</t>
   </si>
   <si>
     <t>181,976,200</t>
   </si>
   <si>
-    <t>272,639,430</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>6,669,010</t>
+  </si>
+  <si>
     <t>50,443</t>
   </si>
   <si>
     <t>2,773,468</t>
   </si>
   <si>
-    <t>3,552,661</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>46,341,033</t>
+  </si>
+  <si>
     <t>46,010,668</t>
   </si>
   <si>
     <t>41,960,063</t>
   </si>
   <si>
-    <t>40,377,072</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>99,520,621</t>
+  </si>
+  <si>
     <t>141,996,545</t>
   </si>
   <si>
     <t>103,485,056</t>
   </si>
   <si>
-    <t>99,666,987</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>19,397,921</t>
+  </si>
+  <si>
     <t>22,055,351</t>
   </si>
   <si>
     <t>23,602,374</t>
   </si>
   <si>
-    <t>25,469,177</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>20,437,620</t>
+  </si>
+  <si>
     <t>781,356</t>
   </si>
   <si>
     <t>11,539,918</t>
   </si>
   <si>
-    <t>3,207,791</t>
-[...1 lines deleted...]
-  <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
+    <t>239,338</t>
+  </si>
+  <si>
     <t>103,651</t>
   </si>
   <si>
     <t>6,358</t>
   </si>
   <si>
-    <t>564,785</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>174,355,507</t>
+  </si>
+  <si>
     <t>121,128,712</t>
   </si>
   <si>
     <t>166,976,719</t>
   </si>
   <si>
-    <t>127,290,759</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>114,557,618</t>
+  </si>
+  <si>
     <t>101,059,412</t>
   </si>
   <si>
     <t>335,937,630</t>
   </si>
   <si>
-    <t>127,060,538</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>78,401,525</t>
+  </si>
+  <si>
     <t>120,231,745</t>
   </si>
   <si>
     <t>94,911,659</t>
   </si>
   <si>
-    <t>98,796,421</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>960,149</t>
+  </si>
+  <si>
     <t>1,081,448</t>
   </si>
   <si>
     <t>686,252</t>
   </si>
   <si>
-    <t>874,333</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>1,895,235</t>
+  </si>
+  <si>
     <t>2,440,631</t>
   </si>
   <si>
     <t>1,596,406</t>
   </si>
   <si>
-    <t>3,610,401</t>
-[...1 lines deleted...]
-  <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
     <t>95,386</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>2,164,012</t>
+  </si>
+  <si>
     <t>1,929,513</t>
   </si>
   <si>
     <t>273,309</t>
   </si>
   <si>
-    <t>530,216</t>
-[...1 lines deleted...]
-  <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
+    <t>36,979</t>
+  </si>
+  <si>
     <t>70,765</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>173,861,558</t>
+  </si>
+  <si>
     <t>157,246,899</t>
   </si>
   <si>
     <t>59,801,540</t>
   </si>
   <si>
-    <t>35,045,653</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>20,913,775</t>
+  </si>
+  <si>
     <t>15,097,726</t>
   </si>
   <si>
     <t>22,680,765</t>
   </si>
   <si>
-    <t>20,140,353</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>44,981,905</t>
+  </si>
+  <si>
     <t>58,744,791</t>
   </si>
   <si>
     <t>39,512,898</t>
   </si>
   <si>
-    <t>46,694,550</t>
-[...1 lines deleted...]
-  <si>
     <t>50 ไหม</t>
   </si>
   <si>
+    <t>40,432</t>
+  </si>
+  <si>
     <t>72,992</t>
   </si>
   <si>
     <t>5,490</t>
   </si>
   <si>
-    <t>13,388</t>
-[...1 lines deleted...]
-  <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
+    <t>6,828,809</t>
+  </si>
+  <si>
     <t>7,372,071</t>
   </si>
   <si>
     <t>8,715,527</t>
   </si>
   <si>
-    <t>10,798,264</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>3,353,113</t>
+  </si>
+  <si>
     <t>293,399</t>
   </si>
   <si>
     <t>632,687</t>
   </si>
   <si>
-    <t>407,782</t>
-[...1 lines deleted...]
-  <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
+    <t>1,320,129</t>
+  </si>
+  <si>
     <t>352,606</t>
   </si>
   <si>
     <t>1,265,692</t>
   </si>
   <si>
-    <t>1,218,256</t>
-[...1 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>12,249,356</t>
+  </si>
+  <si>
     <t>13,762,747</t>
   </si>
   <si>
     <t>7,802,009</t>
   </si>
   <si>
-    <t>7,706,587</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>1,137,615</t>
+  </si>
+  <si>
     <t>101,215</t>
   </si>
   <si>
     <t>1,251,671</t>
   </si>
   <si>
-    <t>2,533,317</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>31,658,181</t>
+  </si>
+  <si>
     <t>19,857,726</t>
   </si>
   <si>
     <t>47,356,970</t>
   </si>
   <si>
-    <t>36,640,633</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>350,477</t>
+  </si>
+  <si>
     <t>1,335,346</t>
   </si>
   <si>
     <t>22,649</t>
   </si>
   <si>
-    <t>17,048</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>802,059</t>
+  </si>
+  <si>
     <t>805,969</t>
   </si>
   <si>
     <t>1,446,526</t>
   </si>
   <si>
-    <t>913,494</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>7,346,114</t>
+  </si>
+  <si>
     <t>7,138,497</t>
   </si>
   <si>
     <t>12,411,311</t>
   </si>
   <si>
-    <t>7,431,645</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>4,623,506</t>
+  </si>
+  <si>
     <t>7,095,557</t>
   </si>
   <si>
     <t>7,991,001</t>
   </si>
   <si>
-    <t>10,231,241</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>5,393,143</t>
+  </si>
+  <si>
     <t>11,139,107</t>
   </si>
   <si>
     <t>12,504,453</t>
   </si>
   <si>
-    <t>8,039,885</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>10,091,142</t>
+  </si>
+  <si>
     <t>11,323,722</t>
   </si>
   <si>
     <t>10,574,262</t>
   </si>
   <si>
-    <t>7,022,253</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>2,512,257</t>
+  </si>
+  <si>
     <t>2,611,374</t>
   </si>
   <si>
     <t>3,123,093</t>
   </si>
   <si>
-    <t>5,136,501</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>2,576,492</t>
+  </si>
+  <si>
     <t>2,283,859</t>
   </si>
   <si>
     <t>1,628,421</t>
   </si>
   <si>
-    <t>1,381,400</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>500,363</t>
+  </si>
+  <si>
     <t>566,432</t>
   </si>
   <si>
     <t>572,653</t>
   </si>
   <si>
-    <t>477,073</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
+    <t>26,764</t>
+  </si>
+  <si>
     <t>1,000</t>
   </si>
   <si>
     <t>6,722</t>
   </si>
   <si>
-    <t>10,282</t>
-[...1 lines deleted...]
-  <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>8,506</t>
+  </si>
+  <si>
     <t>19,310</t>
   </si>
   <si>
     <t>9,076</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>10,513,661</t>
+  </si>
+  <si>
     <t>9,878,761</t>
   </si>
   <si>
     <t>11,624,851</t>
   </si>
   <si>
-    <t>12,272,612</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>2,210,788</t>
+  </si>
+  <si>
     <t>4,204,868</t>
   </si>
   <si>
     <t>3,115,615</t>
   </si>
   <si>
-    <t>1,953,120</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>4,308,708</t>
+  </si>
+  <si>
     <t>7,980,221</t>
   </si>
   <si>
     <t>4,844,400</t>
   </si>
   <si>
-    <t>5,333,322</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>50,691,636</t>
+  </si>
+  <si>
     <t>24,348,264</t>
   </si>
   <si>
     <t>49,125,740</t>
   </si>
   <si>
-    <t>42,225,611</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>5,973,164</t>
+  </si>
+  <si>
     <t>10,393,127</t>
   </si>
   <si>
     <t>14,943,688</t>
   </si>
   <si>
-    <t>11,325,777</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>186,233,761</t>
+  </si>
+  <si>
     <t>225,491,715</t>
   </si>
   <si>
     <t>208,087,645</t>
   </si>
   <si>
-    <t>228,289,738</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>28,432,253</t>
+  </si>
+  <si>
     <t>16,908,433</t>
   </si>
   <si>
     <t>40,911,982</t>
   </si>
   <si>
-    <t>69,956,728</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
+    <t>7,675,355</t>
+  </si>
+  <si>
     <t>27,475,752</t>
   </si>
   <si>
     <t>14,198,518</t>
   </si>
   <si>
-    <t>4,407,596</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>160,743,701</t>
+  </si>
+  <si>
     <t>106,472,431</t>
   </si>
   <si>
     <t>150,243,619</t>
   </si>
   <si>
-    <t>131,637,137</t>
+    <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
+  </si>
+  <si>
+    <t>724,899</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
     <t>11,222</t>
   </si>
   <si>
     <t>15,973</t>
   </si>
   <si>
-    <t>3,856</t>
-[...1 lines deleted...]
-  <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
+    <t>1,280</t>
+  </si>
+  <si>
     <t>19,378</t>
   </si>
   <si>
-    <t>46,900</t>
-[...1 lines deleted...]
-  <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>2,034,237</t>
+  </si>
+  <si>
     <t>23,970,382</t>
   </si>
   <si>
     <t>31,521,312</t>
   </si>
   <si>
-    <t>16,825,117</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>15,804,378</t>
+  </si>
+  <si>
     <t>14,181,839</t>
   </si>
   <si>
     <t>33,965,869</t>
   </si>
   <si>
-    <t>36,854,167</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>10,019,144</t>
+  </si>
+  <si>
     <t>7,276,086</t>
   </si>
   <si>
     <t>7,039,615</t>
   </si>
   <si>
-    <t>15,021,094</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,556,311,581</t>
+  </si>
+  <si>
     <t>2,497,816,140</t>
   </si>
   <si>
     <t>1,625,455,296</t>
   </si>
   <si>
-    <t>3,338,082,518</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,160,451,530</t>
+  </si>
+  <si>
     <t>1,187,538,601</t>
   </si>
   <si>
     <t>1,120,948,311</t>
   </si>
   <si>
-    <t>1,111,281,248</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>782,784</t>
+    <t>3,779,931</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>346,171,364</t>
+  </si>
+  <si>
     <t>128,639,679</t>
   </si>
   <si>
     <t>166,588,003</t>
   </si>
   <si>
-    <t>200,280,845</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>69,622,974</t>
+  </si>
+  <si>
     <t>14,539,356</t>
   </si>
   <si>
     <t>102,552,048</t>
   </si>
   <si>
-    <t>18,164,197</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
+    <t>258,945</t>
+  </si>
+  <si>
     <t>11,100,828</t>
   </si>
   <si>
     <t>5,623,811</t>
   </si>
   <si>
-    <t>10,058,131</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>266,015,355</t>
+  </si>
+  <si>
     <t>275,223,528</t>
   </si>
   <si>
     <t>272,905,727</t>
   </si>
   <si>
-    <t>227,194,176</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,907,792</t>
+  </si>
+  <si>
     <t>520,762</t>
   </si>
   <si>
     <t>1,051,372</t>
   </si>
   <si>
-    <t>311,750</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>127,120</t>
+  </si>
+  <si>
     <t>353,168</t>
   </si>
   <si>
     <t>667,821</t>
   </si>
   <si>
-    <t>1,003,358</t>
-[...1 lines deleted...]
-  <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
     <t>7,764,788</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>31,088,995</t>
+  </si>
+  <si>
     <t>27,817,073</t>
   </si>
   <si>
     <t>22,338,860</t>
   </si>
   <si>
-    <t>26,913,037</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>3,455,601</t>
+  </si>
+  <si>
     <t>4,711,771</t>
   </si>
   <si>
     <t>4,416,256</t>
   </si>
   <si>
-    <t>3,763,857</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>11,056,165</t>
+  </si>
+  <si>
     <t>5,751,478</t>
   </si>
   <si>
     <t>8,173,445</t>
   </si>
   <si>
-    <t>9,464,210</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>277,750</t>
+  </si>
+  <si>
     <t>49,552,737</t>
   </si>
   <si>
     <t>1,673,007</t>
-  </si>
-[...1 lines deleted...]
-    <t>626,594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1472,54 +1481,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D104"/>
+  <dimension ref="A1:D105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A104" sqref="A104"/>
+      <selection activeCell="A105" sqref="A105"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -1575,149 +1584,149 @@
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>27</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="C10" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="D10" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" t="s">
         <v>36</v>
       </c>
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>39</v>
       </c>
       <c r="B12" t="s">
         <v>40</v>
       </c>
       <c r="C12" t="s">
         <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="C14" t="s">
         <v>48</v>
       </c>
       <c r="D14" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
       <c r="C15" t="s">
         <v>52</v>
       </c>
       <c r="D15" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>54</v>
@@ -1827,54 +1836,54 @@
         <v>84</v>
       </c>
       <c r="D23" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>86</v>
       </c>
       <c r="B24" t="s">
         <v>87</v>
       </c>
       <c r="C24" t="s">
         <v>88</v>
       </c>
       <c r="D24" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>90</v>
       </c>
       <c r="B25" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="C25" t="s">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="D25" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>93</v>
       </c>
       <c r="B26" t="s">
         <v>94</v>
       </c>
       <c r="C26" t="s">
         <v>95</v>
       </c>
       <c r="D26" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>97</v>
       </c>
       <c r="B27" t="s">
         <v>98</v>
@@ -2079,818 +2088,832 @@
         <v>155</v>
       </c>
       <c r="D41" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>157</v>
       </c>
       <c r="B42" t="s">
         <v>158</v>
       </c>
       <c r="C42" t="s">
         <v>159</v>
       </c>
       <c r="D42" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>161</v>
       </c>
       <c r="B43" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>163</v>
       </c>
       <c r="B44" t="s">
         <v>164</v>
       </c>
       <c r="C44" t="s">
         <v>165</v>
       </c>
       <c r="D44" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>167</v>
       </c>
       <c r="B45" t="s">
-        <v>14</v>
+        <v>168</v>
       </c>
       <c r="C45" t="s">
-        <v>168</v>
+        <v>15</v>
       </c>
       <c r="D45" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B46" t="s">
-        <v>170</v>
+        <v>15</v>
       </c>
       <c r="C46" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="D46" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B47" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C47" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D47" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B48" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C48" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D48" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B49" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C49" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D49" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B50" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C50" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D50" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B51" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C51" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D51" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B52" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C52" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D52" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B53" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C53" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D53" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B54" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C54" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D54" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B55" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C55" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D55" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B56" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C56" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D56" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B57" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C57" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D57" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B58" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C58" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D58" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B59" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C59" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D59" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B60" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C60" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D60" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B61" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C61" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D61" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B62" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C62" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D62" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B63" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C63" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D63" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B64" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C64" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D64" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B65" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C65" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D65" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B66" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C66" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D66" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B67" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C67" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D67" t="s">
-        <v>14</v>
+        <v>255</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B68" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C68" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D68" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B69" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C69" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D69" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B70" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C70" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D70" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B71" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C71" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D71" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B72" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C72" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D72" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B73" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C73" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D73" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B74" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C74" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D74" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B75" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C75" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D75" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B76" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C76" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D76" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B77" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C77" t="s">
-        <v>292</v>
+        <v>15</v>
       </c>
       <c r="D77" t="s">
-        <v>293</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>294</v>
       </c>
       <c r="B78" t="s">
+        <v>15</v>
+      </c>
+      <c r="C78" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D78" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>297</v>
       </c>
       <c r="B79" t="s">
         <v>298</v>
       </c>
       <c r="C79" t="s">
         <v>299</v>
       </c>
       <c r="D79" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>300</v>
+      </c>
+      <c r="B80" t="s">
         <v>301</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>302</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>304</v>
+      </c>
+      <c r="B81" t="s">
         <v>305</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>306</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>308</v>
+      </c>
+      <c r="B82" t="s">
         <v>309</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>310</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>312</v>
+      </c>
+      <c r="B83" t="s">
         <v>313</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>314</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>316</v>
+      </c>
+      <c r="B84" t="s">
         <v>317</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" t="s">
-        <v>14</v>
+        <v>318</v>
       </c>
       <c r="D84" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B85" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C85" t="s">
-        <v>321</v>
+        <v>15</v>
       </c>
       <c r="D85" t="s">
-        <v>322</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>322</v>
+      </c>
+      <c r="B86" t="s">
         <v>323</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>324</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>326</v>
+      </c>
+      <c r="B87" t="s">
         <v>327</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
         <v>328</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>330</v>
+      </c>
+      <c r="B88" t="s">
         <v>331</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>332</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>334</v>
+      </c>
+      <c r="B89" t="s">
         <v>335</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>336</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>338</v>
+      </c>
+      <c r="B90" t="s">
         <v>339</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C90" t="s">
         <v>340</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>342</v>
+      </c>
+      <c r="B91" t="s">
         <v>343</v>
       </c>
-      <c r="B91" t="s">
+      <c r="C91" t="s">
         <v>344</v>
       </c>
-      <c r="C91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D91" t="s">
-        <v>14</v>
+        <v>345</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B92" t="s">
-        <v>346</v>
+        <v>15</v>
       </c>
       <c r="C92" t="s">
         <v>347</v>
       </c>
       <c r="D92" t="s">
-        <v>348</v>
+        <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>348</v>
+      </c>
+      <c r="B93" t="s">
         <v>349</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93" t="s">
         <v>350</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>352</v>
+      </c>
+      <c r="B94" t="s">
         <v>353</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94" t="s">
         <v>354</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>356</v>
+      </c>
+      <c r="B95" t="s">
         <v>357</v>
       </c>
-      <c r="B95" t="s">
+      <c r="C95" t="s">
         <v>358</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>359</v>
       </c>
-      <c r="D95" t="s">
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
         <v>360</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A96" s="2" t="s">
+      <c r="B96" t="s">
+        <v>361</v>
+      </c>
+      <c r="C96" t="s">
+        <v>362</v>
+      </c>
+      <c r="D96" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B96" s="2" t="s">
+      <c r="B97" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C96" s="2" t="s">
+      <c r="C97" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D96" s="2" t="s">
+      <c r="D97" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D103" s="3"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="3"/>
       <c r="B104" s="3"/>
       <c r="C104" s="3"/>
       <c r="D104" s="3"/>
     </row>
+    <row r="105" spans="1:4">
+      <c r="A105" s="3"/>
+      <c r="B105" s="3"/>
+      <c r="C105" s="3"/>
+      <c r="D105" s="3"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A103:D103"/>
     <mergeCell ref="A104:D104"/>
+    <mergeCell ref="A105:D105"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>