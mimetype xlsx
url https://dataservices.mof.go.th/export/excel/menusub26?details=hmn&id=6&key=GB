--- v1 (2025-12-07)
+++ v2 (2026-03-19)
@@ -17,1137 +17,1137 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="364">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>5,750,712,060</t>
-[...5 lines deleted...]
-    <t>5,994,012,097</t>
+    <t>8,309,851,920</t>
+  </si>
+  <si>
+    <t>9,337,277,695</t>
+  </si>
+  <si>
+    <t>8,025,798,463</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>1,182,218</t>
-[...5 lines deleted...]
-    <t>246,187</t>
+    <t>86,195</t>
+  </si>
+  <si>
+    <t>154,021</t>
+  </si>
+  <si>
+    <t>119,488</t>
   </si>
   <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
-    <t>902,112</t>
-[...2 lines deleted...]
-    <t>1,071,959</t>
+    <t>1,432,539</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
+    <t>1,655,193</t>
+  </si>
+  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>18,509,478</t>
-[...5 lines deleted...]
-    <t>52,659,325</t>
+    <t>92,278,684</t>
+  </si>
+  <si>
+    <t>31,062,088</t>
+  </si>
+  <si>
+    <t>7,724,039</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>4,768,638</t>
-[...5 lines deleted...]
-    <t>4,307,115</t>
+    <t>2,370,954</t>
+  </si>
+  <si>
+    <t>2,908,267</t>
+  </si>
+  <si>
+    <t>16,170,563</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>430,128</t>
-[...11 lines deleted...]
-    <t>1,344</t>
+    <t>756,020</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>357,282</t>
-[...2 lines deleted...]
-    <t>666,010</t>
+    <t>1,162,157</t>
+  </si>
+  <si>
+    <t>103,098,951</t>
+  </si>
+  <si>
+    <t>64,498,299</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>829,605</t>
+    <t>508</t>
+  </si>
+  <si>
+    <t>473,780</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>2,311,773</t>
-[...5 lines deleted...]
-    <t>1,819,956</t>
+    <t>261,376</t>
+  </si>
+  <si>
+    <t>102,610</t>
+  </si>
+  <si>
+    <t>1,048,868</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>83,251</t>
-[...5 lines deleted...]
-    <t>42,087</t>
+    <t>228,999</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>46,932,922</t>
-[...5 lines deleted...]
-    <t>60,119,330</t>
+    <t>15,647,350</t>
+  </si>
+  <si>
+    <t>29,177,915</t>
+  </si>
+  <si>
+    <t>37,947,940</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>314,567</t>
-[...2 lines deleted...]
-    <t>3,032</t>
+    <t>1,071,812</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>4,237,002</t>
-[...5 lines deleted...]
-    <t>3,223,318</t>
+    <t>21,814,042</t>
+  </si>
+  <si>
+    <t>15,302,641</t>
+  </si>
+  <si>
+    <t>10,729,742</t>
+  </si>
+  <si>
+    <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
+  </si>
+  <si>
+    <t>6,230</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>2,664,919</t>
-[...5 lines deleted...]
-    <t>2,835,651</t>
+    <t>4,500,692</t>
+  </si>
+  <si>
+    <t>1,758,051</t>
+  </si>
+  <si>
+    <t>2,017,260</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>645,697</t>
-[...5 lines deleted...]
-    <t>156,661</t>
+    <t>13,464</t>
+  </si>
+  <si>
+    <t>1,049,436</t>
+  </si>
+  <si>
+    <t>2,245</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>5,522,150</t>
-[...5 lines deleted...]
-    <t>2,141,097</t>
+    <t>2,242,825</t>
+  </si>
+  <si>
+    <t>1,545,108</t>
+  </si>
+  <si>
+    <t>3,339,349</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>1,952,051</t>
-[...5 lines deleted...]
-    <t>3,686,014</t>
+    <t>3,594,569</t>
+  </si>
+  <si>
+    <t>1,093,825</t>
+  </si>
+  <si>
+    <t>6,044,616</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>64,415,417</t>
-[...5 lines deleted...]
-    <t>55,006,552</t>
+    <t>34,940,874</t>
+  </si>
+  <si>
+    <t>27,588,406</t>
+  </si>
+  <si>
+    <t>27,803,607</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>1,208,872</t>
-[...5 lines deleted...]
-    <t>732,480</t>
+    <t>854,024</t>
+  </si>
+  <si>
+    <t>894,420</t>
+  </si>
+  <si>
+    <t>1,593,269</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>128,635,742</t>
-[...5 lines deleted...]
-    <t>97,784,395</t>
+    <t>85,648,469</t>
+  </si>
+  <si>
+    <t>80,531,797</t>
+  </si>
+  <si>
+    <t>83,380,393</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>188,441,232</t>
-[...5 lines deleted...]
-    <t>323,543,996</t>
+    <t>308,228,696</t>
+  </si>
+  <si>
+    <t>246,109,723</t>
+  </si>
+  <si>
+    <t>241,366,459</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>120,923,470</t>
-[...5 lines deleted...]
-    <t>193,465,036</t>
+    <t>113,896,978</t>
+  </si>
+  <si>
+    <t>200,718,830</t>
+  </si>
+  <si>
+    <t>175,388,651</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>1,779</t>
-[...2 lines deleted...]
-    <t>2,145</t>
+    <t>17,609,346</t>
+  </si>
+  <si>
+    <t>8,877,569</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>13,717,067</t>
-[...5 lines deleted...]
-    <t>15,620,767</t>
+    <t>10,512,087</t>
+  </si>
+  <si>
+    <t>13,501,855</t>
+  </si>
+  <si>
+    <t>6,493,063</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>1,050,192</t>
-[...5 lines deleted...]
-    <t>6,555</t>
+    <t>665,415</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>17,037,277</t>
-[...5 lines deleted...]
-    <t>9,232,970</t>
+    <t>12,294,766</t>
+  </si>
+  <si>
+    <t>57,606,905</t>
+  </si>
+  <si>
+    <t>69,109,402</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>16,118,977</t>
-[...5 lines deleted...]
-    <t>13,372,341</t>
+    <t>19,273,584</t>
+  </si>
+  <si>
+    <t>20,477,152</t>
+  </si>
+  <si>
+    <t>11,988,041</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>23,725,203</t>
-[...5 lines deleted...]
-    <t>46,763,980</t>
+    <t>23,036,250</t>
+  </si>
+  <si>
+    <t>35,641,119</t>
+  </si>
+  <si>
+    <t>42,626,916</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>253,491,654</t>
-[...5 lines deleted...]
-    <t>181,976,200</t>
+    <t>231,317,428</t>
+  </si>
+  <si>
+    <t>131,488,919</t>
+  </si>
+  <si>
+    <t>299,319,640</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>6,669,010</t>
-[...5 lines deleted...]
-    <t>2,773,468</t>
+    <t>5,016,437</t>
+  </si>
+  <si>
+    <t>1,567,682</t>
+  </si>
+  <si>
+    <t>2,927,901</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>46,341,033</t>
-[...5 lines deleted...]
-    <t>41,960,063</t>
+    <t>35,457,230</t>
+  </si>
+  <si>
+    <t>49,076,275</t>
+  </si>
+  <si>
+    <t>47,438,009</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>99,520,621</t>
-[...5 lines deleted...]
-    <t>103,485,056</t>
+    <t>165,114,892</t>
+  </si>
+  <si>
+    <t>139,932,481</t>
+  </si>
+  <si>
+    <t>101,132,225</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>19,397,921</t>
-[...5 lines deleted...]
-    <t>23,602,374</t>
+    <t>25,161,736</t>
+  </si>
+  <si>
+    <t>28,312,031</t>
+  </si>
+  <si>
+    <t>18,876,296</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>20,437,620</t>
-[...5 lines deleted...]
-    <t>11,539,918</t>
+    <t>3,423,396</t>
+  </si>
+  <si>
+    <t>15,622,695</t>
+  </si>
+  <si>
+    <t>5,235,305</t>
+  </si>
+  <si>
+    <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
+  </si>
+  <si>
+    <t>4,515,654</t>
+  </si>
+  <si>
+    <t>3,926,900</t>
+  </si>
+  <si>
+    <t>360,003</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>239,338</t>
-[...5 lines deleted...]
-    <t>6,358</t>
+    <t>1,243,990</t>
+  </si>
+  <si>
+    <t>197,191</t>
+  </si>
+  <si>
+    <t>870,101</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>174,355,507</t>
-[...5 lines deleted...]
-    <t>166,976,719</t>
+    <t>123,074,275</t>
+  </si>
+  <si>
+    <t>122,747,832</t>
+  </si>
+  <si>
+    <t>164,072,906</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>114,557,618</t>
-[...5 lines deleted...]
-    <t>335,937,630</t>
+    <t>82,916,853</t>
+  </si>
+  <si>
+    <t>121,422,864</t>
+  </si>
+  <si>
+    <t>97,056,280</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>78,401,525</t>
-[...5 lines deleted...]
-    <t>94,911,659</t>
+    <t>70,732,217</t>
+  </si>
+  <si>
+    <t>217,405,123</t>
+  </si>
+  <si>
+    <t>73,213,549</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>960,149</t>
-[...5 lines deleted...]
-    <t>686,252</t>
+    <t>1,997,267</t>
+  </si>
+  <si>
+    <t>2,168,374</t>
+  </si>
+  <si>
+    <t>3,339,672</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>1,895,235</t>
-[...11 lines deleted...]
-    <t>95,386</t>
+    <t>1,454,630</t>
+  </si>
+  <si>
+    <t>1,926,771</t>
+  </si>
+  <si>
+    <t>1,554,549</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>2,164,012</t>
-[...5 lines deleted...]
-    <t>273,309</t>
+    <t>856,689</t>
+  </si>
+  <si>
+    <t>1,069,996</t>
+  </si>
+  <si>
+    <t>1,471,207</t>
   </si>
   <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
-    <t>36,979</t>
-[...2 lines deleted...]
-    <t>70,765</t>
+    <t>469,663</t>
+  </si>
+  <si>
+    <t>4,982</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>879</t>
+    <t>55,291</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>173,861,558</t>
-[...5 lines deleted...]
-    <t>59,801,540</t>
+    <t>80,411,014</t>
+  </si>
+  <si>
+    <t>113,239,183</t>
+  </si>
+  <si>
+    <t>133,261,038</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>20,913,775</t>
-[...5 lines deleted...]
-    <t>22,680,765</t>
+    <t>13,439,366</t>
+  </si>
+  <si>
+    <t>20,423,600</t>
+  </si>
+  <si>
+    <t>20,383,883</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>44,981,905</t>
-[...5 lines deleted...]
-    <t>39,512,898</t>
+    <t>51,954,827</t>
+  </si>
+  <si>
+    <t>28,853,695</t>
+  </si>
+  <si>
+    <t>45,588,440</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>40,432</t>
-[...5 lines deleted...]
-    <t>5,490</t>
+    <t>6,434</t>
+  </si>
+  <si>
+    <t>132,363</t>
+  </si>
+  <si>
+    <t>180,171</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>6,828,809</t>
-[...5 lines deleted...]
-    <t>8,715,527</t>
+    <t>4,147,843</t>
+  </si>
+  <si>
+    <t>6,894,218</t>
+  </si>
+  <si>
+    <t>2,473,777</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>3,353,113</t>
-[...5 lines deleted...]
-    <t>632,687</t>
+    <t>388,876</t>
+  </si>
+  <si>
+    <t>168,298</t>
+  </si>
+  <si>
+    <t>1,695,725</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>1,320,129</t>
-[...5 lines deleted...]
-    <t>1,265,692</t>
+    <t>229,780</t>
+  </si>
+  <si>
+    <t>559,624</t>
+  </si>
+  <si>
+    <t>765,189</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>12,249,356</t>
-[...5 lines deleted...]
-    <t>7,802,009</t>
+    <t>7,506,562</t>
+  </si>
+  <si>
+    <t>7,956,789</t>
+  </si>
+  <si>
+    <t>4,598,531</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>1,137,615</t>
-[...5 lines deleted...]
-    <t>1,251,671</t>
+    <t>4,984,790</t>
+  </si>
+  <si>
+    <t>2,652,571</t>
+  </si>
+  <si>
+    <t>2,979,169</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>31,658,181</t>
-[...5 lines deleted...]
-    <t>47,356,970</t>
+    <t>15,062,002</t>
+  </si>
+  <si>
+    <t>46,480,306</t>
+  </si>
+  <si>
+    <t>37,163,768</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>350,477</t>
-[...5 lines deleted...]
-    <t>22,649</t>
+    <t>191,219</t>
+  </si>
+  <si>
+    <t>227,526</t>
+  </si>
+  <si>
+    <t>69,900</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>802,059</t>
-[...5 lines deleted...]
-    <t>1,446,526</t>
+    <t>1,338,912</t>
+  </si>
+  <si>
+    <t>221,104</t>
+  </si>
+  <si>
+    <t>610,415</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>7,346,114</t>
-[...5 lines deleted...]
-    <t>12,411,311</t>
+    <t>4,064,429</t>
+  </si>
+  <si>
+    <t>8,918,924</t>
+  </si>
+  <si>
+    <t>11,709,852</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>4,623,506</t>
-[...5 lines deleted...]
-    <t>7,991,001</t>
+    <t>271,606</t>
+  </si>
+  <si>
+    <t>9,492,894</t>
+  </si>
+  <si>
+    <t>6,790,926</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>5,393,143</t>
-[...5 lines deleted...]
-    <t>12,504,453</t>
+    <t>7,392,587</t>
+  </si>
+  <si>
+    <t>9,923,999</t>
+  </si>
+  <si>
+    <t>5,783,810</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>10,091,142</t>
-[...5 lines deleted...]
-    <t>10,574,262</t>
+    <t>10,300,756</t>
+  </si>
+  <si>
+    <t>12,248,683</t>
+  </si>
+  <si>
+    <t>7,787,971</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>2,512,257</t>
-[...5 lines deleted...]
-    <t>3,123,093</t>
+    <t>7,725,100</t>
+  </si>
+  <si>
+    <t>4,694,584</t>
+  </si>
+  <si>
+    <t>1,954,657</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>2,576,492</t>
-[...5 lines deleted...]
-    <t>1,628,421</t>
+    <t>1,316,636</t>
+  </si>
+  <si>
+    <t>1,694,082</t>
+  </si>
+  <si>
+    <t>1,554,652</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>500,363</t>
-[...5 lines deleted...]
-    <t>572,653</t>
+    <t>505,365</t>
+  </si>
+  <si>
+    <t>453,960</t>
+  </si>
+  <si>
+    <t>398,051</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>26,764</t>
-[...5 lines deleted...]
-    <t>6,722</t>
+    <t>15,416</t>
+  </si>
+  <si>
+    <t>61,048</t>
+  </si>
+  <si>
+    <t>17,937</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>8,506</t>
-[...5 lines deleted...]
-    <t>9,076</t>
+    <t>13,286</t>
+  </si>
+  <si>
+    <t>74,260</t>
+  </si>
+  <si>
+    <t>10,062</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>10,513,661</t>
-[...5 lines deleted...]
-    <t>11,624,851</t>
+    <t>7,330,519</t>
+  </si>
+  <si>
+    <t>11,285,478</t>
+  </si>
+  <si>
+    <t>9,169,554</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>2,210,788</t>
-[...5 lines deleted...]
-    <t>3,115,615</t>
+    <t>4,467,436</t>
+  </si>
+  <si>
+    <t>5,977,725</t>
+  </si>
+  <si>
+    <t>2,815,172</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>4,308,708</t>
-[...5 lines deleted...]
-    <t>4,844,400</t>
+    <t>3,525,570</t>
+  </si>
+  <si>
+    <t>7,653,967</t>
+  </si>
+  <si>
+    <t>4,950,511</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>50,691,636</t>
-[...5 lines deleted...]
-    <t>49,125,740</t>
+    <t>20,972,044</t>
+  </si>
+  <si>
+    <t>25,244,748</t>
+  </si>
+  <si>
+    <t>39,896,892</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>5,973,164</t>
-[...5 lines deleted...]
-    <t>14,943,688</t>
+    <t>38,978,753</t>
+  </si>
+  <si>
+    <t>18,227,437</t>
+  </si>
+  <si>
+    <t>11,174,668</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>186,233,761</t>
-[...5 lines deleted...]
-    <t>208,087,645</t>
+    <t>166,159,624</t>
+  </si>
+  <si>
+    <t>225,308,009</t>
+  </si>
+  <si>
+    <t>174,021,595</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>28,432,253</t>
-[...5 lines deleted...]
-    <t>40,911,982</t>
+    <t>3,981,227</t>
+  </si>
+  <si>
+    <t>13,263,064</t>
+  </si>
+  <si>
+    <t>22,812,423</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>7,675,355</t>
-[...5 lines deleted...]
-    <t>14,198,518</t>
+    <t>32,392,030</t>
+  </si>
+  <si>
+    <t>11,187,793</t>
+  </si>
+  <si>
+    <t>211,002</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>160,743,701</t>
-[...5 lines deleted...]
-    <t>150,243,619</t>
+    <t>132,930,666</t>
+  </si>
+  <si>
+    <t>104,418,216</t>
+  </si>
+  <si>
+    <t>131,016,034</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>724,899</t>
+    <t>54,953</t>
+  </si>
+  <si>
+    <t>2,002</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>11,222</t>
-[...2 lines deleted...]
-    <t>15,973</t>
+    <t>21,792</t>
+  </si>
+  <si>
+    <t>205,118</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>1,280</t>
-[...2 lines deleted...]
-    <t>19,378</t>
+    <t>276,577</t>
+  </si>
+  <si>
+    <t>6,052</t>
+  </si>
+  <si>
+    <t>65,766</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>2,034,237</t>
-[...5 lines deleted...]
-    <t>31,521,312</t>
+    <t>5,734,964</t>
+  </si>
+  <si>
+    <t>7,243,697</t>
+  </si>
+  <si>
+    <t>199,800</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>15,804,378</t>
-[...5 lines deleted...]
-    <t>33,965,869</t>
+    <t>9,363,454</t>
+  </si>
+  <si>
+    <t>14,485,529</t>
+  </si>
+  <si>
+    <t>54,190,145</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>10,019,144</t>
-[...5 lines deleted...]
-    <t>7,039,615</t>
+    <t>6,875,351</t>
+  </si>
+  <si>
+    <t>13,436,767</t>
+  </si>
+  <si>
+    <t>19,104,301</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,556,311,581</t>
-[...5 lines deleted...]
-    <t>1,625,455,296</t>
+    <t>4,374,574,872</t>
+  </si>
+  <si>
+    <t>5,136,540,702</t>
+  </si>
+  <si>
+    <t>3,911,979,667</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,160,451,530</t>
-[...5 lines deleted...]
-    <t>1,120,948,311</t>
+    <t>1,425,971,148</t>
+  </si>
+  <si>
+    <t>1,140,469,413</t>
+  </si>
+  <si>
+    <t>1,235,706,632</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>3,779,931</t>
+    <t>6,299,493</t>
+  </si>
+  <si>
+    <t>4,695,987</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>346,171,364</t>
-[...5 lines deleted...]
-    <t>166,588,003</t>
+    <t>113,465,887</t>
+  </si>
+  <si>
+    <t>219,944,744</t>
+  </si>
+  <si>
+    <t>156,629,176</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>69,622,974</t>
-[...5 lines deleted...]
-    <t>102,552,048</t>
+    <t>37,783,741</t>
+  </si>
+  <si>
+    <t>30,124,069</t>
+  </si>
+  <si>
+    <t>19,017,839</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>258,945</t>
-[...5 lines deleted...]
-    <t>5,623,811</t>
+    <t>485,549</t>
+  </si>
+  <si>
+    <t>6,139,114</t>
+  </si>
+  <si>
+    <t>62,201,649</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>266,015,355</t>
-[...5 lines deleted...]
-    <t>272,905,727</t>
+    <t>171,087,286</t>
+  </si>
+  <si>
+    <t>295,976,806</t>
+  </si>
+  <si>
+    <t>212,237,898</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,907,792</t>
-[...5 lines deleted...]
-    <t>1,051,372</t>
+    <t>438,898</t>
+  </si>
+  <si>
+    <t>449,034</t>
+  </si>
+  <si>
+    <t>914,674</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>127,120</t>
-[...5 lines deleted...]
-    <t>667,821</t>
+    <t>1,122,729</t>
+  </si>
+  <si>
+    <t>316,272</t>
+  </si>
+  <si>
+    <t>525,987</t>
   </si>
   <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
-    <t>7,764,788</t>
+    <t>523,855</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>31,088,995</t>
-[...5 lines deleted...]
-    <t>22,338,860</t>
+    <t>19,045,567</t>
+  </si>
+  <si>
+    <t>31,752,559</t>
+  </si>
+  <si>
+    <t>15,586,708</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>3,455,601</t>
-[...5 lines deleted...]
-    <t>4,416,256</t>
+    <t>4,466,632</t>
+  </si>
+  <si>
+    <t>4,182,346</t>
+  </si>
+  <si>
+    <t>5,694,806</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>11,056,165</t>
-[...5 lines deleted...]
-    <t>8,173,445</t>
+    <t>7,432,039</t>
+  </si>
+  <si>
+    <t>3,722,697</t>
+  </si>
+  <si>
+    <t>6,411,545</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>277,750</t>
-[...5 lines deleted...]
-    <t>1,673,007</t>
+    <t>1,374,701</t>
+  </si>
+  <si>
+    <t>2,453,016</t>
+  </si>
+  <si>
+    <t>431,291</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1492,51 +1492,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A105" sqref="A105"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -1587,1146 +1587,1146 @@
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>24</v>
       </c>
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>27</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="C10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>39</v>
       </c>
       <c r="B12" t="s">
         <v>40</v>
       </c>
       <c r="C12" t="s">
         <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>43</v>
       </c>
       <c r="B13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" t="s">
         <v>47</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>49</v>
+      </c>
+      <c r="B15" t="s">
         <v>50</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="D15" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>55</v>
+      </c>
+      <c r="B17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>59</v>
+      </c>
+      <c r="B18" t="s">
+        <v>60</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" t="s">
+        <v>64</v>
+      </c>
+      <c r="C19" t="s">
+        <v>65</v>
+      </c>
+      <c r="D19" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>67</v>
+      </c>
+      <c r="B20" t="s">
+        <v>68</v>
+      </c>
+      <c r="C20" t="s">
+        <v>69</v>
+      </c>
+      <c r="D20" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>71</v>
+      </c>
+      <c r="B21" t="s">
+        <v>72</v>
+      </c>
+      <c r="C21" t="s">
+        <v>73</v>
+      </c>
+      <c r="D21" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>75</v>
+      </c>
+      <c r="B22" t="s">
+        <v>76</v>
+      </c>
+      <c r="C22" t="s">
+        <v>77</v>
+      </c>
+      <c r="D22" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>79</v>
+      </c>
+      <c r="B23" t="s">
+        <v>80</v>
+      </c>
+      <c r="C23" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>83</v>
+      </c>
+      <c r="B24" t="s">
+        <v>84</v>
+      </c>
+      <c r="C24" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B25" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="C25" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="D25" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>90</v>
+      </c>
+      <c r="B26" t="s">
+        <v>91</v>
+      </c>
+      <c r="C26" t="s">
+        <v>92</v>
+      </c>
+      <c r="D26" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B27" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C27" t="s">
-        <v>99</v>
+        <v>14</v>
       </c>
       <c r="D27" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B28" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C28" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D28" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B29" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="C29" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="D29" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B30" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C30" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="D30" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B31" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C31" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D31" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B32" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C32" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D32" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B33" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="C33" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D33" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B34" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C34" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D34" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B35" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="C35" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D35" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B36" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C36" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="D36" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B37" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C37" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D37" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B38" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C38" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="D38" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B39" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C39" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D39" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B40" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C40" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D40" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B41" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C41" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="D41" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B42" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C42" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D42" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B43" t="s">
-        <v>15</v>
+        <v>157</v>
       </c>
       <c r="C43" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="D43" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>160</v>
+      </c>
+      <c r="B44" t="s">
+        <v>161</v>
+      </c>
+      <c r="C44" t="s">
+        <v>162</v>
+      </c>
+      <c r="D44" t="s">
         <v>163</v>
-      </c>
-[...7 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B45" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C45" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D45" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C46" t="s">
-        <v>171</v>
+        <v>14</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>168</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>169</v>
+      </c>
+      <c r="B47" t="s">
+        <v>170</v>
+      </c>
+      <c r="C47" t="s">
+        <v>171</v>
+      </c>
+      <c r="D47" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>173</v>
+      </c>
+      <c r="B48" t="s">
+        <v>174</v>
+      </c>
+      <c r="C48" t="s">
+        <v>175</v>
+      </c>
+      <c r="D48" t="s">
         <v>176</v>
-      </c>
-[...7 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>177</v>
+      </c>
+      <c r="B49" t="s">
+        <v>178</v>
+      </c>
+      <c r="C49" t="s">
+        <v>179</v>
+      </c>
+      <c r="D49" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>181</v>
+      </c>
+      <c r="B50" t="s">
+        <v>182</v>
+      </c>
+      <c r="C50" t="s">
+        <v>183</v>
+      </c>
+      <c r="D50" t="s">
         <v>184</v>
-      </c>
-[...7 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>185</v>
+      </c>
+      <c r="B51" t="s">
+        <v>186</v>
+      </c>
+      <c r="C51" t="s">
+        <v>187</v>
+      </c>
+      <c r="D51" t="s">
         <v>188</v>
-      </c>
-[...7 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>189</v>
+      </c>
+      <c r="B52" t="s">
+        <v>190</v>
+      </c>
+      <c r="C52" t="s">
+        <v>191</v>
+      </c>
+      <c r="D52" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>193</v>
+      </c>
+      <c r="B53" t="s">
+        <v>194</v>
+      </c>
+      <c r="C53" t="s">
+        <v>195</v>
+      </c>
+      <c r="D53" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>197</v>
+      </c>
+      <c r="B54" t="s">
+        <v>198</v>
+      </c>
+      <c r="C54" t="s">
+        <v>199</v>
+      </c>
+      <c r="D54" t="s">
         <v>200</v>
-      </c>
-[...7 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>201</v>
+      </c>
+      <c r="B55" t="s">
+        <v>202</v>
+      </c>
+      <c r="C55" t="s">
+        <v>203</v>
+      </c>
+      <c r="D55" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>205</v>
+      </c>
+      <c r="B56" t="s">
+        <v>206</v>
+      </c>
+      <c r="C56" t="s">
+        <v>207</v>
+      </c>
+      <c r="D56" t="s">
         <v>208</v>
-      </c>
-[...7 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>209</v>
+      </c>
+      <c r="B57" t="s">
+        <v>210</v>
+      </c>
+      <c r="C57" t="s">
+        <v>211</v>
+      </c>
+      <c r="D57" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>213</v>
+      </c>
+      <c r="B58" t="s">
+        <v>214</v>
+      </c>
+      <c r="C58" t="s">
+        <v>215</v>
+      </c>
+      <c r="D58" t="s">
         <v>216</v>
-      </c>
-[...7 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>217</v>
+      </c>
+      <c r="B59" t="s">
+        <v>218</v>
+      </c>
+      <c r="C59" t="s">
+        <v>219</v>
+      </c>
+      <c r="D59" t="s">
         <v>220</v>
-      </c>
-[...7 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>221</v>
+      </c>
+      <c r="B60" t="s">
+        <v>222</v>
+      </c>
+      <c r="C60" t="s">
+        <v>223</v>
+      </c>
+      <c r="D60" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>225</v>
+      </c>
+      <c r="B61" t="s">
+        <v>226</v>
+      </c>
+      <c r="C61" t="s">
+        <v>227</v>
+      </c>
+      <c r="D61" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>229</v>
+      </c>
+      <c r="B62" t="s">
+        <v>230</v>
+      </c>
+      <c r="C62" t="s">
+        <v>231</v>
+      </c>
+      <c r="D62" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>233</v>
+      </c>
+      <c r="B63" t="s">
+        <v>234</v>
+      </c>
+      <c r="C63" t="s">
+        <v>235</v>
+      </c>
+      <c r="D63" t="s">
         <v>236</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>237</v>
+      </c>
+      <c r="B64" t="s">
+        <v>238</v>
+      </c>
+      <c r="C64" t="s">
+        <v>239</v>
+      </c>
+      <c r="D64" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>241</v>
+      </c>
+      <c r="B65" t="s">
+        <v>242</v>
+      </c>
+      <c r="C65" t="s">
+        <v>243</v>
+      </c>
+      <c r="D65" t="s">
         <v>244</v>
-      </c>
-[...7 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>245</v>
+      </c>
+      <c r="B66" t="s">
+        <v>246</v>
+      </c>
+      <c r="C66" t="s">
+        <v>247</v>
+      </c>
+      <c r="D66" t="s">
         <v>248</v>
-      </c>
-[...7 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>249</v>
+      </c>
+      <c r="B67" t="s">
+        <v>250</v>
+      </c>
+      <c r="C67" t="s">
+        <v>251</v>
+      </c>
+      <c r="D67" t="s">
         <v>252</v>
-      </c>
-[...7 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>253</v>
+      </c>
+      <c r="B68" t="s">
+        <v>254</v>
+      </c>
+      <c r="C68" t="s">
+        <v>255</v>
+      </c>
+      <c r="D68" t="s">
         <v>256</v>
-      </c>
-[...7 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>257</v>
+      </c>
+      <c r="B69" t="s">
+        <v>258</v>
+      </c>
+      <c r="C69" t="s">
+        <v>259</v>
+      </c>
+      <c r="D69" t="s">
         <v>260</v>
-      </c>
-[...7 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>261</v>
+      </c>
+      <c r="B70" t="s">
+        <v>262</v>
+      </c>
+      <c r="C70" t="s">
+        <v>263</v>
+      </c>
+      <c r="D70" t="s">
         <v>264</v>
-      </c>
-[...7 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>265</v>
+      </c>
+      <c r="B71" t="s">
+        <v>266</v>
+      </c>
+      <c r="C71" t="s">
+        <v>267</v>
+      </c>
+      <c r="D71" t="s">
         <v>268</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>269</v>
+      </c>
+      <c r="B72" t="s">
+        <v>270</v>
+      </c>
+      <c r="C72" t="s">
+        <v>271</v>
+      </c>
+      <c r="D72" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>273</v>
+      </c>
+      <c r="B73" t="s">
+        <v>274</v>
+      </c>
+      <c r="C73" t="s">
+        <v>275</v>
+      </c>
+      <c r="D73" t="s">
         <v>276</v>
-      </c>
-[...7 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>277</v>
+      </c>
+      <c r="B74" t="s">
+        <v>278</v>
+      </c>
+      <c r="C74" t="s">
+        <v>279</v>
+      </c>
+      <c r="D74" t="s">
         <v>280</v>
-      </c>
-[...7 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>281</v>
+      </c>
+      <c r="B75" t="s">
+        <v>282</v>
+      </c>
+      <c r="C75" t="s">
+        <v>283</v>
+      </c>
+      <c r="D75" t="s">
         <v>284</v>
-      </c>
-[...7 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>285</v>
+      </c>
+      <c r="B76" t="s">
+        <v>286</v>
+      </c>
+      <c r="C76" t="s">
+        <v>287</v>
+      </c>
+      <c r="D76" t="s">
         <v>288</v>
-      </c>
-[...7 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B77" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C77" t="s">
-        <v>15</v>
+        <v>291</v>
       </c>
       <c r="D77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>292</v>
+      </c>
+      <c r="B78" t="s">
+        <v>293</v>
+      </c>
+      <c r="C78" t="s">
+        <v>14</v>
+      </c>
+      <c r="D78" t="s">
         <v>294</v>
-      </c>
-[...7 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>295</v>
+      </c>
+      <c r="B79" t="s">
+        <v>296</v>
+      </c>
+      <c r="C79" t="s">
         <v>297</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>299</v>
+      </c>
+      <c r="B80" t="s">
         <v>300</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>301</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>303</v>
+      </c>
+      <c r="B81" t="s">
         <v>304</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>305</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>307</v>
+      </c>
+      <c r="B82" t="s">
         <v>308</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>309</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>311</v>
+      </c>
+      <c r="B83" t="s">
         <v>312</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>313</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>315</v>
+      </c>
+      <c r="B84" t="s">
         <v>316</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>317</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>319</v>
+      </c>
+      <c r="B85" t="s">
+        <v>14</v>
+      </c>
+      <c r="C85" t="s">
         <v>320</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>322</v>
       </c>
       <c r="B86" t="s">
         <v>323</v>
       </c>
       <c r="C86" t="s">
         <v>324</v>
       </c>
       <c r="D86" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>326</v>
       </c>
       <c r="B87" t="s">
         <v>327</v>
       </c>
       <c r="C87" t="s">
         <v>328</v>
@@ -2774,57 +2774,57 @@
         <v>340</v>
       </c>
       <c r="D90" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>342</v>
       </c>
       <c r="B91" t="s">
         <v>343</v>
       </c>
       <c r="C91" t="s">
         <v>344</v>
       </c>
       <c r="D91" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>346</v>
       </c>
       <c r="B92" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C92" t="s">
         <v>347</v>
       </c>
       <c r="D92" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>348</v>
       </c>
       <c r="B93" t="s">
         <v>349</v>
       </c>
       <c r="C93" t="s">
         <v>350</v>
       </c>
       <c r="D93" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>352</v>
       </c>
       <c r="B94" t="s">
         <v>353</v>
       </c>
       <c r="C94" t="s">
         <v>354</v>