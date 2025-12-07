--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -17,1167 +17,1167 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="374">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>6,822,666,155</t>
+  </si>
+  <si>
     <t>9,935,164,206</t>
   </si>
   <si>
     <t>8,938,162,892</t>
   </si>
   <si>
-    <t>6,574,194,282</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>12,978,073</t>
+  </si>
+  <si>
     <t>12,850,259</t>
   </si>
   <si>
     <t>3,498,917</t>
   </si>
   <si>
-    <t>33,521</t>
-[...1 lines deleted...]
-  <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
+    <t>746,953</t>
+  </si>
+  <si>
     <t>403,714</t>
   </si>
   <si>
     <t>546,602</t>
   </si>
   <si>
-    <t>879,256</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>18,257,894</t>
+  </si>
+  <si>
     <t>18,772,658</t>
   </si>
   <si>
     <t>27,539,312</t>
   </si>
   <si>
-    <t>37,699,359</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>145,753,039</t>
+  </si>
+  <si>
     <t>95,071,586</t>
   </si>
   <si>
     <t>115,613,787</t>
   </si>
   <si>
-    <t>184,875,366</t>
-[...1 lines deleted...]
-  <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
+    <t>5,126,324</t>
+  </si>
+  <si>
     <t>6,042,794</t>
   </si>
   <si>
     <t>4,488,258</t>
   </si>
   <si>
-    <t>2,557,395</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>514</t>
+  </si>
+  <si>
     <t>594,445</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>43,215</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
+    <t>631,747</t>
+  </si>
+  <si>
     <t>804,280</t>
   </si>
   <si>
     <t>490,213</t>
   </si>
   <si>
-    <t>614,322</t>
-[...1 lines deleted...]
-  <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
+    <t>20,123</t>
+  </si>
+  <si>
     <t>278,839</t>
   </si>
   <si>
     <t>541,715</t>
   </si>
   <si>
-    <t>441,024</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>1,016,811</t>
+  </si>
+  <si>
     <t>1,476,804</t>
   </si>
   <si>
     <t>790,322</t>
   </si>
   <si>
-    <t>4,506,229</t>
-[...1 lines deleted...]
-  <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
+    <t>519</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
     <t>1,034</t>
   </si>
   <si>
-    <t>531</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>26,889,854</t>
+  </si>
+  <si>
     <t>15,538,171</t>
   </si>
   <si>
     <t>14,926,940</t>
   </si>
   <si>
-    <t>27,232,329</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>2,369,208</t>
+  </si>
+  <si>
     <t>5,549,423</t>
   </si>
   <si>
     <t>1,492,199</t>
   </si>
   <si>
-    <t>3,204,211</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>27,484,841</t>
+  </si>
+  <si>
     <t>29,033,391</t>
   </si>
   <si>
     <t>15,852,349</t>
   </si>
   <si>
-    <t>23,347,026</t>
-[...1 lines deleted...]
-  <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
+    <t>66,503</t>
+  </si>
+  <si>
     <t>896,944</t>
   </si>
   <si>
-    <t>661,476</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>3,056,379</t>
+  </si>
+  <si>
     <t>1,038,233</t>
   </si>
   <si>
     <t>2,441,509</t>
   </si>
   <si>
-    <t>3,464,288</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>1,526,481</t>
+  </si>
+  <si>
     <t>1,634,422</t>
   </si>
   <si>
     <t>2,071,674</t>
   </si>
   <si>
-    <t>2,832,087</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>9,692,501</t>
+  </si>
+  <si>
     <t>9,094,258</t>
   </si>
   <si>
     <t>10,140,200</t>
   </si>
   <si>
-    <t>6,070,222</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>23,618,884</t>
+  </si>
+  <si>
     <t>56,705,559</t>
   </si>
   <si>
     <t>37,534,086</t>
   </si>
   <si>
-    <t>21,188,532</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>21,539,986</t>
+  </si>
+  <si>
     <t>20,773,988</t>
   </si>
   <si>
     <t>24,450,327</t>
   </si>
   <si>
-    <t>19,552,325</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>7,185,314</t>
+  </si>
+  <si>
     <t>21,811,906</t>
   </si>
   <si>
     <t>11,099,443</t>
   </si>
   <si>
-    <t>13,826,019</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>162,968,110</t>
+  </si>
+  <si>
     <t>70,912,789</t>
   </si>
   <si>
     <t>113,759,154</t>
   </si>
   <si>
-    <t>88,298,773</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>280,117,641</t>
+  </si>
+  <si>
     <t>327,168,019</t>
   </si>
   <si>
     <t>278,003,885</t>
   </si>
   <si>
-    <t>260,025,886</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>191,426,586</t>
+  </si>
+  <si>
     <t>176,252,632</t>
   </si>
   <si>
     <t>176,863,998</t>
   </si>
   <si>
-    <t>201,919,800</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>2,186,699</t>
+  </si>
+  <si>
     <t>7,444,523</t>
   </si>
   <si>
     <t>3,285,089</t>
   </si>
   <si>
-    <t>4,372,638</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
     <t>1,727,490</t>
   </si>
   <si>
     <t>1,331,721</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>29,742,609</t>
+  </si>
+  <si>
     <t>25,268,577</t>
   </si>
   <si>
     <t>38,646,579</t>
   </si>
   <si>
-    <t>21,149,985</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>26,295,524</t>
+  </si>
+  <si>
     <t>16,627,535</t>
   </si>
   <si>
     <t>15,949,705</t>
   </si>
   <si>
-    <t>21,895,530</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>59,315,372</t>
+  </si>
+  <si>
     <t>98,713,232</t>
   </si>
   <si>
     <t>89,757,184</t>
   </si>
   <si>
-    <t>60,676,460</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>618,353,711</t>
+  </si>
+  <si>
     <t>492,433,241</t>
   </si>
   <si>
     <t>625,490,101</t>
   </si>
   <si>
-    <t>731,530,836</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>1,733,567</t>
+  </si>
+  <si>
     <t>6,191,334</t>
   </si>
   <si>
-    <t>365,405</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>43,084,299</t>
+  </si>
+  <si>
     <t>65,129,688</t>
   </si>
   <si>
     <t>49,569,588</t>
   </si>
   <si>
-    <t>50,050,223</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>705,257,212</t>
+  </si>
+  <si>
     <t>623,800,122</t>
   </si>
   <si>
     <t>593,154,127</t>
   </si>
   <si>
-    <t>716,252,388</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>48,832,518</t>
+  </si>
+  <si>
     <t>32,134,501</t>
   </si>
   <si>
     <t>44,324,179</t>
   </si>
   <si>
-    <t>45,055,195</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>22,849,767</t>
+  </si>
+  <si>
     <t>18,260,138</t>
   </si>
   <si>
     <t>21,248,578</t>
   </si>
   <si>
-    <t>25,583,543</t>
-[...1 lines deleted...]
-  <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
+    <t>13,023,062</t>
+  </si>
+  <si>
     <t>15,067,737</t>
   </si>
   <si>
     <t>16,047,719</t>
   </si>
   <si>
-    <t>36,381,120</t>
-[...1 lines deleted...]
-  <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
     <t>152,443</t>
   </si>
   <si>
-    <t>107,177</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>128,671,357</t>
+  </si>
+  <si>
     <t>85,869,165</t>
   </si>
   <si>
     <t>154,283,974</t>
   </si>
   <si>
-    <t>140,244,298</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>186,533,433</t>
+  </si>
+  <si>
     <t>168,703,540</t>
   </si>
   <si>
     <t>205,250,665</t>
   </si>
   <si>
-    <t>208,349,953</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>141,445,354</t>
+  </si>
+  <si>
     <t>108,251,012</t>
   </si>
   <si>
     <t>111,824,065</t>
   </si>
   <si>
-    <t>116,756,153</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>792,109</t>
+  </si>
+  <si>
     <t>328,977</t>
   </si>
   <si>
     <t>2,602,177</t>
   </si>
   <si>
-    <t>801,430</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>333,136,744</t>
+  </si>
+  <si>
     <t>365,983,893</t>
   </si>
   <si>
     <t>526,449,537</t>
   </si>
   <si>
-    <t>356,829,884</t>
-[...1 lines deleted...]
-  <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
+    <t>38,397</t>
+  </si>
+  <si>
     <t>942,255</t>
   </si>
   <si>
     <t>905,990</t>
   </si>
   <si>
-    <t>912,481</t>
-[...1 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>8,102,348</t>
+  </si>
+  <si>
     <t>2,895,502</t>
   </si>
   <si>
     <t>2,343,057</t>
   </si>
   <si>
-    <t>16,628,223</t>
-[...1 lines deleted...]
-  <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
     <t>25,621</t>
   </si>
   <si>
     <t>2,604</t>
   </si>
   <si>
-    <t>213,858</t>
-[...1 lines deleted...]
-  <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
+    <t>354,212</t>
+  </si>
+  <si>
     <t>400,662</t>
   </si>
   <si>
     <t>1,399,432</t>
   </si>
   <si>
-    <t>489,757</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>13,876,333</t>
+  </si>
+  <si>
     <t>22,625,980</t>
   </si>
   <si>
-    <t>27,300,998</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>46,504,595</t>
+  </si>
+  <si>
     <t>30,482,908</t>
   </si>
   <si>
     <t>37,442,957</t>
   </si>
   <si>
-    <t>50,887,296</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>8,003,344</t>
+  </si>
+  <si>
     <t>4,864,154</t>
   </si>
   <si>
     <t>9,520,660</t>
   </si>
   <si>
-    <t>4,678,675</t>
-[...1 lines deleted...]
-  <si>
     <t>50 ไหม</t>
   </si>
   <si>
+    <t>100,314</t>
+  </si>
+  <si>
     <t>115,321</t>
   </si>
   <si>
     <t>183,817</t>
   </si>
   <si>
-    <t>27,654</t>
-[...1 lines deleted...]
-  <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
+    <t>3,793</t>
+  </si>
+  <si>
     <t>2,815</t>
   </si>
   <si>
     <t>101,719</t>
   </si>
   <si>
-    <t>4,024</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>250,995</t>
+  </si>
+  <si>
     <t>543,579</t>
   </si>
   <si>
     <t>1,283,621</t>
   </si>
   <si>
-    <t>395,447</t>
-[...1 lines deleted...]
-  <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
+    <t>364,608</t>
+  </si>
+  <si>
     <t>3,454</t>
   </si>
   <si>
-    <t>17,193</t>
-[...1 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>4,503,333</t>
+  </si>
+  <si>
     <t>3,632,548</t>
   </si>
   <si>
     <t>5,161,567</t>
   </si>
   <si>
-    <t>4,171,315</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>1,414,721</t>
+  </si>
+  <si>
     <t>5,895,278</t>
   </si>
   <si>
     <t>1,907,505</t>
   </si>
   <si>
-    <t>1,201,811</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>73,884,193</t>
+  </si>
+  <si>
     <t>74,408,719</t>
   </si>
   <si>
     <t>57,121,340</t>
   </si>
   <si>
-    <t>47,840,149</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>3,500</t>
+  </si>
+  <si>
     <t>127,673</t>
   </si>
   <si>
     <t>21,986</t>
   </si>
   <si>
-    <t>1,089,106</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>10,830,958</t>
+  </si>
+  <si>
     <t>1,739,737</t>
   </si>
   <si>
     <t>6,760,826</t>
   </si>
   <si>
-    <t>2,945,558</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>16,962,178</t>
+  </si>
+  <si>
     <t>16,392,053</t>
   </si>
   <si>
     <t>18,804,523</t>
   </si>
   <si>
-    <t>26,269,505</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>4,086,878</t>
+  </si>
+  <si>
     <t>5,896,463</t>
   </si>
   <si>
     <t>3,333,528</t>
   </si>
   <si>
-    <t>3,132,224</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>6,518,208</t>
+  </si>
+  <si>
     <t>7,596,312</t>
   </si>
   <si>
     <t>12,070,723</t>
   </si>
   <si>
-    <t>5,829,121</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>47,654,584</t>
+  </si>
+  <si>
     <t>47,577,487</t>
   </si>
   <si>
     <t>71,291,149</t>
   </si>
   <si>
-    <t>68,820,663</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>2,616,041</t>
+  </si>
+  <si>
     <t>3,214,478</t>
   </si>
   <si>
     <t>7,776,691</t>
   </si>
   <si>
-    <t>3,277,526</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>1,546,487</t>
+  </si>
+  <si>
     <t>2,798,301</t>
   </si>
   <si>
     <t>2,569,451</t>
   </si>
   <si>
-    <t>1,936,850</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>2,586,911</t>
+  </si>
+  <si>
     <t>2,398,878</t>
   </si>
   <si>
     <t>3,131,377</t>
   </si>
   <si>
-    <t>4,157,699</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
+    <t>500</t>
+  </si>
+  <si>
     <t>50,027</t>
   </si>
   <si>
-    <t>500</t>
-[...1 lines deleted...]
-  <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>62,414</t>
+  </si>
+  <si>
     <t>153,355</t>
   </si>
   <si>
     <t>128,238</t>
   </si>
   <si>
-    <t>260,885</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>17,561,769</t>
+  </si>
+  <si>
     <t>14,407,162</t>
   </si>
   <si>
     <t>27,618,646</t>
   </si>
   <si>
-    <t>10,774,115</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>5,906,340</t>
+  </si>
+  <si>
     <t>5,293,025</t>
   </si>
   <si>
     <t>6,929,103</t>
   </si>
   <si>
-    <t>6,060,192</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>74,186,601</t>
+  </si>
+  <si>
     <t>28,702,344</t>
   </si>
   <si>
     <t>58,857,071</t>
   </si>
   <si>
-    <t>50,009,585</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>602,253,399</t>
+  </si>
+  <si>
     <t>996,734,669</t>
   </si>
   <si>
     <t>856,416,610</t>
   </si>
   <si>
-    <t>386,663,002</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>22,573,439</t>
+  </si>
+  <si>
     <t>31,289,663</t>
   </si>
   <si>
     <t>21,588,916</t>
   </si>
   <si>
-    <t>32,148,073</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>175,414,856</t>
+  </si>
+  <si>
     <t>138,916,664</t>
   </si>
   <si>
     <t>170,223,426</t>
   </si>
   <si>
-    <t>142,222,107</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>655,156</t>
+  </si>
+  <si>
     <t>2,561,677</t>
   </si>
   <si>
     <t>2,153,377</t>
   </si>
   <si>
-    <t>9,390,484</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
+    <t>29,330,891</t>
+  </si>
+  <si>
     <t>19,003,963</t>
   </si>
   <si>
     <t>26,333,802</t>
   </si>
   <si>
-    <t>1,004,295</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>35,847,397</t>
+  </si>
+  <si>
     <t>35,503,578</t>
   </si>
   <si>
     <t>50,179,587</t>
   </si>
   <si>
-    <t>69,417,835</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
+    <t>60,495</t>
+  </si>
+  <si>
     <t>214,174</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
+    <t>14,882</t>
+  </si>
+  <si>
     <t>388,868</t>
   </si>
   <si>
-    <t>2,334</t>
-[...1 lines deleted...]
-  <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
+    <t>897,351</t>
+  </si>
+  <si>
     <t>950</t>
   </si>
   <si>
     <t>1,702,417</t>
   </si>
   <si>
-    <t>88,823</t>
-[...1 lines deleted...]
-  <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>4,711,135</t>
+  </si>
+  <si>
     <t>2,524,191</t>
   </si>
   <si>
     <t>2,543,234</t>
   </si>
   <si>
-    <t>2,698,657</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>18,066,142</t>
+  </si>
+  <si>
     <t>22,954,413</t>
   </si>
   <si>
     <t>14,418,994</t>
   </si>
   <si>
-    <t>16,356,356</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>19,378,964</t>
+  </si>
+  <si>
     <t>17,024,495</t>
   </si>
   <si>
     <t>37,251,093</t>
   </si>
   <si>
-    <t>20,760,163</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>560,531,388</t>
+  </si>
+  <si>
     <t>1,334,491,814</t>
   </si>
   <si>
     <t>928,413,831</t>
   </si>
   <si>
-    <t>1,096,191,315</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>928,720,707</t>
+  </si>
+  <si>
     <t>517,303,021</t>
   </si>
   <si>
     <t>605,630,718</t>
   </si>
   <si>
-    <t>546,208,062</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
+    <t>6,320,436</t>
+  </si>
+  <si>
     <t>313,489</t>
   </si>
   <si>
-    <t>15,289</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>50,138,566</t>
+  </si>
+  <si>
     <t>32,411,523</t>
   </si>
   <si>
     <t>45,881,190</t>
   </si>
   <si>
-    <t>37,067,309</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>370,049,774</t>
+  </si>
+  <si>
     <t>3,169,552,765</t>
   </si>
   <si>
     <t>1,802,970,348</t>
   </si>
   <si>
-    <t>128,499,842</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
+    <t>33,850,853</t>
+  </si>
+  <si>
     <t>45,450,826</t>
   </si>
   <si>
     <t>6,853,924</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>220,343,875</t>
+  </si>
+  <si>
     <t>238,870,902</t>
   </si>
   <si>
     <t>607,863,370</t>
   </si>
   <si>
-    <t>259,827,564</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>27,004,045</t>
+  </si>
+  <si>
     <t>6,283,250</t>
   </si>
   <si>
     <t>20,359,988</t>
   </si>
   <si>
-    <t>10,937,782</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>163,377</t>
+  </si>
+  <si>
     <t>47,000</t>
   </si>
   <si>
     <t>1,642,418</t>
   </si>
   <si>
-    <t>193,179</t>
-[...1 lines deleted...]
-  <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
     <t>12,118,245</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>41,775,172</t>
+  </si>
+  <si>
     <t>26,914,007</t>
   </si>
   <si>
     <t>24,321,470</t>
   </si>
   <si>
-    <t>23,908,832</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>6,322,745</t>
+  </si>
+  <si>
     <t>2,458,724</t>
   </si>
   <si>
     <t>2,162,308</t>
   </si>
   <si>
-    <t>2,880,061</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>14,248,031</t>
+  </si>
+  <si>
     <t>12,697,297</t>
   </si>
   <si>
     <t>10,248,224</t>
   </si>
   <si>
-    <t>8,087,020</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>2,340,902</t>
+  </si>
+  <si>
     <t>435,276</t>
   </si>
   <si>
     <t>1,695,031</t>
-  </si>
-[...1 lines deleted...]
-    <t>618,078</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1743,54 +1743,54 @@
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>56</v>
       </c>
       <c r="B15" t="s">
         <v>57</v>
       </c>
       <c r="C15" t="s">
         <v>58</v>
       </c>
       <c r="D15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>60</v>
       </c>
       <c r="B16" t="s">
         <v>61</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>63</v>
       </c>
       <c r="B17" t="s">
         <v>64</v>
       </c>
       <c r="C17" t="s">
         <v>65</v>
       </c>
       <c r="D17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>67</v>
       </c>
       <c r="B18" t="s">
         <v>68</v>
       </c>
       <c r="C18" t="s">
         <v>69</v>
@@ -1894,57 +1894,57 @@
         <v>97</v>
       </c>
       <c r="D25" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>99</v>
       </c>
       <c r="B26" t="s">
         <v>100</v>
       </c>
       <c r="C26" t="s">
         <v>101</v>
       </c>
       <c r="D26" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>103</v>
       </c>
       <c r="B27" t="s">
+        <v>46</v>
+      </c>
+      <c r="C27" t="s">
         <v>104</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>106</v>
       </c>
       <c r="B28" t="s">
         <v>107</v>
       </c>
       <c r="C28" t="s">
         <v>108</v>
       </c>
       <c r="D28" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>110</v>
       </c>
       <c r="B29" t="s">
         <v>111</v>
       </c>
       <c r="C29" t="s">
         <v>112</v>
@@ -1964,54 +1964,54 @@
         <v>116</v>
       </c>
       <c r="D30" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>118</v>
       </c>
       <c r="B31" t="s">
         <v>119</v>
       </c>
       <c r="C31" t="s">
         <v>120</v>
       </c>
       <c r="D31" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>122</v>
       </c>
       <c r="B32" t="s">
-        <v>45</v>
+        <v>123</v>
       </c>
       <c r="C32" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="D32" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>125</v>
       </c>
       <c r="B33" t="s">
         <v>126</v>
       </c>
       <c r="C33" t="s">
         <v>127</v>
       </c>
       <c r="D33" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>129</v>
       </c>
       <c r="B34" t="s">
         <v>130</v>
@@ -2048,827 +2048,827 @@
         <v>139</v>
       </c>
       <c r="D36" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>141</v>
       </c>
       <c r="B37" t="s">
         <v>142</v>
       </c>
       <c r="C37" t="s">
         <v>143</v>
       </c>
       <c r="D37" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>145</v>
       </c>
       <c r="B38" t="s">
+        <v>46</v>
+      </c>
+      <c r="C38" t="s">
         <v>146</v>
       </c>
-      <c r="C38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" t="s">
-        <v>147</v>
+        <v>46</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>147</v>
+      </c>
+      <c r="B39" t="s">
         <v>148</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>149</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>151</v>
+      </c>
+      <c r="B40" t="s">
         <v>152</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>153</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>155</v>
+      </c>
+      <c r="B41" t="s">
         <v>156</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>157</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>159</v>
+      </c>
+      <c r="B42" t="s">
         <v>160</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>161</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>163</v>
+      </c>
+      <c r="B43" t="s">
         <v>164</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>165</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>167</v>
+      </c>
+      <c r="B44" t="s">
         <v>168</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>169</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>171</v>
+      </c>
+      <c r="B45" t="s">
         <v>172</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>173</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>175</v>
+      </c>
+      <c r="B46" t="s">
+        <v>46</v>
+      </c>
+      <c r="C46" t="s">
         <v>176</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>178</v>
+      </c>
+      <c r="B47" t="s">
+        <v>179</v>
+      </c>
+      <c r="C47" t="s">
         <v>180</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>182</v>
+      </c>
+      <c r="B48" t="s">
+        <v>183</v>
+      </c>
+      <c r="C48" t="s">
         <v>184</v>
       </c>
-      <c r="B48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>186</v>
+        <v>46</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>185</v>
+      </c>
+      <c r="B49" t="s">
+        <v>186</v>
+      </c>
+      <c r="C49" t="s">
         <v>187</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>189</v>
+      </c>
+      <c r="B50" t="s">
+        <v>190</v>
+      </c>
+      <c r="C50" t="s">
         <v>191</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>193</v>
+      </c>
+      <c r="B51" t="s">
+        <v>194</v>
+      </c>
+      <c r="C51" t="s">
         <v>195</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>197</v>
+      </c>
+      <c r="B52" t="s">
+        <v>198</v>
+      </c>
+      <c r="C52" t="s">
         <v>199</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>201</v>
+      </c>
+      <c r="B53" t="s">
+        <v>202</v>
+      </c>
+      <c r="C53" t="s">
         <v>203</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>205</v>
+      </c>
+      <c r="B54" t="s">
+        <v>206</v>
+      </c>
+      <c r="C54" t="s">
+        <v>46</v>
+      </c>
+      <c r="D54" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>208</v>
+      </c>
+      <c r="B55" t="s">
+        <v>209</v>
+      </c>
+      <c r="C55" t="s">
         <v>210</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>212</v>
+      </c>
+      <c r="B56" t="s">
+        <v>213</v>
+      </c>
+      <c r="C56" t="s">
         <v>214</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>216</v>
+      </c>
+      <c r="B57" t="s">
+        <v>217</v>
+      </c>
+      <c r="C57" t="s">
         <v>218</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>220</v>
+      </c>
+      <c r="B58" t="s">
+        <v>221</v>
+      </c>
+      <c r="C58" t="s">
         <v>222</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>224</v>
+      </c>
+      <c r="B59" t="s">
+        <v>225</v>
+      </c>
+      <c r="C59" t="s">
         <v>226</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>228</v>
+      </c>
+      <c r="B60" t="s">
+        <v>229</v>
+      </c>
+      <c r="C60" t="s">
         <v>230</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>232</v>
+      </c>
+      <c r="B61" t="s">
+        <v>233</v>
+      </c>
+      <c r="C61" t="s">
         <v>234</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
         <v>235</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>236</v>
+      </c>
+      <c r="B62" t="s">
+        <v>237</v>
+      </c>
+      <c r="C62" t="s">
         <v>238</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>240</v>
+      </c>
+      <c r="B63" t="s">
+        <v>241</v>
+      </c>
+      <c r="C63" t="s">
         <v>242</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>244</v>
+      </c>
+      <c r="B64" t="s">
+        <v>245</v>
+      </c>
+      <c r="C64" t="s">
         <v>246</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>248</v>
+      </c>
+      <c r="B65" t="s">
+        <v>249</v>
+      </c>
+      <c r="C65" t="s">
         <v>250</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>252</v>
+      </c>
+      <c r="B66" t="s">
+        <v>253</v>
+      </c>
+      <c r="C66" t="s">
         <v>254</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>256</v>
+      </c>
+      <c r="B67" t="s">
+        <v>257</v>
+      </c>
+      <c r="C67" t="s">
+        <v>46</v>
+      </c>
+      <c r="D67" t="s">
         <v>258</v>
-      </c>
-[...7 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>259</v>
+      </c>
+      <c r="B68" t="s">
+        <v>260</v>
+      </c>
+      <c r="C68" t="s">
         <v>261</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>263</v>
+      </c>
+      <c r="B69" t="s">
+        <v>264</v>
+      </c>
+      <c r="C69" t="s">
         <v>265</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>267</v>
+      </c>
+      <c r="B70" t="s">
+        <v>268</v>
+      </c>
+      <c r="C70" t="s">
         <v>269</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>271</v>
+      </c>
+      <c r="B71" t="s">
+        <v>272</v>
+      </c>
+      <c r="C71" t="s">
         <v>273</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>275</v>
+      </c>
+      <c r="B72" t="s">
+        <v>276</v>
+      </c>
+      <c r="C72" t="s">
         <v>277</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>279</v>
+      </c>
+      <c r="B73" t="s">
+        <v>280</v>
+      </c>
+      <c r="C73" t="s">
         <v>281</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>283</v>
+      </c>
+      <c r="B74" t="s">
+        <v>284</v>
+      </c>
+      <c r="C74" t="s">
         <v>285</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>287</v>
+      </c>
+      <c r="B75" t="s">
+        <v>288</v>
+      </c>
+      <c r="C75" t="s">
         <v>289</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>291</v>
+      </c>
+      <c r="B76" t="s">
+        <v>292</v>
+      </c>
+      <c r="C76" t="s">
         <v>293</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>295</v>
+      </c>
+      <c r="B77" t="s">
+        <v>296</v>
+      </c>
+      <c r="C77" t="s">
         <v>297</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>299</v>
+      </c>
+      <c r="B78" t="s">
+        <v>300</v>
+      </c>
+      <c r="C78" t="s">
+        <v>46</v>
+      </c>
+      <c r="D78" t="s">
         <v>301</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>302</v>
+      </c>
+      <c r="B79" t="s">
         <v>303</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" t="s">
+        <v>46</v>
+      </c>
+      <c r="D79" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>305</v>
+      </c>
+      <c r="B80" t="s">
         <v>306</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>307</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>309</v>
+      </c>
+      <c r="B81" t="s">
         <v>310</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>311</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>313</v>
+      </c>
+      <c r="B82" t="s">
         <v>314</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>315</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>317</v>
+      </c>
+      <c r="B83" t="s">
         <v>318</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>319</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>321</v>
+      </c>
+      <c r="B84" t="s">
         <v>322</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>323</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>325</v>
+      </c>
+      <c r="B85" t="s">
         <v>326</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>327</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>329</v>
+      </c>
+      <c r="B86" t="s">
         <v>330</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" t="s">
+        <v>46</v>
+      </c>
+      <c r="D86" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>332</v>
+      </c>
+      <c r="B87" t="s">
         <v>333</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
         <v>334</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>336</v>
+      </c>
+      <c r="B88" t="s">
         <v>337</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>338</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>340</v>
+      </c>
+      <c r="B89" t="s">
         <v>341</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>342</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>344</v>
       </c>
       <c r="B90" t="s">
         <v>345</v>
       </c>
       <c r="C90" t="s">
         <v>346</v>
       </c>
       <c r="D90" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>348</v>
       </c>
       <c r="B91" t="s">
         <v>349</v>
       </c>
       <c r="C91" t="s">
         <v>350</v>
       </c>
       <c r="D91" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>352</v>
       </c>
       <c r="B92" t="s">
         <v>353</v>
       </c>
       <c r="C92" t="s">
         <v>354</v>
       </c>
       <c r="D92" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>356</v>
       </c>
       <c r="B93" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C93" t="s">
+        <v>46</v>
+      </c>
+      <c r="D93" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>358</v>
       </c>
       <c r="B94" t="s">
         <v>359</v>
       </c>
       <c r="C94" t="s">
         <v>360</v>
       </c>
       <c r="D94" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>362</v>
       </c>
       <c r="B95" t="s">
         <v>363</v>
       </c>
       <c r="C95" t="s">
         <v>364</v>