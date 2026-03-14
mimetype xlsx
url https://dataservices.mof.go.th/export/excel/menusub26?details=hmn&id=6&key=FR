--- v1 (2025-12-07)
+++ v2 (2026-03-14)
@@ -12,1172 +12,1190 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="374">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="380">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>6,822,666,155</t>
-[...5 lines deleted...]
-    <t>8,938,162,892</t>
+    <t>7,152,527,330</t>
+  </si>
+  <si>
+    <t>8,191,512,309</t>
+  </si>
+  <si>
+    <t>7,492,990,244</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>12,978,073</t>
-[...5 lines deleted...]
-    <t>3,498,917</t>
+    <t>4,460,913</t>
+  </si>
+  <si>
+    <t>8,301,652</t>
+  </si>
+  <si>
+    <t>24,119,094</t>
   </si>
   <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
-    <t>746,953</t>
-[...5 lines deleted...]
-    <t>546,602</t>
+    <t>414,627</t>
+  </si>
+  <si>
+    <t>147,806</t>
+  </si>
+  <si>
+    <t>49,532</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>18,257,894</t>
-[...5 lines deleted...]
-    <t>27,539,312</t>
+    <t>22,833,384</t>
+  </si>
+  <si>
+    <t>57,233,459</t>
+  </si>
+  <si>
+    <t>107,299,530</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>145,753,039</t>
-[...5 lines deleted...]
-    <t>115,613,787</t>
+    <t>149,885,888</t>
+  </si>
+  <si>
+    <t>115,445,883</t>
+  </si>
+  <si>
+    <t>99,434,992</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>5,126,324</t>
-[...5 lines deleted...]
-    <t>4,488,258</t>
+    <t>2,328,838</t>
+  </si>
+  <si>
+    <t>5,598,698</t>
+  </si>
+  <si>
+    <t>9,064,769</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>514</t>
-[...5 lines deleted...]
-    <t>532</t>
+    <t>3,521</t>
+  </si>
+  <si>
+    <t>1,959</t>
+  </si>
+  <si>
+    <t>9,593</t>
   </si>
   <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>631,747</t>
-[...5 lines deleted...]
-    <t>490,213</t>
+    <t>6,279,335</t>
+  </si>
+  <si>
+    <t>1,535,890</t>
+  </si>
+  <si>
+    <t>104,947</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>20,123</t>
-[...5 lines deleted...]
-    <t>541,715</t>
+    <t>71,258,806</t>
+  </si>
+  <si>
+    <t>64,057,351</t>
+  </si>
+  <si>
+    <t>11,996,362</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>1,016,811</t>
-[...5 lines deleted...]
-    <t>790,322</t>
+    <t>3,702,747</t>
+  </si>
+  <si>
+    <t>996,679</t>
+  </si>
+  <si>
+    <t>2,040,545</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>519</t>
+    <t>622</t>
+  </si>
+  <si>
+    <t>957,565,789</t>
+  </si>
+  <si>
+    <t>173,869,086</t>
+  </si>
+  <si>
+    <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
+  </si>
+  <si>
+    <t>17,043,445</t>
+  </si>
+  <si>
+    <t>19,715,502</t>
+  </si>
+  <si>
+    <t>18,779,846</t>
+  </si>
+  <si>
+    <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
+  </si>
+  <si>
+    <t>1,975,737</t>
+  </si>
+  <si>
+    <t>4,983,055</t>
+  </si>
+  <si>
+    <t>163,807</t>
+  </si>
+  <si>
+    <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
+  </si>
+  <si>
+    <t>23,303,213</t>
+  </si>
+  <si>
+    <t>27,368,974</t>
+  </si>
+  <si>
+    <t>14,847,645</t>
+  </si>
+  <si>
+    <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
+  </si>
+  <si>
+    <t>229,754</t>
+  </si>
+  <si>
+    <t>446,713</t>
+  </si>
+  <si>
+    <t>354,856</t>
+  </si>
+  <si>
+    <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
+  </si>
+  <si>
+    <t>2,149,862</t>
+  </si>
+  <si>
+    <t>3,489,479</t>
+  </si>
+  <si>
+    <t>3,445,369</t>
+  </si>
+  <si>
+    <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
+  </si>
+  <si>
+    <t>1,121,577</t>
+  </si>
+  <si>
+    <t>3,465,197</t>
+  </si>
+  <si>
+    <t>2,263,472</t>
+  </si>
+  <si>
+    <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
+  </si>
+  <si>
+    <t>5,489,747</t>
+  </si>
+  <si>
+    <t>9,304,983</t>
+  </si>
+  <si>
+    <t>6,169,081</t>
+  </si>
+  <si>
+    <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
+  </si>
+  <si>
+    <t>16,926,662</t>
+  </si>
+  <si>
+    <t>31,947,420</t>
+  </si>
+  <si>
+    <t>18,682,086</t>
+  </si>
+  <si>
+    <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
+  </si>
+  <si>
+    <t>16,190,376</t>
+  </si>
+  <si>
+    <t>5,391,683</t>
+  </si>
+  <si>
+    <t>28,830,632</t>
+  </si>
+  <si>
+    <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
+  </si>
+  <si>
+    <t>13,254,976</t>
+  </si>
+  <si>
+    <t>6,747,918</t>
+  </si>
+  <si>
+    <t>4,873,971</t>
+  </si>
+  <si>
+    <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>96,257,196</t>
+  </si>
+  <si>
+    <t>60,046,108</t>
+  </si>
+  <si>
+    <t>48,633,808</t>
+  </si>
+  <si>
+    <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
+  </si>
+  <si>
+    <t>275,856,516</t>
+  </si>
+  <si>
+    <t>397,219,587</t>
+  </si>
+  <si>
+    <t>272,492,319</t>
+  </si>
+  <si>
+    <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
+  </si>
+  <si>
+    <t>212,930,223</t>
+  </si>
+  <si>
+    <t>188,794,128</t>
+  </si>
+  <si>
+    <t>122,000,510</t>
+  </si>
+  <si>
+    <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>1,034</t>
-[...152 lines deleted...]
-    <t>176,863,998</t>
+    <t>1,706</t>
+  </si>
+  <si>
+    <t>1,526</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>2,186,699</t>
-[...5 lines deleted...]
-    <t>3,285,089</t>
+    <t>5,009,275</t>
+  </si>
+  <si>
+    <t>4,522,552</t>
+  </si>
+  <si>
+    <t>3,483,553</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>1,727,490</t>
-[...2 lines deleted...]
-    <t>1,331,721</t>
+    <t>2,203,322</t>
+  </si>
+  <si>
+    <t>6,239,608</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>29,742,609</t>
-[...5 lines deleted...]
-    <t>38,646,579</t>
+    <t>30,347,966</t>
+  </si>
+  <si>
+    <t>29,908,712</t>
+  </si>
+  <si>
+    <t>11,000,792</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>26,295,524</t>
-[...5 lines deleted...]
-    <t>15,949,705</t>
+    <t>19,361,878</t>
+  </si>
+  <si>
+    <t>16,317,448</t>
+  </si>
+  <si>
+    <t>17,314,054</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>59,315,372</t>
-[...5 lines deleted...]
-    <t>89,757,184</t>
+    <t>54,271,294</t>
+  </si>
+  <si>
+    <t>44,261,230</t>
+  </si>
+  <si>
+    <t>50,983,300</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>618,353,711</t>
-[...5 lines deleted...]
-    <t>625,490,101</t>
+    <t>509,569,336</t>
+  </si>
+  <si>
+    <t>584,169,989</t>
+  </si>
+  <si>
+    <t>465,985,983</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>1,733,567</t>
-[...2 lines deleted...]
-    <t>6,191,334</t>
+    <t>6,032,139</t>
+  </si>
+  <si>
+    <t>7,925,887</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>43,084,299</t>
-[...5 lines deleted...]
-    <t>49,569,588</t>
+    <t>46,026,264</t>
+  </si>
+  <si>
+    <t>48,033,333</t>
+  </si>
+  <si>
+    <t>42,029,633</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>705,257,212</t>
-[...5 lines deleted...]
-    <t>593,154,127</t>
+    <t>618,820,973</t>
+  </si>
+  <si>
+    <t>781,002,373</t>
+  </si>
+  <si>
+    <t>479,294,977</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>48,832,518</t>
-[...5 lines deleted...]
-    <t>44,324,179</t>
+    <t>33,691,370</t>
+  </si>
+  <si>
+    <t>50,928,556</t>
+  </si>
+  <si>
+    <t>54,786,058</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>22,849,767</t>
-[...5 lines deleted...]
-    <t>21,248,578</t>
+    <t>11,845,877</t>
+  </si>
+  <si>
+    <t>31,542,010</t>
+  </si>
+  <si>
+    <t>24,369,253</t>
   </si>
   <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
-    <t>13,023,062</t>
-[...5 lines deleted...]
-    <t>16,047,719</t>
+    <t>16,513,041</t>
+  </si>
+  <si>
+    <t>22,883,641</t>
+  </si>
+  <si>
+    <t>9,323,534</t>
   </si>
   <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
-    <t>152,443</t>
+    <t>23,848</t>
+  </si>
+  <si>
+    <t>100,023</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>128,671,357</t>
-[...5 lines deleted...]
-    <t>154,283,974</t>
+    <t>130,396,260</t>
+  </si>
+  <si>
+    <t>193,729,289</t>
+  </si>
+  <si>
+    <t>80,836,720</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>186,533,433</t>
-[...5 lines deleted...]
-    <t>205,250,665</t>
+    <t>201,620,130</t>
+  </si>
+  <si>
+    <t>192,684,604</t>
+  </si>
+  <si>
+    <t>131,805,287</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>141,445,354</t>
-[...5 lines deleted...]
-    <t>111,824,065</t>
+    <t>147,536,838</t>
+  </si>
+  <si>
+    <t>129,910,124</t>
+  </si>
+  <si>
+    <t>85,400,642</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>792,109</t>
-[...5 lines deleted...]
-    <t>2,602,177</t>
+    <t>667,008</t>
+  </si>
+  <si>
+    <t>3,738,769</t>
+  </si>
+  <si>
+    <t>142,031</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>333,136,744</t>
-[...5 lines deleted...]
-    <t>526,449,537</t>
+    <t>426,993,269</t>
+  </si>
+  <si>
+    <t>572,925,974</t>
+  </si>
+  <si>
+    <t>364,125,427</t>
   </si>
   <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
-    <t>38,397</t>
-[...5 lines deleted...]
-    <t>905,990</t>
+    <t>1,515,029</t>
+  </si>
+  <si>
+    <t>1,623,342</t>
+  </si>
+  <si>
+    <t>1,068,892</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>8,102,348</t>
-[...5 lines deleted...]
-    <t>2,343,057</t>
+    <t>11,990,557</t>
+  </si>
+  <si>
+    <t>13,943,748</t>
+  </si>
+  <si>
+    <t>10,258,988</t>
   </si>
   <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
-    <t>25,621</t>
-[...2 lines deleted...]
-    <t>2,604</t>
+    <t>2,266</t>
+  </si>
+  <si>
+    <t>54,447</t>
+  </si>
+  <si>
+    <t>154,794</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>354,212</t>
-[...5 lines deleted...]
-    <t>1,399,432</t>
+    <t>2,216,387</t>
+  </si>
+  <si>
+    <t>1,281,315</t>
+  </si>
+  <si>
+    <t>9,392</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>13,876,333</t>
-[...2 lines deleted...]
-    <t>22,625,980</t>
+    <t>25,555,361</t>
+  </si>
+  <si>
+    <t>27,417,211</t>
+  </si>
+  <si>
+    <t>34,373,974</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>46,504,595</t>
-[...5 lines deleted...]
-    <t>37,442,957</t>
+    <t>57,343,930</t>
+  </si>
+  <si>
+    <t>32,250,596</t>
+  </si>
+  <si>
+    <t>24,544,201</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>8,003,344</t>
-[...5 lines deleted...]
-    <t>9,520,660</t>
+    <t>5,466,446</t>
+  </si>
+  <si>
+    <t>4,484,805</t>
+  </si>
+  <si>
+    <t>7,024,851</t>
   </si>
   <si>
     <t>50 ไหม</t>
   </si>
   <si>
-    <t>100,314</t>
-[...5 lines deleted...]
-    <t>183,817</t>
+    <t>338,767</t>
+  </si>
+  <si>
+    <t>7,274</t>
+  </si>
+  <si>
+    <t>4,525</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>3,793</t>
-[...5 lines deleted...]
-    <t>101,719</t>
+    <t>16,844</t>
+  </si>
+  <si>
+    <t>3,142</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>250,995</t>
-[...5 lines deleted...]
-    <t>1,283,621</t>
+    <t>54,665</t>
+  </si>
+  <si>
+    <t>975,259</t>
+  </si>
+  <si>
+    <t>453,199</t>
   </si>
   <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
-    <t>364,608</t>
-[...2 lines deleted...]
-    <t>3,454</t>
+    <t>52,218</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>4,503,333</t>
-[...5 lines deleted...]
-    <t>5,161,567</t>
+    <t>1,944,421</t>
+  </si>
+  <si>
+    <t>3,485,085</t>
+  </si>
+  <si>
+    <t>5,594,982</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>1,414,721</t>
-[...5 lines deleted...]
-    <t>1,907,505</t>
+    <t>1,784,936</t>
+  </si>
+  <si>
+    <t>1,217,105</t>
+  </si>
+  <si>
+    <t>11,532,239</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>73,884,193</t>
-[...5 lines deleted...]
-    <t>57,121,340</t>
+    <t>61,161,167</t>
+  </si>
+  <si>
+    <t>91,446,465</t>
+  </si>
+  <si>
+    <t>45,788,703</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>3,500</t>
-[...5 lines deleted...]
-    <t>21,986</t>
+    <t>153,156</t>
+  </si>
+  <si>
+    <t>177,323</t>
+  </si>
+  <si>
+    <t>36,892</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>10,830,958</t>
-[...5 lines deleted...]
-    <t>6,760,826</t>
+    <t>1,255,674</t>
+  </si>
+  <si>
+    <t>6,150,403</t>
+  </si>
+  <si>
+    <t>4,801,628</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>16,962,178</t>
-[...5 lines deleted...]
-    <t>18,804,523</t>
+    <t>14,251,833</t>
+  </si>
+  <si>
+    <t>15,060,203</t>
+  </si>
+  <si>
+    <t>13,836,201</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>4,086,878</t>
-[...5 lines deleted...]
-    <t>3,333,528</t>
+    <t>691,900</t>
+  </si>
+  <si>
+    <t>1,081,870</t>
+  </si>
+  <si>
+    <t>976,029</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>6,518,208</t>
-[...5 lines deleted...]
-    <t>12,070,723</t>
+    <t>11,328,162</t>
+  </si>
+  <si>
+    <t>12,912,934</t>
+  </si>
+  <si>
+    <t>7,474,184</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>47,654,584</t>
-[...5 lines deleted...]
-    <t>71,291,149</t>
+    <t>58,392,359</t>
+  </si>
+  <si>
+    <t>76,451,984</t>
+  </si>
+  <si>
+    <t>63,852,375</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>2,616,041</t>
-[...5 lines deleted...]
-    <t>7,776,691</t>
+    <t>1,583,882</t>
+  </si>
+  <si>
+    <t>5,903,848</t>
+  </si>
+  <si>
+    <t>4,460,756</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>1,546,487</t>
-[...5 lines deleted...]
-    <t>2,569,451</t>
+    <t>1,528,945</t>
+  </si>
+  <si>
+    <t>2,814,800</t>
+  </si>
+  <si>
+    <t>1,308,117</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,586,911</t>
-[...5 lines deleted...]
-    <t>3,131,377</t>
+    <t>2,493,326</t>
+  </si>
+  <si>
+    <t>3,546,202</t>
+  </si>
+  <si>
+    <t>2,214,469</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>500</t>
-[...2 lines deleted...]
-    <t>50,027</t>
+    <t>56,092</t>
+  </si>
+  <si>
+    <t>21,209</t>
+  </si>
+  <si>
+    <t>11,246</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>62,414</t>
-[...5 lines deleted...]
-    <t>128,238</t>
+    <t>45,797</t>
+  </si>
+  <si>
+    <t>211,378</t>
+  </si>
+  <si>
+    <t>69,552</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>17,561,769</t>
-[...5 lines deleted...]
-    <t>27,618,646</t>
+    <t>18,739,768</t>
+  </si>
+  <si>
+    <t>26,941,628</t>
+  </si>
+  <si>
+    <t>9,795,170</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>5,906,340</t>
-[...5 lines deleted...]
-    <t>6,929,103</t>
+    <t>3,454,823</t>
+  </si>
+  <si>
+    <t>7,874,113</t>
+  </si>
+  <si>
+    <t>5,411,375</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>74,186,601</t>
-[...5 lines deleted...]
-    <t>58,857,071</t>
+    <t>60,399,003</t>
+  </si>
+  <si>
+    <t>49,646,691</t>
+  </si>
+  <si>
+    <t>27,519,347</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>602,253,399</t>
-[...5 lines deleted...]
-    <t>856,416,610</t>
+    <t>631,442,220</t>
+  </si>
+  <si>
+    <t>347,593,700</t>
+  </si>
+  <si>
+    <t>589,505,410</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>22,573,439</t>
-[...5 lines deleted...]
-    <t>21,588,916</t>
+    <t>30,012,481</t>
+  </si>
+  <si>
+    <t>21,578,280</t>
+  </si>
+  <si>
+    <t>10,861,541</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>175,414,856</t>
-[...5 lines deleted...]
-    <t>170,223,426</t>
+    <t>147,563,113</t>
+  </si>
+  <si>
+    <t>146,653,741</t>
+  </si>
+  <si>
+    <t>137,767,844</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>655,156</t>
-[...5 lines deleted...]
-    <t>2,153,377</t>
+    <t>2,762,343</t>
+  </si>
+  <si>
+    <t>6,855,236</t>
+  </si>
+  <si>
+    <t>2,354,743</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>29,330,891</t>
-[...5 lines deleted...]
-    <t>26,333,802</t>
+    <t>1,099,590</t>
+  </si>
+  <si>
+    <t>6,976,544</t>
+  </si>
+  <si>
+    <t>13,322,973</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>35,847,397</t>
-[...5 lines deleted...]
-    <t>50,179,587</t>
+    <t>49,070,021</t>
+  </si>
+  <si>
+    <t>94,618,995</t>
+  </si>
+  <si>
+    <t>34,073,572</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>60,495</t>
-[...2 lines deleted...]
-    <t>214,174</t>
+    <t>570,291</t>
+  </si>
+  <si>
+    <t>14,791</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>14,882</t>
-[...2 lines deleted...]
-    <t>388,868</t>
+    <t>3,969,537</t>
+  </si>
+  <si>
+    <t>2,622,613</t>
+  </si>
+  <si>
+    <t>356,616</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>897,351</t>
-[...5 lines deleted...]
-    <t>1,702,417</t>
+    <t>989,889</t>
+  </si>
+  <si>
+    <t>3,903</t>
+  </si>
+  <si>
+    <t>24</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>4,711,135</t>
-[...5 lines deleted...]
-    <t>2,543,234</t>
+    <t>7,894,867</t>
+  </si>
+  <si>
+    <t>8,956,931</t>
+  </si>
+  <si>
+    <t>6,803,270</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>18,066,142</t>
-[...5 lines deleted...]
-    <t>14,418,994</t>
+    <t>9,848,112</t>
+  </si>
+  <si>
+    <t>17,689,742</t>
+  </si>
+  <si>
+    <t>15,218,979</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>19,378,964</t>
-[...5 lines deleted...]
-    <t>37,251,093</t>
+    <t>9,574,483</t>
+  </si>
+  <si>
+    <t>19,695,294</t>
+  </si>
+  <si>
+    <t>14,803,552</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>560,531,388</t>
-[...5 lines deleted...]
-    <t>928,413,831</t>
+    <t>1,097,811,422</t>
+  </si>
+  <si>
+    <t>695,291,553</t>
+  </si>
+  <si>
+    <t>839,336,263</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>928,720,707</t>
-[...5 lines deleted...]
-    <t>605,630,718</t>
+    <t>891,244,248</t>
+  </si>
+  <si>
+    <t>896,087,262</t>
+  </si>
+  <si>
+    <t>736,478,445</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>6,320,436</t>
-[...2 lines deleted...]
-    <t>313,489</t>
+    <t>99,663</t>
+  </si>
+  <si>
+    <t>1,566,596</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>50,138,566</t>
-[...5 lines deleted...]
-    <t>45,881,190</t>
+    <t>70,786,159</t>
+  </si>
+  <si>
+    <t>87,197,971</t>
+  </si>
+  <si>
+    <t>79,756,110</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>370,049,774</t>
-[...5 lines deleted...]
-    <t>1,802,970,348</t>
+    <t>274,439,655</t>
+  </si>
+  <si>
+    <t>349,112,498</t>
+  </si>
+  <si>
+    <t>1,488,680,598</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>33,850,853</t>
-[...5 lines deleted...]
-    <t>6,853,924</t>
+    <t>4,051,219</t>
+  </si>
+  <si>
+    <t>18,007,468</t>
+  </si>
+  <si>
+    <t>26,455,417</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>220,343,875</t>
-[...5 lines deleted...]
-    <t>607,863,370</t>
+    <t>288,885,791</t>
+  </si>
+  <si>
+    <t>313,051,546</t>
+  </si>
+  <si>
+    <t>338,584,336</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>27,004,045</t>
-[...5 lines deleted...]
-    <t>20,359,988</t>
+    <t>51,774,077</t>
+  </si>
+  <si>
+    <t>13,680,404</t>
+  </si>
+  <si>
+    <t>11,214,959</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>163,377</t>
-[...11 lines deleted...]
-    <t>12,118,245</t>
+    <t>1,276,006</t>
+  </si>
+  <si>
+    <t>3,483,292</t>
+  </si>
+  <si>
+    <t>1,274,479</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>41,775,172</t>
-[...5 lines deleted...]
-    <t>24,321,470</t>
+    <t>19,070,586</t>
+  </si>
+  <si>
+    <t>38,479,130</t>
+  </si>
+  <si>
+    <t>57,128,665</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>6,322,745</t>
-[...5 lines deleted...]
-    <t>2,162,308</t>
+    <t>1,824,077</t>
+  </si>
+  <si>
+    <t>2,441,837</t>
+  </si>
+  <si>
+    <t>5,261,582</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>14,248,031</t>
-[...5 lines deleted...]
-    <t>10,248,224</t>
+    <t>7,828,214</t>
+  </si>
+  <si>
+    <t>10,639,108</t>
+  </si>
+  <si>
+    <t>10,164,679</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>2,340,902</t>
-[...5 lines deleted...]
-    <t>1,695,031</t>
+    <t>45,717</t>
+  </si>
+  <si>
+    <t>11,612,544</t>
+  </si>
+  <si>
+    <t>534,475</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1522,51 +1540,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D106"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A106" sqref="A106"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -1746,1185 +1764,1185 @@
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>56</v>
       </c>
       <c r="B15" t="s">
         <v>57</v>
       </c>
       <c r="C15" t="s">
         <v>58</v>
       </c>
       <c r="D15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>60</v>
       </c>
       <c r="B16" t="s">
         <v>61</v>
       </c>
       <c r="C16" t="s">
         <v>62</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C21" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D21" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D22" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D26" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B27" t="s">
-        <v>46</v>
+        <v>105</v>
       </c>
       <c r="C27" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D27" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D28" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B29" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B30" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C30" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D30" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B31" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D31" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B32" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C32" t="s">
-        <v>46</v>
+        <v>125</v>
       </c>
       <c r="D32" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B33" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C33" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D33" t="s">
-        <v>128</v>
+        <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B34" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C34" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D34" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B35" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C35" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D35" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B36" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C36" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D36" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B37" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C37" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D37" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B38" t="s">
-        <v>46</v>
+        <v>147</v>
       </c>
       <c r="C38" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D38" t="s">
-        <v>46</v>
+        <v>149</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B39" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C39" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D39" t="s">
-        <v>150</v>
+        <v>101</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B40" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C40" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D40" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B41" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C41" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D41" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B42" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C42" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D42" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B43" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C43" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D43" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B44" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C44" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D44" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B45" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C45" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D45" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B46" t="s">
-        <v>46</v>
+        <v>178</v>
       </c>
       <c r="C46" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D46" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B47" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C47" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D47" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B48" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C48" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D48" t="s">
-        <v>46</v>
+        <v>188</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B49" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C49" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D49" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B50" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C50" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D50" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B51" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C51" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D51" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B52" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C52" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D52" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B53" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C53" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D53" t="s">
-        <v>204</v>
+        <v>101</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B54" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C54" t="s">
-        <v>46</v>
+        <v>210</v>
       </c>
       <c r="D54" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B55" t="s">
-        <v>209</v>
+        <v>101</v>
       </c>
       <c r="C55" t="s">
-        <v>210</v>
+        <v>101</v>
       </c>
       <c r="D55" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B56" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C56" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D56" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B57" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C57" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D57" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B58" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C58" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D58" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B59" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C59" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D59" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B60" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C60" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D60" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B61" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C61" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D61" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B62" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C62" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D62" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B63" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C63" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D63" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B64" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C64" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D64" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B65" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C65" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D65" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B66" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C66" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D66" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B67" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C67" t="s">
-        <v>46</v>
+        <v>260</v>
       </c>
       <c r="D67" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B68" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C68" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D68" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B69" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C69" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D69" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B70" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C70" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D70" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B71" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C71" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D71" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B72" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C72" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D72" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B73" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C73" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D73" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B74" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C74" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D74" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B75" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C75" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="D75" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B76" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C76" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="D76" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B77" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C77" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D77" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B78" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C78" t="s">
-        <v>46</v>
+        <v>304</v>
       </c>
       <c r="D78" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B79" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C79" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="D79" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B80" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C80" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="D80" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B81" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C81" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="D81" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B82" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C82" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D82" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B83" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C83" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="D83" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B84" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C84" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D84" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B85" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C85" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D85" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B86" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C86" t="s">
-        <v>46</v>
+        <v>335</v>
       </c>
       <c r="D86" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="B87" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="C87" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="D87" t="s">
-        <v>335</v>
+        <v>101</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="B88" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C88" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D88" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B89" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C89" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D89" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B90" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="C90" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D90" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B91" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C91" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="D91" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B92" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="C92" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D92" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B93" t="s">
-        <v>46</v>
+        <v>361</v>
       </c>
       <c r="C93" t="s">
-        <v>46</v>
+        <v>362</v>
       </c>
       <c r="D93" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B94" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="C94" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="D94" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="B95" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="C95" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="D95" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="B96" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="C96" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="D96" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B97" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="C97" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="D97" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3"/>
       <c r="B105" s="3"/>
       <c r="C105" s="3"/>
       <c r="D105" s="3"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3"/>
       <c r="B106" s="3"/>