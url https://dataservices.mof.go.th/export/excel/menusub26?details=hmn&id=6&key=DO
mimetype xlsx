--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,269 +12,278 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>96,511,035</t>
+  </si>
+  <si>
     <t>93,174,005</t>
   </si>
   <si>
     <t>80,564,269</t>
   </si>
   <si>
-    <t>125,293,485</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>0</t>
+  </si>
+  <si>
     <t>96,355</t>
   </si>
   <si>
     <t>226,330</t>
   </si>
   <si>
-    <t>0</t>
-[...7 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>22,286,717</t>
+  </si>
+  <si>
     <t>33,368,263</t>
   </si>
   <si>
     <t>24,462,353</t>
   </si>
   <si>
-    <t>17,251,471</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>969,890</t>
+  </si>
+  <si>
     <t>522,695</t>
   </si>
   <si>
     <t>1,184,776</t>
   </si>
   <si>
-    <t>476,233</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>2,321</t>
+  </si>
+  <si>
     <t>41,626</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>22,566,441</t>
+  </si>
+  <si>
     <t>10,896,553</t>
   </si>
   <si>
     <t>13,656,560</t>
   </si>
   <si>
-    <t>16,878,996</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>58,130</t>
+    <t>9,877</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>48,131</t>
+  </si>
+  <si>
     <t>30,675</t>
   </si>
   <si>
     <t>46,068</t>
   </si>
   <si>
-    <t>14,976</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>526</t>
+  </si>
+  <si>
     <t>427</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>1,020</t>
-[...7 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
     <t>199,699</t>
   </si>
   <si>
-    <t>204,013</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>225,707</t>
+  </si>
+  <si>
     <t>47,886</t>
   </si>
   <si>
     <t>79,413</t>
   </si>
   <si>
-    <t>787,195</t>
+    <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
+  </si>
+  <si>
+    <t>38,066</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>377,344</t>
+  </si>
+  <si>
     <t>30,066</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>36,080</t>
+  </si>
+  <si>
     <t>247,713</t>
   </si>
   <si>
-    <t>256,982</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>950,019</t>
+  </si>
+  <si>
     <t>2,387,965</t>
   </si>
   <si>
     <t>4,042,550</t>
   </si>
   <si>
-    <t>53,005,061</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>189,773</t>
+  </si>
+  <si>
     <t>515,926</t>
   </si>
   <si>
+    <t>74 ทองแดงและชองทำด้วยทองแดง</t>
+  </si>
+  <si>
+    <t>5,794,741</t>
+  </si>
+  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>2,884,686</t>
+  </si>
+  <si>
     <t>3,153,567</t>
   </si>
   <si>
     <t>7,036,674</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>206,119</t>
+  </si>
+  <si>
     <t>11,711,601</t>
   </si>
   <si>
     <t>265,551</t>
   </si>
   <si>
-    <t>1,314,060</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>3,581,012</t>
+  </si>
+  <si>
     <t>1,432,516</t>
   </si>
   <si>
     <t>3,422,743</t>
   </si>
   <si>
-    <t>5,759,678</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>36,343,585</t>
+  </si>
+  <si>
     <t>28,490,472</t>
   </si>
   <si>
     <t>26,140,483</t>
-  </si>
-[...1 lines deleted...]
-    <t>27,283,062</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -619,359 +628,359 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A31" sqref="A31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D8" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D11" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C14" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D14" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B17" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C17" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D17" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B18" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B19" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C19" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B20" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C20" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D20" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B21" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C21" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C22" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3"/>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3"/>
       <c r="B31" s="3"/>