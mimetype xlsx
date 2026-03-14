--- v1 (2025-12-07)
+++ v2 (2026-03-14)
@@ -12,278 +12,338 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>96,511,035</t>
-[...5 lines deleted...]
-    <t>80,564,269</t>
+    <t>100,781,433</t>
+  </si>
+  <si>
+    <t>70,409,086</t>
+  </si>
+  <si>
+    <t>184,602,793</t>
+  </si>
+  <si>
+    <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>1,152</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>0</t>
-[...5 lines deleted...]
-    <t>226,330</t>
+    <t>16,590</t>
+  </si>
+  <si>
+    <t>4,271</t>
+  </si>
+  <si>
+    <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
+  </si>
+  <si>
+    <t>5,734,452</t>
+  </si>
+  <si>
+    <t>225,208</t>
+  </si>
+  <si>
+    <t>25,612</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>22,286,717</t>
-[...5 lines deleted...]
-    <t>24,462,353</t>
+    <t>16,060,487</t>
+  </si>
+  <si>
+    <t>13,379,361</t>
+  </si>
+  <si>
+    <t>11,008,042</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>969,890</t>
-[...5 lines deleted...]
-    <t>1,184,776</t>
+    <t>725,966</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>2,321</t>
-[...2 lines deleted...]
-    <t>41,626</t>
+    <t>47,817</t>
+  </si>
+  <si>
+    <t>83,669</t>
+  </si>
+  <si>
+    <t>116,361</t>
+  </si>
+  <si>
+    <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
+  </si>
+  <si>
+    <t>883</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>22,566,441</t>
-[...11 lines deleted...]
-    <t>9,877</t>
+    <t>13,324,628</t>
+  </si>
+  <si>
+    <t>24,140,825</t>
+  </si>
+  <si>
+    <t>13,195,760</t>
+  </si>
+  <si>
+    <t>40 ยางและของทำด้วยยาง</t>
+  </si>
+  <si>
+    <t>87,583</t>
+  </si>
+  <si>
+    <t>47 เยื่อไม้</t>
+  </si>
+  <si>
+    <t>9,380,828</t>
+  </si>
+  <si>
+    <t>501,812</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>48,131</t>
-[...5 lines deleted...]
-    <t>46,068</t>
+    <t>75,303</t>
+  </si>
+  <si>
+    <t>40,104</t>
+  </si>
+  <si>
+    <t>30,875</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>526</t>
-[...5 lines deleted...]
-    <t>768</t>
+    <t>5,008</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>712</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>199,699</t>
+    <t>511,782</t>
+  </si>
+  <si>
+    <t>202,831</t>
+  </si>
+  <si>
+    <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
+  </si>
+  <si>
+    <t>1,690</t>
+  </si>
+  <si>
+    <t>1,470</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>225,707</t>
-[...5 lines deleted...]
-    <t>79,413</t>
+    <t>285,832</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>30,336</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>38,066</t>
+    <t>17,753</t>
+  </si>
+  <si>
+    <t>31,925</t>
+  </si>
+  <si>
+    <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
+  </si>
+  <si>
+    <t>1,440</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>377,344</t>
-[...2 lines deleted...]
-    <t>30,066</t>
+    <t>50,370</t>
+  </si>
+  <si>
+    <t>22,229</t>
+  </si>
+  <si>
+    <t>8,430</t>
+  </si>
+  <si>
+    <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
+  </si>
+  <si>
+    <t>19,467</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>36,080</t>
-[...2 lines deleted...]
-    <t>247,713</t>
+    <t>292,971</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>950,019</t>
-[...5 lines deleted...]
-    <t>4,042,550</t>
+    <t>12,317,755</t>
+  </si>
+  <si>
+    <t>2,827,650</t>
+  </si>
+  <si>
+    <t>3,239,874</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>189,773</t>
-[...2 lines deleted...]
-    <t>515,926</t>
+    <t>462,993</t>
+  </si>
+  <si>
+    <t>297,467</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>5,794,741</t>
+    <t>773,774</t>
+  </si>
+  <si>
+    <t>114,659,364</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>2,884,686</t>
-[...5 lines deleted...]
-    <t>7,036,674</t>
+    <t>1,312,887</t>
+  </si>
+  <si>
+    <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
+  </si>
+  <si>
+    <t>4,881</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>206,119</t>
-[...5 lines deleted...]
-    <t>265,551</t>
+    <t>9,577,137</t>
+  </si>
+  <si>
+    <t>2,262,739</t>
+  </si>
+  <si>
+    <t>5,242,263</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>3,581,012</t>
-[...5 lines deleted...]
-    <t>3,422,743</t>
+    <t>3,818,695</t>
+  </si>
+  <si>
+    <t>5,210,530</t>
+  </si>
+  <si>
+    <t>1,139,444</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>36,343,585</t>
-[...5 lines deleted...]
-    <t>26,140,483</t>
+    <t>29,018,623</t>
+  </si>
+  <si>
+    <t>18,680,169</t>
+  </si>
+  <si>
+    <t>35,254,673</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -617,403 +677,515 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A31" sqref="A31"/>
+      <selection activeCell="A39" sqref="A39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s">
         <v>20</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>23</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
+        <v>25</v>
+      </c>
+      <c r="C8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>29</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D12" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" t="s">
         <v>45</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>47</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>48</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>51</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B17" t="s">
+        <v>54</v>
+      </c>
+      <c r="C17" t="s">
         <v>55</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>57</v>
+      </c>
+      <c r="B18" t="s">
         <v>58</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>60</v>
       </c>
       <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
         <v>61</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C20" t="s">
         <v>64</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="D21" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>68</v>
+      </c>
+      <c r="B22" t="s">
+        <v>69</v>
+      </c>
+      <c r="C22" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" t="s">
+        <v>71</v>
+      </c>
+      <c r="C23" t="s">
         <v>72</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D23" t="s">
         <v>73</v>
       </c>
-      <c r="C22" t="s">
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
         <v>74</v>
       </c>
-      <c r="D22" t="s">
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>75</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="2" t="s">
+      <c r="D24" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>77</v>
+      </c>
+      <c r="B25" t="s">
+        <v>78</v>
+      </c>
+      <c r="C25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>80</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>81</v>
+      </c>
+      <c r="D26" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>82</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>84</v>
+      </c>
+      <c r="B28" t="s">
+        <v>85</v>
+      </c>
+      <c r="C28" t="s">
+        <v>86</v>
+      </c>
+      <c r="D28" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>88</v>
+      </c>
+      <c r="B29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C29" t="s">
+        <v>90</v>
+      </c>
+      <c r="D29" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>92</v>
+      </c>
+      <c r="B30" t="s">
+        <v>93</v>
+      </c>
+      <c r="C30" t="s">
+        <v>94</v>
+      </c>
+      <c r="D30" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B23" s="2" t="s">
+      <c r="B31" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="C31" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="D31" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="30" spans="1:4">
-[...9 lines deleted...]
-      <c r="D31" s="3"/>
+    <row r="38" spans="1:4">
+      <c r="A38" s="3"/>
+      <c r="B38" s="3"/>
+      <c r="C38" s="3"/>
+      <c r="D38" s="3"/>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" s="3"/>
+      <c r="B39" s="3"/>
+      <c r="C39" s="3"/>
+      <c r="D39" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A30:D30"/>
-    <mergeCell ref="A31:D31"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A39:D39"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>