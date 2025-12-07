--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,305 +12,377 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>5,336,918</t>
+  </si>
+  <si>
     <t>30,537,213</t>
   </si>
   <si>
     <t>3,636,519</t>
   </si>
   <si>
-    <t>27,307,660</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>72,388</t>
+  </si>
+  <si>
     <t>65,353</t>
   </si>
   <si>
     <t>44,499</t>
   </si>
   <si>
-    <t>10,000</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>4,848</t>
+  </si>
+  <si>
     <t>227,844</t>
   </si>
   <si>
     <t>11,014</t>
   </si>
   <si>
-    <t>12,522</t>
+    <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
+  </si>
+  <si>
+    <t>892,452</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>15,822</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
     <t>4,409</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>359</t>
+  </si>
+  <si>
     <t>4,226</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>580,593</t>
+  </si>
+  <si>
     <t>21,026,766</t>
   </si>
   <si>
     <t>1,618,101</t>
   </si>
   <si>
-    <t>24,996,234</t>
+    <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
+  </si>
+  <si>
+    <t>1,175</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
     <t>12,924</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>1,276,343</t>
+  </si>
+  <si>
     <t>23,790</t>
   </si>
   <si>
     <t>7,623</t>
   </si>
   <si>
-    <t>8,005</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>21,785</t>
+  </si>
+  <si>
     <t>4,921</t>
   </si>
   <si>
     <t>32,617</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
     <t>14,815</t>
   </si>
   <si>
-    <t>15,414</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
     <t>5,297,204</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>12,320</t>
+  </si>
+  <si>
     <t>29,001</t>
   </si>
   <si>
     <t>3,823</t>
   </si>
   <si>
-    <t>3,735</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
     <t>4,363</t>
   </si>
   <si>
+    <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
+  </si>
+  <si>
+    <t>1,000</t>
+  </si>
+  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>1,479</t>
+  </si>
+  <si>
     <t>825</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>439</t>
+  </si>
+  <si>
     <t>7,102</t>
   </si>
   <si>
-    <t>4,573</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>39,985</t>
+  </si>
+  <si>
     <t>7,733</t>
   </si>
   <si>
     <t>38,075</t>
   </si>
   <si>
-    <t>20,187</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>28,341</t>
+  </si>
+  <si>
     <t>32,981</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>888</t>
+  </si>
+  <si>
     <t>82,944</t>
   </si>
   <si>
-    <t>1,353</t>
+    <t>69 ผลิตภัณฑ์เซรามิก</t>
+  </si>
+  <si>
+    <t>22,400</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>36,921</t>
+    <t>64,897</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
     <t>885,000</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>32,591</t>
+  </si>
+  <si>
     <t>12,175</t>
   </si>
   <si>
     <t>31,983</t>
   </si>
   <si>
-    <t>21,197</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>1,777,683</t>
+  </si>
+  <si>
     <t>3,083,216</t>
   </si>
   <si>
     <t>582,837</t>
   </si>
   <si>
-    <t>1,703,242</t>
+    <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
+  </si>
+  <si>
+    <t>3,000</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>738</t>
+  </si>
+  <si>
     <t>8,218</t>
   </si>
   <si>
     <t>97,533</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>269,709</t>
+  </si>
+  <si>
     <t>545,158</t>
   </si>
   <si>
     <t>87,469</t>
   </si>
   <si>
-    <t>466,096</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>51,994</t>
+  </si>
+  <si>
     <t>114,119</t>
   </si>
   <si>
     <t>68,693</t>
   </si>
   <si>
-    <t>8,181</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>60,562</t>
+  </si>
+  <si>
     <t>47,223</t>
   </si>
   <si>
     <t>7,155</t>
+  </si>
+  <si>
+    <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
+  </si>
+  <si>
+    <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
+  </si>
+  <si>
+    <t>45,000</t>
+  </si>
+  <si>
+    <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
+  </si>
+  <si>
+    <t>43,859</t>
+  </si>
+  <si>
+    <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
+  </si>
+  <si>
+    <t>11,268</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -644,62 +716,62 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A36" sqref="A36"/>
+      <selection activeCell="A46" sqref="A46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -733,384 +805,524 @@
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" t="s">
         <v>27</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>28</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" t="s">
         <v>31</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>18</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" t="s">
         <v>39</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>40</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" t="s">
         <v>47</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>50</v>
       </c>
       <c r="B17" t="s">
+        <v>18</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B18" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" t="s">
+        <v>55</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>57</v>
+      </c>
+      <c r="B20" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" t="s">
         <v>59</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>60</v>
+      </c>
+      <c r="B21" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C21" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D22" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>67</v>
       </c>
       <c r="B23" t="s">
         <v>68</v>
       </c>
       <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>70</v>
+      </c>
+      <c r="B24" t="s">
         <v>71</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B25" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="C26" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>76</v>
+      </c>
+      <c r="B27" t="s">
+        <v>77</v>
+      </c>
+      <c r="C27" t="s">
+        <v>78</v>
+      </c>
+      <c r="D27" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" t="s">
         <v>82</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D28" t="s">
         <v>83</v>
       </c>
-      <c r="C27" t="s">
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
         <v>84</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      <c r="A28" s="2" t="s">
+      <c r="B29" t="s">
+        <v>85</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" t="s">
+        <v>88</v>
+      </c>
+      <c r="D30" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>90</v>
+      </c>
+      <c r="B31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" t="s">
+        <v>92</v>
+      </c>
+      <c r="D31" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>94</v>
+      </c>
+      <c r="B32" t="s">
+        <v>95</v>
+      </c>
+      <c r="C32" t="s">
+        <v>96</v>
+      </c>
+      <c r="D32" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>98</v>
+      </c>
+      <c r="B33" t="s">
+        <v>99</v>
+      </c>
+      <c r="C33" t="s">
+        <v>100</v>
+      </c>
+      <c r="D33" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>102</v>
+      </c>
+      <c r="B34" t="s">
+        <v>85</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>103</v>
+      </c>
+      <c r="B35" t="s">
+        <v>104</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>105</v>
+      </c>
+      <c r="B36" t="s">
+        <v>106</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B28" s="2" t="s">
+      <c r="B38" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C28" s="2" t="s">
+      <c r="C38" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="D38" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="35" spans="1:4">
-[...9 lines deleted...]
-      <c r="D36" s="3"/>
+    <row r="45" spans="1:4">
+      <c r="A45" s="3"/>
+      <c r="B45" s="3"/>
+      <c r="C45" s="3"/>
+      <c r="D45" s="3"/>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" s="3"/>
+      <c r="B46" s="3"/>
+      <c r="C46" s="3"/>
+      <c r="D46" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A35:D35"/>
-    <mergeCell ref="A36:D36"/>
+    <mergeCell ref="A45:D45"/>
+    <mergeCell ref="A46:D46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>