--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,404 +12,398 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>216,151,876</t>
+  </si>
+  <si>
     <t>186,653,278</t>
   </si>
   <si>
     <t>222,166,251</t>
   </si>
   <si>
-    <t>221,622,194</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>10,886,596</t>
+  </si>
+  <si>
     <t>9,941,058</t>
   </si>
   <si>
     <t>1,793,625</t>
   </si>
   <si>
-    <t>6,783,798</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>0</t>
+  </si>
+  <si>
     <t>3,756</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>9,514,001</t>
+  </si>
+  <si>
     <t>5,354,878</t>
   </si>
   <si>
     <t>13,875,219</t>
   </si>
   <si>
-    <t>6,312,420</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
     <t>53,802</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>2,665,558</t>
+  </si>
+  <si>
     <t>11,500</t>
   </si>
   <si>
     <t>2,616,672</t>
   </si>
   <si>
-    <t>2,638,601</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>10,138,542</t>
+  </si>
+  <si>
     <t>1,770,748</t>
   </si>
   <si>
     <t>9,008,855</t>
   </si>
   <si>
-    <t>4,941,178</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>18,518</t>
+  </si>
+  <si>
     <t>2,608,061</t>
   </si>
   <si>
     <t>67,830</t>
   </si>
   <si>
-    <t>507,551</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
     <t>2,209,199</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>2,118,007</t>
+  </si>
+  <si>
     <t>3,622,135</t>
   </si>
   <si>
     <t>1,236,105</t>
   </si>
   <si>
-    <t>2,772,300</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>1,634,719</t>
+  </si>
+  <si>
     <t>1,748,936</t>
   </si>
   <si>
     <t>10,008,413</t>
   </si>
   <si>
-    <t>1,982,725</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>35,741</t>
+  </si>
+  <si>
     <t>42,960</t>
   </si>
   <si>
     <t>32,006</t>
   </si>
   <si>
-    <t>35,544</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>25,105</t>
+  </si>
+  <si>
     <t>112,018</t>
   </si>
   <si>
     <t>24,031</t>
   </si>
   <si>
-    <t>338,340</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>482</t>
+  </si>
+  <si>
     <t>877</t>
   </si>
   <si>
     <t>11,662</t>
   </si>
   <si>
-    <t>6,328</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>1,388</t>
+  </si>
+  <si>
     <t>8,784</t>
   </si>
   <si>
     <t>2,093</t>
   </si>
   <si>
-    <t>12,969</t>
+    <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
+  </si>
+  <si>
+    <t>1,086</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
     <t>21,743</t>
   </si>
   <si>
     <t>30,859</t>
   </si>
   <si>
-    <t>19,900</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
     <t>15,000</t>
   </si>
   <si>
-    <t>2,100</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>708,456</t>
+  </si>
+  <si>
     <t>223,881</t>
   </si>
   <si>
     <t>388,027</t>
   </si>
   <si>
-    <t>368,281</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>130,945</t>
+  </si>
+  <si>
     <t>184,350</t>
   </si>
   <si>
     <t>28,514</t>
   </si>
   <si>
-    <t>102,280</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>140,567</t>
+  </si>
+  <si>
     <t>1,457,587</t>
   </si>
   <si>
     <t>12,940,124</t>
   </si>
   <si>
-    <t>47,864,780</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>8,989</t>
+  </si>
+  <si>
     <t>71,421</t>
   </si>
   <si>
     <t>49,411</t>
   </si>
   <si>
-    <t>49,621</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>2,666,196</t>
+  </si>
+  <si>
     <t>1,755,870</t>
   </si>
   <si>
-    <t>1,517,238</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
     <t>14,403</t>
   </si>
   <si>
     <t>86,150</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>2,349,993</t>
+  </si>
+  <si>
     <t>1,025,084</t>
   </si>
   <si>
     <t>924,816</t>
   </si>
   <si>
-    <t>5,220,798</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>36,725,985</t>
+  </si>
+  <si>
     <t>34,733,586</t>
   </si>
   <si>
     <t>34,851,472</t>
   </si>
   <si>
-    <t>44,247,669</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>42,265</t>
+  </si>
+  <si>
     <t>39,882</t>
   </si>
   <si>
     <t>21,028</t>
   </si>
   <si>
-    <t>30,309</t>
-[...2 lines deleted...]
-    <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
+    <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
+  </si>
+  <si>
+    <t>136,337,320</t>
+  </si>
+  <si>
+    <t>113,874,341</t>
+  </si>
+  <si>
+    <t>131,824,179</t>
+  </si>
+  <si>
+    <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
+  </si>
+  <si>
+    <t>1,417</t>
+  </si>
+  <si>
+    <t>4,172</t>
+  </si>
+  <si>
+    <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
     <t>10,000</t>
   </si>
   <si>
-    <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
-[...19 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>1,500</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
     <t>7,571,278</t>
   </si>
   <si>
     <t>506,316</t>
-  </si>
-[...1 lines deleted...]
-    <t>1,000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -754,51 +748,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A43" sqref="A43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -810,149 +804,149 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" t="s">
         <v>20</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>31</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" t="s">
         <v>36</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>41</v>
       </c>
       <c r="B13" t="s">
         <v>42</v>
       </c>
       <c r="C13" t="s">
         <v>43</v>
@@ -1003,278 +997,278 @@
         <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>57</v>
       </c>
       <c r="B17" t="s">
         <v>58</v>
       </c>
       <c r="C17" t="s">
         <v>59</v>
       </c>
       <c r="D17" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>61</v>
       </c>
       <c r="B18" t="s">
         <v>62</v>
       </c>
       <c r="C18" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>69</v>
+        <v>13</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B21" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C21" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B22" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C22" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D22" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B23" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C23" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D23" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B24" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="C24" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D24" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B25" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C25" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B26" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D26" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B27" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C27" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D27" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B28" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B29" t="s">
-        <v>14</v>
+        <v>99</v>
       </c>
       <c r="C29" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="D29" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>102</v>
+      </c>
+      <c r="B30" t="s">
+        <v>103</v>
+      </c>
+      <c r="C30" t="s">
         <v>104</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>106</v>
+      </c>
+      <c r="B31" t="s">
+        <v>107</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>109</v>
+      </c>
+      <c r="B32" t="s">
+        <v>13</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>111</v>
       </c>
       <c r="B33" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" t="s">
         <v>112</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>113</v>
+      </c>
+      <c r="B34" t="s">
+        <v>13</v>
+      </c>
+      <c r="C34" t="s">
         <v>114</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3"/>
       <c r="B43" s="3"/>