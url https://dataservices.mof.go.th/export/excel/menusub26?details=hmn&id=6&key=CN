--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -17,1218 +17,1218 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="391">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>308,658,834,208</t>
+  </si>
+  <si>
     <t>304,326,740,810</t>
   </si>
   <si>
     <t>317,333,807,573</t>
   </si>
   <si>
-    <t>298,916,456,637</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>203,892</t>
+  </si>
+  <si>
     <t>128,459</t>
   </si>
   <si>
     <t>318,253</t>
   </si>
   <si>
-    <t>617,942</t>
-[...1 lines deleted...]
-  <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
+    <t>0</t>
+  </si>
+  <si>
     <t>84,770</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>732,638,236</t>
+  </si>
+  <si>
     <t>350,476,698</t>
   </si>
   <si>
     <t>543,032,140</t>
   </si>
   <si>
-    <t>580,808,221</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>107,429,125</t>
+  </si>
+  <si>
     <t>133,874,784</t>
   </si>
   <si>
     <t>106,139,971</t>
   </si>
   <si>
-    <t>58,680,472</t>
-[...1 lines deleted...]
-  <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
+    <t>31,143,241</t>
+  </si>
+  <si>
     <t>29,256,466</t>
   </si>
   <si>
     <t>38,059,965</t>
   </si>
   <si>
-    <t>53,628,779</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>81,826,407</t>
+  </si>
+  <si>
     <t>83,335,302</t>
   </si>
   <si>
     <t>79,920,769</t>
   </si>
   <si>
-    <t>84,190,692</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
+    <t>1,923,342,414</t>
+  </si>
+  <si>
     <t>1,881,851,808</t>
   </si>
   <si>
     <t>2,023,095,807</t>
   </si>
   <si>
-    <t>2,068,464,178</t>
-[...1 lines deleted...]
-  <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
+    <t>1,779,892,796</t>
+  </si>
+  <si>
     <t>1,827,723,948</t>
   </si>
   <si>
     <t>1,181,550,055</t>
   </si>
   <si>
-    <t>1,003,698,245</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>121,244,671</t>
+  </si>
+  <si>
     <t>150,480,651</t>
   </si>
   <si>
     <t>89,620,095</t>
   </si>
   <si>
-    <t>128,536,516</t>
-[...1 lines deleted...]
-  <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
+    <t>1,453,695</t>
+  </si>
+  <si>
     <t>995,787</t>
   </si>
   <si>
     <t>1,712,830</t>
   </si>
   <si>
-    <t>2,350,310</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>280,922,690</t>
+  </si>
+  <si>
     <t>336,216,588</t>
   </si>
   <si>
     <t>260,117,728</t>
   </si>
   <si>
-    <t>339,137,592</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>257,443,757</t>
+  </si>
+  <si>
     <t>256,449,954</t>
   </si>
   <si>
     <t>230,103,756</t>
   </si>
   <si>
-    <t>247,324,839</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>100,442,907</t>
+  </si>
+  <si>
     <t>83,369,461</t>
   </si>
   <si>
     <t>108,714,754</t>
   </si>
   <si>
-    <t>109,041,814</t>
-[...1 lines deleted...]
-  <si>
     <t>14 วัตถุจากพืชที่ใช้ถักสาน</t>
   </si>
   <si>
+    <t>8,902,032</t>
+  </si>
+  <si>
     <t>5,639,830</t>
   </si>
   <si>
     <t>5,329,664</t>
   </si>
   <si>
-    <t>4,762,991</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>142,077,291</t>
+  </si>
+  <si>
     <t>251,386,345</t>
   </si>
   <si>
     <t>53,981,644</t>
   </si>
   <si>
-    <t>44,346,612</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>728,687,538</t>
+  </si>
+  <si>
     <t>739,139,942</t>
   </si>
   <si>
     <t>756,645,808</t>
   </si>
   <si>
-    <t>846,494,717</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>442,669,245</t>
+  </si>
+  <si>
     <t>460,623,683</t>
   </si>
   <si>
     <t>419,478,108</t>
   </si>
   <si>
-    <t>463,458,140</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>159,280,345</t>
+  </si>
+  <si>
     <t>107,307,815</t>
   </si>
   <si>
     <t>91,458,042</t>
   </si>
   <si>
-    <t>96,908,614</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>329,823,015</t>
+  </si>
+  <si>
     <t>295,747,245</t>
   </si>
   <si>
     <t>321,937,471</t>
   </si>
   <si>
-    <t>327,288,755</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>436,632,201</t>
+  </si>
+  <si>
     <t>454,702,067</t>
   </si>
   <si>
     <t>478,008,440</t>
   </si>
   <si>
-    <t>513,433,286</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>529,690,418</t>
+  </si>
+  <si>
     <t>574,532,332</t>
   </si>
   <si>
     <t>513,396,163</t>
   </si>
   <si>
-    <t>428,742,989</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>149,714,194</t>
+  </si>
+  <si>
     <t>49,370,755</t>
   </si>
   <si>
     <t>49,593,403</t>
   </si>
   <si>
-    <t>159,640,086</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>401,294,792</t>
+  </si>
+  <si>
     <t>493,555,486</t>
   </si>
   <si>
     <t>490,720,031</t>
   </si>
   <si>
-    <t>478,659,266</t>
-[...1 lines deleted...]
-  <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
+    <t>1,118,189</t>
+  </si>
+  <si>
     <t>479,546</t>
   </si>
   <si>
     <t>30,476,928</t>
   </si>
   <si>
-    <t>4,459,098</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>503,115,681</t>
+  </si>
+  <si>
     <t>467,348,486</t>
   </si>
   <si>
     <t>507,788,227</t>
   </si>
   <si>
-    <t>377,276,453</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
+    <t>30,013,625</t>
+  </si>
+  <si>
     <t>26,505,371</t>
   </si>
   <si>
     <t>180,386,196</t>
   </si>
   <si>
-    <t>115,194,736</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>307,175,906</t>
+  </si>
+  <si>
     <t>173,490,742</t>
   </si>
   <si>
     <t>198,795,243</t>
   </si>
   <si>
-    <t>256,176,033</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>2,439,130,382</t>
+  </si>
+  <si>
     <t>2,671,046,797</t>
   </si>
   <si>
     <t>2,508,331,691</t>
   </si>
   <si>
-    <t>2,809,479,963</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>5,101,115,529</t>
+  </si>
+  <si>
     <t>4,933,483,737</t>
   </si>
   <si>
     <t>5,624,691,920</t>
   </si>
   <si>
-    <t>5,171,891,395</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>480,073,953</t>
+  </si>
+  <si>
     <t>268,747,904</t>
   </si>
   <si>
     <t>333,111,469</t>
   </si>
   <si>
-    <t>328,372,149</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>1,915,994,534</t>
+  </si>
+  <si>
     <t>2,541,117,007</t>
   </si>
   <si>
     <t>4,170,659,762</t>
   </si>
   <si>
-    <t>2,430,874,703</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>1,367,738,517</t>
+  </si>
+  <si>
     <t>1,371,649,614</t>
   </si>
   <si>
     <t>1,345,557,132</t>
   </si>
   <si>
-    <t>1,335,847,538</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>772,786,840</t>
+  </si>
+  <si>
     <t>773,671,247</t>
   </si>
   <si>
     <t>868,770,339</t>
   </si>
   <si>
-    <t>691,026,852</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>728,629,876</t>
+  </si>
+  <si>
     <t>680,077,804</t>
   </si>
   <si>
     <t>827,756,340</t>
   </si>
   <si>
-    <t>809,445,613</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>477,222,163</t>
+  </si>
+  <si>
     <t>541,441,921</t>
   </si>
   <si>
     <t>497,330,791</t>
   </si>
   <si>
-    <t>544,297,514</t>
-[...1 lines deleted...]
-  <si>
     <t>36 วัตถุระเบิด ผลิตภัณฑ์จำพวกดอกไม้เพลิง ไม้ขีดไฟ</t>
   </si>
   <si>
+    <t>56,157,235</t>
+  </si>
+  <si>
     <t>44,520,386</t>
   </si>
   <si>
     <t>56,623,968</t>
   </si>
   <si>
-    <t>41,312,432</t>
-[...1 lines deleted...]
-  <si>
     <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
   </si>
   <si>
+    <t>160,465,259</t>
+  </si>
+  <si>
     <t>97,385,689</t>
   </si>
   <si>
     <t>143,507,247</t>
   </si>
   <si>
-    <t>131,517,861</t>
-[...1 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>3,426,048,514</t>
+  </si>
+  <si>
     <t>3,362,315,515</t>
   </si>
   <si>
     <t>3,818,614,130</t>
   </si>
   <si>
-    <t>4,530,304,514</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>14,490,531,256</t>
+  </si>
+  <si>
     <t>14,666,527,285</t>
   </si>
   <si>
     <t>15,606,584,257</t>
   </si>
   <si>
-    <t>14,600,542,794</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>2,538,597,226</t>
+  </si>
+  <si>
     <t>2,487,819,350</t>
   </si>
   <si>
     <t>2,802,106,407</t>
   </si>
   <si>
-    <t>2,555,971,070</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>77,721,735</t>
+  </si>
+  <si>
     <t>62,796,224</t>
   </si>
   <si>
     <t>66,020,953</t>
   </si>
   <si>
-    <t>65,645,138</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>1,354,876,067</t>
+  </si>
+  <si>
     <t>1,280,205,865</t>
   </si>
   <si>
     <t>1,293,312,684</t>
   </si>
   <si>
-    <t>1,208,197,981</t>
-[...1 lines deleted...]
-  <si>
     <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
   </si>
   <si>
+    <t>16,813,927</t>
+  </si>
+  <si>
     <t>10,582,700</t>
   </si>
   <si>
     <t>11,996,716</t>
   </si>
   <si>
-    <t>17,507,661</t>
-[...1 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>872,261,142</t>
+  </si>
+  <si>
     <t>986,270,014</t>
   </si>
   <si>
     <t>991,635,212</t>
   </si>
   <si>
-    <t>997,711,550</t>
-[...1 lines deleted...]
-  <si>
     <t>45 ไม้ก๊อก และของทำด้วยไม้ก๊อก</t>
   </si>
   <si>
+    <t>10,832,408</t>
+  </si>
+  <si>
     <t>19,088,773</t>
   </si>
   <si>
     <t>28,303,821</t>
   </si>
   <si>
-    <t>24,529,649</t>
-[...1 lines deleted...]
-  <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
+    <t>33,432,898</t>
+  </si>
+  <si>
     <t>9,516,584</t>
   </si>
   <si>
     <t>5,485,871</t>
   </si>
   <si>
-    <t>7,229,735</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>143,637,481</t>
+  </si>
+  <si>
     <t>75,266,359</t>
   </si>
   <si>
     <t>84,779,790</t>
   </si>
   <si>
-    <t>97,366,043</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>3,134,368,950</t>
+  </si>
+  <si>
     <t>3,326,926,058</t>
   </si>
   <si>
     <t>3,199,956,792</t>
   </si>
   <si>
-    <t>3,223,702,481</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>140,298,117</t>
+  </si>
+  <si>
     <t>132,278,828</t>
   </si>
   <si>
     <t>156,082,255</t>
   </si>
   <si>
-    <t>140,534,514</t>
-[...1 lines deleted...]
-  <si>
     <t>50 ไหม</t>
   </si>
   <si>
+    <t>6,609,479</t>
+  </si>
+  <si>
     <t>6,712,733</t>
   </si>
   <si>
     <t>5,574,788</t>
   </si>
   <si>
-    <t>8,033,154</t>
-[...1 lines deleted...]
-  <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
+    <t>43,166,015</t>
+  </si>
+  <si>
     <t>44,645,414</t>
   </si>
   <si>
     <t>76,756,956</t>
   </si>
   <si>
-    <t>79,965,023</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>379,897,739</t>
+  </si>
+  <si>
     <t>387,103,195</t>
   </si>
   <si>
     <t>300,916,035</t>
   </si>
   <si>
-    <t>366,630,955</t>
-[...1 lines deleted...]
-  <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
+    <t>25,758,163</t>
+  </si>
+  <si>
     <t>23,350,680</t>
   </si>
   <si>
     <t>11,706,247</t>
   </si>
   <si>
-    <t>3,491,991</t>
-[...1 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>1,228,558,158</t>
+  </si>
+  <si>
     <t>1,095,097,224</t>
   </si>
   <si>
     <t>1,227,694,336</t>
   </si>
   <si>
-    <t>1,125,729,733</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>465,771,715</t>
+  </si>
+  <si>
     <t>425,510,613</t>
   </si>
   <si>
     <t>506,547,136</t>
   </si>
   <si>
-    <t>504,405,184</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>376,621,844</t>
+  </si>
+  <si>
     <t>452,122,386</t>
   </si>
   <si>
     <t>506,819,693</t>
   </si>
   <si>
-    <t>433,562,641</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>134,504,251</t>
+  </si>
+  <si>
     <t>172,665,752</t>
   </si>
   <si>
     <t>142,735,185</t>
   </si>
   <si>
-    <t>174,393,382</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>293,861,507</t>
+  </si>
+  <si>
     <t>274,215,549</t>
   </si>
   <si>
     <t>280,752,532</t>
   </si>
   <si>
-    <t>278,121,115</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>1,030,451,348</t>
+  </si>
+  <si>
     <t>976,007,473</t>
   </si>
   <si>
     <t>1,091,697,991</t>
   </si>
   <si>
-    <t>1,065,637,584</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>628,454,279</t>
+  </si>
+  <si>
     <t>547,464,348</t>
   </si>
   <si>
     <t>568,505,286</t>
   </si>
   <si>
-    <t>549,862,669</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>1,082,933,209</t>
+  </si>
+  <si>
     <t>1,062,742,538</t>
   </si>
   <si>
     <t>957,518,041</t>
   </si>
   <si>
-    <t>964,521,988</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>1,447,842,798</t>
+  </si>
+  <si>
     <t>1,590,011,231</t>
   </si>
   <si>
     <t>1,501,813,211</t>
   </si>
   <si>
-    <t>1,550,626,607</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>826,592,877</t>
+  </si>
+  <si>
     <t>807,058,328</t>
   </si>
   <si>
     <t>796,300,059</t>
   </si>
   <si>
-    <t>777,433,942</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>930,917,249</t>
+  </si>
+  <si>
     <t>1,017,275,976</t>
   </si>
   <si>
     <t>1,074,953,767</t>
   </si>
   <si>
-    <t>965,070,337</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>120,316,743</t>
+  </si>
+  <si>
     <t>118,959,342</t>
   </si>
   <si>
     <t>139,544,405</t>
   </si>
   <si>
-    <t>126,960,603</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
+    <t>53,474,720</t>
+  </si>
+  <si>
     <t>94,691,442</t>
   </si>
   <si>
     <t>84,056,265</t>
   </si>
   <si>
-    <t>85,508,461</t>
-[...1 lines deleted...]
-  <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>80,193,639</t>
+  </si>
+  <si>
     <t>67,640,633</t>
   </si>
   <si>
     <t>67,561,608</t>
   </si>
   <si>
-    <t>64,258,878</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>556,505,997</t>
+  </si>
+  <si>
     <t>543,221,784</t>
   </si>
   <si>
     <t>577,958,263</t>
   </si>
   <si>
-    <t>508,512,266</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>1,106,481,784</t>
+  </si>
+  <si>
     <t>1,215,944,013</t>
   </si>
   <si>
     <t>1,155,825,221</t>
   </si>
   <si>
-    <t>1,238,933,432</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>1,871,129,788</t>
+  </si>
+  <si>
     <t>1,647,951,387</t>
   </si>
   <si>
     <t>2,188,104,030</t>
   </si>
   <si>
-    <t>1,838,230,775</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>11,063,398,502</t>
+  </si>
+  <si>
     <t>20,108,482,713</t>
   </si>
   <si>
     <t>17,451,695,252</t>
   </si>
   <si>
-    <t>12,989,102,683</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>11,498,260,442</t>
+  </si>
+  <si>
     <t>12,158,677,299</t>
   </si>
   <si>
     <t>11,602,677,864</t>
   </si>
   <si>
-    <t>12,521,848,656</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>14,209,684,295</t>
+  </si>
+  <si>
     <t>14,042,639,106</t>
   </si>
   <si>
     <t>14,894,188,231</t>
   </si>
   <si>
-    <t>13,788,741,900</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>5,894,069,046</t>
+  </si>
+  <si>
     <t>5,652,716,739</t>
   </si>
   <si>
     <t>6,558,695,059</t>
   </si>
   <si>
-    <t>6,798,009,006</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
+    <t>41,074,375</t>
+  </si>
+  <si>
     <t>39,941,529</t>
   </si>
   <si>
     <t>48,433,023</t>
   </si>
   <si>
-    <t>32,084,768</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>5,991,755,444</t>
+  </si>
+  <si>
     <t>5,344,227,809</t>
   </si>
   <si>
     <t>5,251,575,225</t>
   </si>
   <si>
-    <t>5,141,171,616</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
+    <t>22,174,068</t>
+  </si>
+  <si>
     <t>27,729,535</t>
   </si>
   <si>
     <t>32,632,150</t>
   </si>
   <si>
-    <t>5,081,369</t>
-[...1 lines deleted...]
-  <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
+    <t>98,329,011</t>
+  </si>
+  <si>
     <t>94,034,950</t>
   </si>
   <si>
     <t>84,340,647</t>
   </si>
   <si>
-    <t>124,426,102</t>
-[...1 lines deleted...]
-  <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
+    <t>127,446,949</t>
+  </si>
+  <si>
     <t>127,885,212</t>
   </si>
   <si>
     <t>69,891,425</t>
   </si>
   <si>
-    <t>60,866,057</t>
-[...1 lines deleted...]
-  <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>182,427,276</t>
+  </si>
+  <si>
     <t>229,947,625</t>
   </si>
   <si>
     <t>205,453,940</t>
   </si>
   <si>
-    <t>139,501,018</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>1,268,512,397</t>
+  </si>
+  <si>
     <t>1,270,194,452</t>
   </si>
   <si>
     <t>1,535,900,442</t>
   </si>
   <si>
-    <t>1,295,212,152</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>1,677,299,497</t>
+  </si>
+  <si>
     <t>1,685,304,735</t>
   </si>
   <si>
     <t>1,794,728,793</t>
   </si>
   <si>
-    <t>1,677,816,437</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>43,056,567,428</t>
+  </si>
+  <si>
     <t>42,990,965,600</t>
   </si>
   <si>
     <t>50,257,356,546</t>
   </si>
   <si>
-    <t>46,873,750,250</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>117,080,295,862</t>
+  </si>
+  <si>
     <t>105,842,420,749</t>
   </si>
   <si>
     <t>109,519,183,485</t>
   </si>
   <si>
-    <t>105,615,471,479</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
+    <t>167,177,324</t>
+  </si>
+  <si>
     <t>80,716,151</t>
   </si>
   <si>
     <t>110,325,717</t>
   </si>
   <si>
-    <t>180,385,389</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>13,200,701,649</t>
+  </si>
+  <si>
     <t>10,754,272,256</t>
   </si>
   <si>
     <t>10,712,565,424</t>
   </si>
   <si>
-    <t>9,723,084,068</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>642,106,549</t>
+  </si>
+  <si>
     <t>701,597,484</t>
   </si>
   <si>
     <t>325,159,839</t>
   </si>
   <si>
-    <t>628,693,530</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
+    <t>4,231,653,211</t>
+  </si>
+  <si>
     <t>5,289,064,402</t>
   </si>
   <si>
     <t>4,035,015,042</t>
   </si>
   <si>
-    <t>3,807,207,877</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>7,316,717,256</t>
+  </si>
+  <si>
     <t>7,470,087,954</t>
   </si>
   <si>
     <t>8,126,786,419</t>
   </si>
   <si>
-    <t>6,798,015,133</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>530,931,480</t>
+  </si>
+  <si>
     <t>728,081,475</t>
   </si>
   <si>
     <t>481,661,396</t>
   </si>
   <si>
-    <t>534,474,431</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>68,516,865</t>
+  </si>
+  <si>
     <t>55,599,583</t>
   </si>
   <si>
     <t>80,041,102</t>
   </si>
   <si>
-    <t>47,703,105</t>
-[...1 lines deleted...]
-  <si>
     <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
   </si>
   <si>
+    <t>283,446,954</t>
+  </si>
+  <si>
     <t>4,087,455</t>
   </si>
   <si>
     <t>1,613,192</t>
   </si>
   <si>
-    <t>356,978</t>
-[...1 lines deleted...]
-  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>4,569,331,496</t>
+  </si>
+  <si>
     <t>4,547,486,137</t>
   </si>
   <si>
     <t>4,592,781,470</t>
   </si>
   <si>
-    <t>4,041,399,087</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>2,028,880,323</t>
+  </si>
+  <si>
     <t>1,667,349,730</t>
   </si>
   <si>
     <t>1,782,998,282</t>
   </si>
   <si>
-    <t>1,623,669,064</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>1,389,414,931</t>
+  </si>
+  <si>
     <t>1,262,944,944</t>
   </si>
   <si>
     <t>1,309,504,156</t>
   </si>
   <si>
-    <t>1,201,364,470</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>1,705,964</t>
+  </si>
+  <si>
     <t>3,083,163</t>
   </si>
   <si>
     <t>3,661,359</t>
-  </si>
-[...1 lines deleted...]
-    <t>498,766</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1629,51 +1629,51 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>