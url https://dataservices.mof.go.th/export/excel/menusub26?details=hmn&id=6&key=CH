--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,932 +12,947 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>8,462,844,633</t>
+  </si>
+  <si>
     <t>11,115,149,607</t>
   </si>
   <si>
     <t>20,990,486,942</t>
   </si>
   <si>
-    <t>7,228,829,647</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>24,658</t>
+  </si>
+  <si>
     <t>34,028</t>
   </si>
   <si>
     <t>5,476</t>
   </si>
   <si>
+    <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
+  </si>
+  <si>
+    <t>2,992,146</t>
+  </si>
+  <si>
+    <t>4,804,721</t>
+  </si>
+  <si>
+    <t>7,528,965</t>
+  </si>
+  <si>
+    <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
+  </si>
+  <si>
+    <t>42,722,072</t>
+  </si>
+  <si>
+    <t>25,406,694</t>
+  </si>
+  <si>
+    <t>19,939,023</t>
+  </si>
+  <si>
+    <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
+  </si>
+  <si>
+    <t>1,541,461</t>
+  </si>
+  <si>
+    <t>1,725,883</t>
+  </si>
+  <si>
+    <t>3,466,472</t>
+  </si>
+  <si>
+    <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
+  </si>
+  <si>
+    <t>22,031,856</t>
+  </si>
+  <si>
+    <t>22,132,394</t>
+  </si>
+  <si>
+    <t>8,882,522</t>
+  </si>
+  <si>
+    <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
+  </si>
+  <si>
+    <t>6,179,732</t>
+  </si>
+  <si>
+    <t>4,193,630</t>
+  </si>
+  <si>
+    <t>2,088,252</t>
+  </si>
+  <si>
+    <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
+  </si>
+  <si>
+    <t>33,697,032</t>
+  </si>
+  <si>
+    <t>20,226,160</t>
+  </si>
+  <si>
+    <t>9,813,681</t>
+  </si>
+  <si>
+    <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
+  </si>
+  <si>
+    <t>5,124,241</t>
+  </si>
+  <si>
+    <t>6,498,201</t>
+  </si>
+  <si>
+    <t>11,233,685</t>
+  </si>
+  <si>
+    <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
+  </si>
+  <si>
+    <t>416,038</t>
+  </si>
+  <si>
+    <t>1,758</t>
+  </si>
+  <si>
+    <t>67,933</t>
+  </si>
+  <si>
+    <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>24,521,727</t>
+  </si>
+  <si>
+    <t>23,676,226</t>
+  </si>
+  <si>
+    <t>6,080,672</t>
+  </si>
+  <si>
+    <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
+  </si>
+  <si>
+    <t>4,640</t>
+  </si>
+  <si>
+    <t>152,824</t>
+  </si>
+  <si>
+    <t>263,101</t>
+  </si>
+  <si>
+    <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
+  </si>
+  <si>
+    <t>13,460,880</t>
+  </si>
+  <si>
+    <t>1,037,447</t>
+  </si>
+  <si>
+    <t>12,695,598</t>
+  </si>
+  <si>
+    <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
+  </si>
+  <si>
+    <t>15,016</t>
+  </si>
+  <si>
+    <t>4,850</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
-    <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
-[...139 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>158,656</t>
+  </si>
+  <si>
     <t>88,772</t>
   </si>
   <si>
     <t>353,187</t>
   </si>
   <si>
-    <t>268,918</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>1,073,503</t>
+  </si>
+  <si>
     <t>2,709,056</t>
   </si>
   <si>
     <t>1,297,054</t>
   </si>
   <si>
-    <t>2,077,161</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>7,490,467</t>
+  </si>
+  <si>
     <t>5,862,511</t>
   </si>
   <si>
     <t>6,373,631</t>
   </si>
   <si>
-    <t>6,553,067</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>64,315,912</t>
+  </si>
+  <si>
     <t>102,585,967</t>
   </si>
   <si>
     <t>67,587,284</t>
   </si>
   <si>
-    <t>56,491,648</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>330,597,657</t>
+  </si>
+  <si>
     <t>347,135,047</t>
   </si>
   <si>
     <t>366,683,712</t>
   </si>
   <si>
-    <t>457,324,185</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>3,435</t>
+  </si>
+  <si>
     <t>2,249</t>
   </si>
   <si>
     <t>4,425</t>
   </si>
   <si>
-    <t>2,286</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>22,356,723</t>
+  </si>
+  <si>
     <t>82,459,884</t>
   </si>
   <si>
     <t>105,760,060</t>
   </si>
   <si>
-    <t>23,047,582</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>25,355,814</t>
+  </si>
+  <si>
     <t>56,691,694</t>
   </si>
   <si>
     <t>62,030,057</t>
   </si>
   <si>
-    <t>41,179,212</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>22,162,285</t>
+  </si>
+  <si>
     <t>17,054,222</t>
   </si>
   <si>
     <t>22,017,836</t>
   </si>
   <si>
-    <t>31,341,271</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>12,348,401</t>
+  </si>
+  <si>
     <t>5,334,676</t>
   </si>
   <si>
     <t>12,547,497</t>
   </si>
   <si>
-    <t>12,791,602</t>
+    <t>37 ของที่ใช้ในการถ่ายรูปหรือถ่ายภาพยนตร์</t>
+  </si>
+  <si>
+    <t>149,736</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>36,155,783</t>
+  </si>
+  <si>
     <t>30,035,884</t>
   </si>
   <si>
     <t>30,291,641</t>
   </si>
   <si>
-    <t>31,374,050</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>68,633,355</t>
+  </si>
+  <si>
     <t>69,344,678</t>
   </si>
   <si>
     <t>68,252,106</t>
   </si>
   <si>
-    <t>58,068,539</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>9,375,169</t>
+  </si>
+  <si>
     <t>13,393,548</t>
   </si>
   <si>
     <t>10,424,703</t>
   </si>
   <si>
-    <t>9,876,223</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>2,367,493</t>
+  </si>
+  <si>
     <t>129,248</t>
   </si>
   <si>
     <t>344,575</t>
   </si>
   <si>
-    <t>179,273</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>5,246,626</t>
+  </si>
+  <si>
     <t>8,794,920</t>
   </si>
   <si>
     <t>1,415,851</t>
   </si>
   <si>
-    <t>2,885,853</t>
-[...1 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>184,678</t>
+  </si>
+  <si>
     <t>1,673,686</t>
   </si>
   <si>
     <t>386,874</t>
   </si>
   <si>
-    <t>1,051,788</t>
-[...1 lines deleted...]
-  <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
     <t>59,900</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>1,444,622</t>
+  </si>
+  <si>
     <t>4,033,116</t>
   </si>
   <si>
     <t>18,526,780</t>
   </si>
   <si>
-    <t>970,275</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>1,284,835</t>
+  </si>
+  <si>
     <t>3,452,422</t>
   </si>
   <si>
     <t>4,927,925</t>
   </si>
   <si>
-    <t>1,409,891</t>
-[...1 lines deleted...]
-  <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
     <t>48,885</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>140,395</t>
+  </si>
+  <si>
     <t>37,773</t>
   </si>
   <si>
-    <t>3,071</t>
-[...1 lines deleted...]
-  <si>
     <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
   </si>
   <si>
     <t>25,405</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>31,303,561</t>
+  </si>
+  <si>
     <t>45,336,959</t>
   </si>
   <si>
     <t>19,172,587</t>
   </si>
   <si>
-    <t>36,438,560</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>41,578</t>
+  </si>
+  <si>
     <t>111,466</t>
   </si>
   <si>
     <t>7,501</t>
   </si>
   <si>
-    <t>21,304</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>89,312</t>
+  </si>
+  <si>
     <t>57,499</t>
   </si>
   <si>
     <t>15,396</t>
   </si>
   <si>
-    <t>77,631</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>251,560</t>
+  </si>
+  <si>
     <t>2,426,507</t>
   </si>
   <si>
     <t>147,534</t>
   </si>
   <si>
-    <t>12,698</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>398,210</t>
+  </si>
+  <si>
     <t>29,319</t>
   </si>
   <si>
     <t>66,141</t>
   </si>
   <si>
-    <t>7,933</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>4,155,752</t>
+  </si>
+  <si>
     <t>8,100,060</t>
   </si>
   <si>
     <t>7,650,622</t>
   </si>
   <si>
-    <t>6,114,332</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>173,293</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>568,142</t>
+  </si>
+  <si>
     <t>120,846</t>
   </si>
   <si>
     <t>584,294</t>
   </si>
   <si>
-    <t>125,364</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>2,357,974</t>
+  </si>
+  <si>
     <t>6,212,551</t>
   </si>
   <si>
     <t>1,993,536</t>
   </si>
   <si>
-    <t>826,262</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>1,856,229</t>
+  </si>
+  <si>
     <t>2,005,354</t>
   </si>
   <si>
     <t>1,728,150</t>
   </si>
   <si>
-    <t>1,041,198</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>44,216</t>
+  </si>
+  <si>
     <t>170,176</t>
   </si>
   <si>
     <t>14,110</t>
   </si>
   <si>
-    <t>103,548</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>65,337</t>
+  </si>
+  <si>
     <t>41,679</t>
   </si>
   <si>
     <t>93,687</t>
   </si>
   <si>
-    <t>215,846</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
     <t>48,498</t>
   </si>
   <si>
     <t>618,141</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
     <t>3,068</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>10,263,751</t>
+  </si>
+  <si>
     <t>6,983,973</t>
   </si>
   <si>
     <t>5,414,870</t>
   </si>
   <si>
-    <t>10,297,985</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>1,214,985</t>
+  </si>
+  <si>
     <t>1,069,758</t>
   </si>
   <si>
     <t>841,504</t>
   </si>
   <si>
-    <t>157,702</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>48,669,238</t>
+  </si>
+  <si>
     <t>35,124,149</t>
   </si>
   <si>
     <t>36,185,366</t>
   </si>
   <si>
-    <t>28,830,982</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>4,173,556,275</t>
+  </si>
+  <si>
     <t>7,393,863,587</t>
   </si>
   <si>
     <t>17,373,666,313</t>
   </si>
   <si>
-    <t>3,340,962,152</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>22,165,203</t>
+  </si>
+  <si>
     <t>19,471,623</t>
   </si>
   <si>
     <t>35,864,330</t>
   </si>
   <si>
-    <t>11,730,593</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>62,137,631</t>
+  </si>
+  <si>
     <t>46,259,432</t>
   </si>
   <si>
     <t>93,286,001</t>
   </si>
   <si>
-    <t>88,855,246</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>5,384,393</t>
+  </si>
+  <si>
     <t>2,205,055</t>
   </si>
   <si>
     <t>2,391,359</t>
   </si>
   <si>
-    <t>11,249,970</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
+    <t>1,242,696</t>
+  </si>
+  <si>
     <t>843,216</t>
   </si>
   <si>
     <t>42,170</t>
   </si>
   <si>
-    <t>546,048</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>2,106,750</t>
+  </si>
+  <si>
     <t>5,054,283</t>
   </si>
   <si>
     <t>1,920,166</t>
   </si>
   <si>
-    <t>4,003,764</t>
+    <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
+  </si>
+  <si>
+    <t>5,637</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
     <t>2,454</t>
   </si>
   <si>
-    <t>3,125</t>
-[...1 lines deleted...]
-  <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
+    <t>316,091</t>
+  </si>
+  <si>
     <t>163,300</t>
   </si>
   <si>
     <t>480,807</t>
   </si>
   <si>
-    <t>205,975</t>
-[...1 lines deleted...]
-  <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
+    <t>147,205</t>
+  </si>
+  <si>
     <t>251,485</t>
   </si>
   <si>
     <t>208,423</t>
   </si>
   <si>
-    <t>356,977</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>79,200,035</t>
+  </si>
+  <si>
     <t>28,193,133</t>
   </si>
   <si>
     <t>30,178,773</t>
   </si>
   <si>
-    <t>57,153,852</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>8,604,763</t>
+  </si>
+  <si>
     <t>4,128,444</t>
   </si>
   <si>
     <t>10,941,903</t>
   </si>
   <si>
-    <t>3,619,372</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>491,527,002</t>
+  </si>
+  <si>
     <t>346,714,609</t>
   </si>
   <si>
     <t>218,211,394</t>
   </si>
   <si>
-    <t>411,968,499</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>350,711,384</t>
+  </si>
+  <si>
     <t>370,461,731</t>
   </si>
   <si>
     <t>305,243,475</t>
   </si>
   <si>
-    <t>535,437,204</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
     <t>100,000</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>6,051,279</t>
+  </si>
+  <si>
     <t>3,924,637</t>
   </si>
   <si>
     <t>3,310,901</t>
   </si>
   <si>
-    <t>4,461,391</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>10,869,961</t>
+  </si>
+  <si>
     <t>2,207,144</t>
   </si>
   <si>
     <t>1,066,237</t>
   </si>
   <si>
-    <t>1,606,847</t>
-[...1 lines deleted...]
-  <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>291,431,321</t>
+  </si>
+  <si>
     <t>295,034,284</t>
   </si>
   <si>
     <t>300,174,650</t>
   </si>
   <si>
-    <t>322,203,474</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>2,073,442,903</t>
+  </si>
+  <si>
     <t>1,580,537,307</t>
   </si>
   <si>
     <t>1,666,605,806</t>
   </si>
   <si>
-    <t>1,512,909,576</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>2,000</t>
+  </si>
+  <si>
     <t>10,828</t>
   </si>
   <si>
     <t>26,950</t>
   </si>
   <si>
-    <t>836</t>
+    <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
+  </si>
+  <si>
+    <t>1,944,180</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>8,405,402</t>
+  </si>
+  <si>
     <t>3,572,266</t>
   </si>
   <si>
     <t>9,374,953</t>
   </si>
   <si>
-    <t>2,408,532</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>176,356</t>
+  </si>
+  <si>
     <t>41,785,258</t>
   </si>
   <si>
     <t>255,346</t>
   </si>
   <si>
-    <t>222,208</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>8,218,430</t>
+  </si>
+  <si>
     <t>1,718,302</t>
   </si>
   <si>
     <t>1,315,723</t>
   </si>
   <si>
-    <t>1,726,358</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>340,847</t>
+  </si>
+  <si>
     <t>43,072</t>
   </si>
   <si>
     <t>9,764</t>
-  </si>
-[...1 lines deleted...]
-    <t>613,508</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1271,62 +1286,62 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D86"/>
+  <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A86" sqref="A86"/>
+      <selection activeCell="A89" sqref="A89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -1489,955 +1504,997 @@
         <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>52</v>
       </c>
       <c r="B14" t="s">
         <v>53</v>
       </c>
       <c r="C14" t="s">
         <v>54</v>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>56</v>
       </c>
       <c r="B15" t="s">
         <v>57</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C16" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C21" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D21" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D22" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s">
-        <v>101</v>
+        <v>59</v>
       </c>
       <c r="D26" t="s">
-        <v>102</v>
+        <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>102</v>
+      </c>
+      <c r="B27" t="s">
         <v>103</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>104</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" t="s">
         <v>107</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>108</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" t="s">
         <v>111</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>112</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>114</v>
+      </c>
+      <c r="B30" t="s">
         <v>115</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>116</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" t="s">
         <v>119</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>120</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>122</v>
+      </c>
+      <c r="B32" t="s">
         <v>123</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>124</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B33" t="s">
-        <v>126</v>
+        <v>59</v>
       </c>
       <c r="C33" t="s">
         <v>127</v>
       </c>
       <c r="D33" t="s">
-        <v>128</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>128</v>
+      </c>
+      <c r="B34" t="s">
         <v>129</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>130</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>132</v>
+      </c>
+      <c r="B35" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C35" t="s">
         <v>134</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>135</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B36" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="C36" t="s">
-        <v>136</v>
+        <v>59</v>
       </c>
       <c r="D36" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>138</v>
       </c>
       <c r="B37" t="s">
         <v>139</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B38" t="s">
-        <v>141</v>
+        <v>59</v>
       </c>
       <c r="C38" t="s">
         <v>142</v>
       </c>
       <c r="D38" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>143</v>
+      </c>
+      <c r="B39" t="s">
         <v>144</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>145</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>147</v>
+      </c>
+      <c r="B40" t="s">
         <v>148</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>149</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>151</v>
+      </c>
+      <c r="B41" t="s">
         <v>152</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>153</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>155</v>
+      </c>
+      <c r="B42" t="s">
         <v>156</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>157</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>159</v>
+      </c>
+      <c r="B43" t="s">
         <v>160</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>161</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>163</v>
+      </c>
+      <c r="B44" t="s">
         <v>164</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>165</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>167</v>
+      </c>
+      <c r="B45" t="s">
+        <v>59</v>
+      </c>
+      <c r="C45" t="s">
         <v>168</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>170</v>
+      </c>
+      <c r="B46" t="s">
+        <v>171</v>
+      </c>
+      <c r="C46" t="s">
         <v>172</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>174</v>
+      </c>
+      <c r="B47" t="s">
+        <v>175</v>
+      </c>
+      <c r="C47" t="s">
         <v>176</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>178</v>
+      </c>
+      <c r="B48" t="s">
+        <v>179</v>
+      </c>
+      <c r="C48" t="s">
         <v>180</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>182</v>
+      </c>
+      <c r="B49" t="s">
+        <v>183</v>
+      </c>
+      <c r="C49" t="s">
         <v>184</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>186</v>
+      </c>
+      <c r="B50" t="s">
+        <v>187</v>
+      </c>
+      <c r="C50" t="s">
         <v>188</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" t="s">
+        <v>59</v>
+      </c>
+      <c r="C51" t="s">
         <v>191</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>193</v>
       </c>
       <c r="B52" t="s">
+        <v>59</v>
+      </c>
+      <c r="C52" t="s">
         <v>194</v>
       </c>
-      <c r="C52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" t="s">
-        <v>196</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>195</v>
+      </c>
+      <c r="B53" t="s">
+        <v>196</v>
+      </c>
+      <c r="C53" t="s">
         <v>197</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>199</v>
+      </c>
+      <c r="B54" t="s">
+        <v>200</v>
+      </c>
+      <c r="C54" t="s">
         <v>201</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>203</v>
+      </c>
+      <c r="B55" t="s">
+        <v>204</v>
+      </c>
+      <c r="C55" t="s">
         <v>205</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>207</v>
+      </c>
+      <c r="B56" t="s">
+        <v>208</v>
+      </c>
+      <c r="C56" t="s">
         <v>209</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>211</v>
+      </c>
+      <c r="B57" t="s">
+        <v>212</v>
+      </c>
+      <c r="C57" t="s">
         <v>213</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>215</v>
+      </c>
+      <c r="B58" t="s">
+        <v>216</v>
+      </c>
+      <c r="C58" t="s">
         <v>217</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>219</v>
+      </c>
+      <c r="B59" t="s">
+        <v>220</v>
+      </c>
+      <c r="C59" t="s">
         <v>221</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>223</v>
+      </c>
+      <c r="B60" t="s">
+        <v>224</v>
+      </c>
+      <c r="C60" t="s">
         <v>225</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>227</v>
+      </c>
+      <c r="B61" t="s">
+        <v>228</v>
+      </c>
+      <c r="C61" t="s">
         <v>229</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>231</v>
+      </c>
+      <c r="B62" t="s">
         <v>232</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" t="s">
-        <v>234</v>
+        <v>59</v>
       </c>
       <c r="D62" t="s">
-        <v>235</v>
+        <v>59</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="B63" t="s">
-        <v>237</v>
+        <v>59</v>
       </c>
       <c r="C63" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D63" t="s">
-        <v>239</v>
+        <v>59</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="B64" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="C64" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="D64" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B65" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C65" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D65" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="B66" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="C66" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="D66" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B67" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="C67" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="D67" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B68" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C68" t="s">
-        <v>11</v>
+        <v>253</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>254</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>255</v>
+      </c>
+      <c r="B69" t="s">
+        <v>256</v>
+      </c>
+      <c r="C69" t="s">
+        <v>257</v>
+      </c>
+      <c r="D69" t="s">
         <v>258</v>
-      </c>
-[...7 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B70" t="s">
-        <v>263</v>
+        <v>59</v>
       </c>
       <c r="C70" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D70" t="s">
-        <v>265</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="B71" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="C71" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D71" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="B72" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="C72" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="D72" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="B73" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C73" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="D73" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="B74" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="C74" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="D74" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="B75" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="C75" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="D75" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="B76" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="C76" t="s">
-        <v>288</v>
+        <v>59</v>
       </c>
       <c r="D76" t="s">
-        <v>289</v>
+        <v>59</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>283</v>
+      </c>
+      <c r="B77" t="s">
+        <v>284</v>
+      </c>
+      <c r="C77" t="s">
+        <v>285</v>
+      </c>
+      <c r="D77" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>287</v>
+      </c>
+      <c r="B78" t="s">
+        <v>288</v>
+      </c>
+      <c r="C78" t="s">
+        <v>289</v>
+      </c>
+      <c r="D78" t="s">
         <v>290</v>
       </c>
-      <c r="B77" t="s">
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
         <v>291</v>
       </c>
-      <c r="C77" t="s">
+      <c r="B79" t="s">
         <v>292</v>
       </c>
-      <c r="D77" t="s">
+      <c r="C79" t="s">
         <v>293</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A78" s="2" t="s">
+      <c r="D79" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>295</v>
+      </c>
+      <c r="B80" t="s">
+        <v>296</v>
+      </c>
+      <c r="C80" t="s">
+        <v>297</v>
+      </c>
+      <c r="D80" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B78" s="2" t="s">
+      <c r="B81" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C78" s="2" t="s">
+      <c r="C81" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D78" s="2" t="s">
+      <c r="D81" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="85" spans="1:4">
-[...9 lines deleted...]
-      <c r="D86" s="3"/>
+    <row r="88" spans="1:4">
+      <c r="A88" s="3"/>
+      <c r="B88" s="3"/>
+      <c r="C88" s="3"/>
+      <c r="D88" s="3"/>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" s="3"/>
+      <c r="B89" s="3"/>
+      <c r="C89" s="3"/>
+      <c r="D89" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A85:D85"/>
-    <mergeCell ref="A86:D86"/>
+    <mergeCell ref="A88:D88"/>
+    <mergeCell ref="A89:D89"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>