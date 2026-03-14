--- v1 (2025-12-07)
+++ v2 (2026-03-14)
@@ -12,947 +12,941 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>8,462,844,633</t>
-[...5 lines deleted...]
-    <t>20,990,486,942</t>
+    <t>10,451,684,411</t>
+  </si>
+  <si>
+    <t>6,191,633,913</t>
+  </si>
+  <si>
+    <t>16,384,898,303</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>24,658</t>
-[...5 lines deleted...]
-    <t>5,476</t>
+    <t>72,558</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>5,470</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>2,992,146</t>
-[...5 lines deleted...]
-    <t>7,528,965</t>
+    <t>7,730,288</t>
+  </si>
+  <si>
+    <t>6,509,701</t>
+  </si>
+  <si>
+    <t>7,112,926</t>
+  </si>
+  <si>
+    <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>209,910</t>
+  </si>
+  <si>
+    <t>245,458</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>42,722,072</t>
-[...5 lines deleted...]
-    <t>19,939,023</t>
+    <t>9,197,150</t>
+  </si>
+  <si>
+    <t>42,084,158</t>
+  </si>
+  <si>
+    <t>33,448,466</t>
+  </si>
+  <si>
+    <t>10 ธัญพืช</t>
+  </si>
+  <si>
+    <t>4,580</t>
+  </si>
+  <si>
+    <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
+  </si>
+  <si>
+    <t>1,503</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>1,541,461</t>
-[...5 lines deleted...]
-    <t>3,466,472</t>
+    <t>1,249,292</t>
+  </si>
+  <si>
+    <t>2,053,931</t>
+  </si>
+  <si>
+    <t>3,220,378</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>22,031,856</t>
-[...5 lines deleted...]
-    <t>8,882,522</t>
+    <t>22,132,644</t>
+  </si>
+  <si>
+    <t>14,164,618</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>6,179,732</t>
-[...5 lines deleted...]
-    <t>2,088,252</t>
+    <t>1,807,650</t>
+  </si>
+  <si>
+    <t>2,739,333</t>
+  </si>
+  <si>
+    <t>1,894,969</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>33,697,032</t>
-[...5 lines deleted...]
-    <t>9,813,681</t>
+    <t>39,443,207</t>
+  </si>
+  <si>
+    <t>14,649,896</t>
+  </si>
+  <si>
+    <t>33,853,282</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>5,124,241</t>
-[...5 lines deleted...]
-    <t>11,233,685</t>
+    <t>8,267,326</t>
+  </si>
+  <si>
+    <t>4,758,593</t>
+  </si>
+  <si>
+    <t>7,488,932</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>416,038</t>
-[...5 lines deleted...]
-    <t>67,933</t>
+    <t>2,744</t>
+  </si>
+  <si>
+    <t>56,421</t>
+  </si>
+  <si>
+    <t>824</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>24,521,727</t>
-[...5 lines deleted...]
-    <t>6,080,672</t>
+    <t>21,914,416</t>
+  </si>
+  <si>
+    <t>16,758,678</t>
+  </si>
+  <si>
+    <t>22,006,416</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>4,640</t>
-[...5 lines deleted...]
-    <t>263,101</t>
+    <t>188,136</t>
+  </si>
+  <si>
+    <t>460,708</t>
+  </si>
+  <si>
+    <t>1,382,801</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>13,460,880</t>
-[...5 lines deleted...]
-    <t>12,695,598</t>
+    <t>4,669,453</t>
+  </si>
+  <si>
+    <t>5,470,237</t>
+  </si>
+  <si>
+    <t>7,248,292</t>
   </si>
   <si>
     <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
   </si>
   <si>
-    <t>15,016</t>
-[...5 lines deleted...]
-    <t>0</t>
+    <t>411,486</t>
+  </si>
+  <si>
+    <t>36,641</t>
+  </si>
+  <si>
+    <t>8,379</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>158,656</t>
-[...5 lines deleted...]
-    <t>353,187</t>
+    <t>195,174</t>
+  </si>
+  <si>
+    <t>288,922</t>
+  </si>
+  <si>
+    <t>222,219</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>1,073,503</t>
-[...5 lines deleted...]
-    <t>1,297,054</t>
+    <t>2,668,157</t>
+  </si>
+  <si>
+    <t>683,794</t>
+  </si>
+  <si>
+    <t>1,107,347</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>7,490,467</t>
-[...5 lines deleted...]
-    <t>6,373,631</t>
+    <t>13,413,747</t>
+  </si>
+  <si>
+    <t>3,266,851</t>
+  </si>
+  <si>
+    <t>14,889,315</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>64,315,912</t>
-[...5 lines deleted...]
-    <t>67,587,284</t>
+    <t>62,260,614</t>
+  </si>
+  <si>
+    <t>148,816,251</t>
+  </si>
+  <si>
+    <t>56,342,268</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>330,597,657</t>
-[...5 lines deleted...]
-    <t>366,683,712</t>
+    <t>437,519,358</t>
+  </si>
+  <si>
+    <t>208,537,553</t>
+  </si>
+  <si>
+    <t>267,673,130</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>3,435</t>
+    <t>3,092</t>
   </si>
   <si>
     <t>2,249</t>
   </si>
   <si>
-    <t>4,425</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>22,356,723</t>
-[...5 lines deleted...]
-    <t>105,760,060</t>
+    <t>28,945,393</t>
+  </si>
+  <si>
+    <t>37,415,358</t>
+  </si>
+  <si>
+    <t>20,685,586</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>25,355,814</t>
-[...5 lines deleted...]
-    <t>62,030,057</t>
+    <t>51,903,973</t>
+  </si>
+  <si>
+    <t>40,235,847</t>
+  </si>
+  <si>
+    <t>23,752,979</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>22,162,285</t>
-[...5 lines deleted...]
-    <t>22,017,836</t>
+    <t>12,671,666</t>
+  </si>
+  <si>
+    <t>28,356,620</t>
+  </si>
+  <si>
+    <t>16,474,496</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>12,348,401</t>
-[...11 lines deleted...]
-    <t>149,736</t>
+    <t>2,988,624</t>
+  </si>
+  <si>
+    <t>11,458,318</t>
+  </si>
+  <si>
+    <t>12,631,859</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>36,155,783</t>
-[...5 lines deleted...]
-    <t>30,291,641</t>
+    <t>30,966,008</t>
+  </si>
+  <si>
+    <t>31,828,524</t>
+  </si>
+  <si>
+    <t>27,684,701</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>68,633,355</t>
-[...5 lines deleted...]
-    <t>68,252,106</t>
+    <t>63,417,274</t>
+  </si>
+  <si>
+    <t>61,614,473</t>
+  </si>
+  <si>
+    <t>62,950,942</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>9,375,169</t>
-[...5 lines deleted...]
-    <t>10,424,703</t>
+    <t>9,910,635</t>
+  </si>
+  <si>
+    <t>10,854,894</t>
+  </si>
+  <si>
+    <t>13,358,832</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>2,367,493</t>
-[...5 lines deleted...]
-    <t>344,575</t>
+    <t>72,933</t>
+  </si>
+  <si>
+    <t>37,837</t>
+  </si>
+  <si>
+    <t>928,131</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>5,246,626</t>
-[...5 lines deleted...]
-    <t>1,415,851</t>
+    <t>31,699,760</t>
+  </si>
+  <si>
+    <t>75,991,983</t>
+  </si>
+  <si>
+    <t>4,076,328</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>184,678</t>
-[...11 lines deleted...]
-    <t>59,900</t>
+    <t>1,222,209</t>
+  </si>
+  <si>
+    <t>163,090</t>
+  </si>
+  <si>
+    <t>1,091,138</t>
+  </si>
+  <si>
+    <t>47 เยื่อไม้</t>
+  </si>
+  <si>
+    <t>985,110</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>1,444,622</t>
-[...5 lines deleted...]
-    <t>18,526,780</t>
+    <t>1,536,637</t>
+  </si>
+  <si>
+    <t>8,893,265</t>
+  </si>
+  <si>
+    <t>19,103,632</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>1,284,835</t>
-[...5 lines deleted...]
-    <t>4,927,925</t>
+    <t>2,350,740</t>
+  </si>
+  <si>
+    <t>4,125,495</t>
+  </si>
+  <si>
+    <t>3,049,572</t>
+  </si>
+  <si>
+    <t>50 ไหม</t>
+  </si>
+  <si>
+    <t>80,337</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>48,885</t>
+    <t>13,105</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>140,395</t>
-[...8 lines deleted...]
-    <t>25,405</t>
+    <t>168,194</t>
+  </si>
+  <si>
+    <t>85,892</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>31,303,561</t>
-[...5 lines deleted...]
-    <t>19,172,587</t>
+    <t>21,641,796</t>
+  </si>
+  <si>
+    <t>21,218,176</t>
+  </si>
+  <si>
+    <t>32,454,080</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>41,578</t>
-[...5 lines deleted...]
-    <t>7,501</t>
+    <t>5,468</t>
+  </si>
+  <si>
+    <t>53,566</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>89,312</t>
-[...5 lines deleted...]
-    <t>15,396</t>
+    <t>41,950</t>
+  </si>
+  <si>
+    <t>167,591</t>
+  </si>
+  <si>
+    <t>116,123</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>251,560</t>
-[...5 lines deleted...]
-    <t>147,534</t>
+    <t>6,055,534</t>
+  </si>
+  <si>
+    <t>6,035,000</t>
+  </si>
+  <si>
+    <t>1,000</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>398,210</t>
-[...5 lines deleted...]
-    <t>66,141</t>
+    <t>350,783</t>
+  </si>
+  <si>
+    <t>503,353</t>
+  </si>
+  <si>
+    <t>3,711</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>4,155,752</t>
-[...5 lines deleted...]
-    <t>7,650,622</t>
+    <t>3,228,501</t>
+  </si>
+  <si>
+    <t>9,467,342</t>
+  </si>
+  <si>
+    <t>4,616,066</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>594</t>
-[...2 lines deleted...]
-    <t>823</t>
+    <t>175</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>568,142</t>
-[...5 lines deleted...]
-    <t>584,294</t>
+    <t>276,053</t>
+  </si>
+  <si>
+    <t>152,626</t>
+  </si>
+  <si>
+    <t>1,128,519</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>2,357,974</t>
-[...5 lines deleted...]
-    <t>1,993,536</t>
+    <t>509,265</t>
+  </si>
+  <si>
+    <t>2,052,857</t>
+  </si>
+  <si>
+    <t>2,418,575</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>1,856,229</t>
-[...5 lines deleted...]
-    <t>1,728,150</t>
+    <t>1,555,310</t>
+  </si>
+  <si>
+    <t>5,449,467</t>
+  </si>
+  <si>
+    <t>4,472,194</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>44,216</t>
-[...5 lines deleted...]
-    <t>14,110</t>
+    <t>40,676</t>
+  </si>
+  <si>
+    <t>60,028</t>
+  </si>
+  <si>
+    <t>70,660</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>65,337</t>
-[...5 lines deleted...]
-    <t>93,687</t>
+    <t>3,910</t>
+  </si>
+  <si>
+    <t>7,899</t>
+  </si>
+  <si>
+    <t>124,574</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>48,498</t>
-[...8 lines deleted...]
-    <t>3,068</t>
+    <t>3,597</t>
+  </si>
+  <si>
+    <t>48,207</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>10,263,751</t>
-[...5 lines deleted...]
-    <t>5,414,870</t>
+    <t>13,740,810</t>
+  </si>
+  <si>
+    <t>9,147,380</t>
+  </si>
+  <si>
+    <t>2,441,529</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>1,214,985</t>
-[...5 lines deleted...]
-    <t>841,504</t>
+    <t>964,152</t>
+  </si>
+  <si>
+    <t>3,475,857</t>
+  </si>
+  <si>
+    <t>638,003</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>48,669,238</t>
-[...5 lines deleted...]
-    <t>36,185,366</t>
+    <t>24,533,283</t>
+  </si>
+  <si>
+    <t>27,903,562</t>
+  </si>
+  <si>
+    <t>29,250,637</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>4,173,556,275</t>
-[...5 lines deleted...]
-    <t>17,373,666,313</t>
+    <t>6,580,592,604</t>
+  </si>
+  <si>
+    <t>2,673,047,567</t>
+  </si>
+  <si>
+    <t>12,668,297,864</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>22,165,203</t>
-[...5 lines deleted...]
-    <t>35,864,330</t>
+    <t>10,216,367</t>
+  </si>
+  <si>
+    <t>24,935,026</t>
+  </si>
+  <si>
+    <t>7,036,959</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>62,137,631</t>
-[...5 lines deleted...]
-    <t>93,286,001</t>
+    <t>66,468,176</t>
+  </si>
+  <si>
+    <t>87,164,359</t>
+  </si>
+  <si>
+    <t>83,004,680</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>5,384,393</t>
-[...5 lines deleted...]
-    <t>2,391,359</t>
+    <t>6,076,522</t>
+  </si>
+  <si>
+    <t>4,244,931</t>
+  </si>
+  <si>
+    <t>1,400,688</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>1,242,696</t>
-[...5 lines deleted...]
-    <t>42,170</t>
+    <t>31,201</t>
+  </si>
+  <si>
+    <t>24,499</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>2,106,750</t>
-[...11 lines deleted...]
-    <t>5,637</t>
+    <t>12,344,758</t>
+  </si>
+  <si>
+    <t>3,000,312</t>
+  </si>
+  <si>
+    <t>7,594,011</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>2,454</t>
+    <t>43,279</t>
+  </si>
+  <si>
+    <t>105,237</t>
+  </si>
+  <si>
+    <t>12,676</t>
   </si>
   <si>
     <t>80 ดีบุกและของทำด้วยดีบุก</t>
   </si>
   <si>
-    <t>316,091</t>
-[...5 lines deleted...]
-    <t>480,807</t>
+    <t>442,432</t>
+  </si>
+  <si>
+    <t>446,462</t>
+  </si>
+  <si>
+    <t>606,021</t>
   </si>
   <si>
     <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
   </si>
   <si>
-    <t>147,205</t>
-[...5 lines deleted...]
-    <t>208,423</t>
+    <t>136,881</t>
+  </si>
+  <si>
+    <t>665,963</t>
+  </si>
+  <si>
+    <t>452,809</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>79,200,035</t>
-[...5 lines deleted...]
-    <t>30,178,773</t>
+    <t>26,859,460</t>
+  </si>
+  <si>
+    <t>30,462,175</t>
+  </si>
+  <si>
+    <t>22,328,300</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>8,604,763</t>
-[...5 lines deleted...]
-    <t>10,941,903</t>
+    <t>3,417,281</t>
+  </si>
+  <si>
+    <t>7,917,263</t>
+  </si>
+  <si>
+    <t>7,644,603</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>491,527,002</t>
-[...5 lines deleted...]
-    <t>218,211,394</t>
+    <t>422,782,300</t>
+  </si>
+  <si>
+    <t>263,366,084</t>
+  </si>
+  <si>
+    <t>413,507,522</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>350,711,384</t>
-[...5 lines deleted...]
-    <t>305,243,475</t>
+    <t>518,234,811</t>
+  </si>
+  <si>
+    <t>332,153,627</t>
+  </si>
+  <si>
+    <t>405,522,069</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>100,000</t>
+    <t>43,000</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>6,051,279</t>
-[...5 lines deleted...]
-    <t>3,310,901</t>
+    <t>3,133,406</t>
+  </si>
+  <si>
+    <t>5,128,483</t>
+  </si>
+  <si>
+    <t>3,171,739</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>10,869,961</t>
-[...5 lines deleted...]
-    <t>1,066,237</t>
+    <t>5,098,164</t>
+  </si>
+  <si>
+    <t>2,909,170</t>
+  </si>
+  <si>
+    <t>1,276,246</t>
+  </si>
+  <si>
+    <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
+  </si>
+  <si>
+    <t>15,890,633</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>291,431,321</t>
-[...5 lines deleted...]
-    <t>300,174,650</t>
+    <t>220,684,402</t>
+  </si>
+  <si>
+    <t>328,778,345</t>
+  </si>
+  <si>
+    <t>290,167,143</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>2,073,442,903</t>
-[...5 lines deleted...]
-    <t>1,666,605,806</t>
+    <t>1,629,626,101</t>
+  </si>
+  <si>
+    <t>1,531,970,773</t>
+  </si>
+  <si>
+    <t>1,701,745,322</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>2,000</t>
-[...11 lines deleted...]
-    <t>1,944,180</t>
+    <t>17,571</t>
+  </si>
+  <si>
+    <t>101,288</t>
+  </si>
+  <si>
+    <t>7,896</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>8,405,402</t>
-[...5 lines deleted...]
-    <t>9,374,953</t>
+    <t>2,701,559</t>
+  </si>
+  <si>
+    <t>13,638,090</t>
+  </si>
+  <si>
+    <t>8,943,467</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>176,356</t>
-[...5 lines deleted...]
-    <t>255,346</t>
+    <t>258,736</t>
+  </si>
+  <si>
+    <t>277,100</t>
+  </si>
+  <si>
+    <t>169,764</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>8,218,430</t>
-[...5 lines deleted...]
-    <t>1,315,723</t>
+    <t>4,506,844</t>
+  </si>
+  <si>
+    <t>1,384,837</t>
+  </si>
+  <si>
+    <t>4,952,243</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>340,847</t>
-[...5 lines deleted...]
-    <t>9,764</t>
+    <t>7,114</t>
+  </si>
+  <si>
+    <t>3,697,958</t>
+  </si>
+  <si>
+    <t>276,327</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1295,52 +1289,52 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A89" sqref="A89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
@@ -1367,1101 +1361,1101 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
         <v>20</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>21</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
         <v>24</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="C8" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C11" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="C12" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C13" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="C14" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="D14" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="B15" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="B16" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C16" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="D16" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="B17" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D17" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B18" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="C18" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D18" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C19" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="D19" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="B20" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="C20" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="C21" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="D21" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="B22" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="C22" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D22" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B23" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C23" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="D23" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="B24" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C24" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="D24" t="s">
-        <v>95</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="B25" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="C25" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="D25" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="B26" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="C26" t="s">
-        <v>59</v>
+        <v>95</v>
       </c>
       <c r="D26" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B27" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="C27" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D27" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="D28" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B29" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C29" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D29" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B30" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C30" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D30" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B31" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C31" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D31" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B32" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C32" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="D32" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B33" t="s">
-        <v>59</v>
+        <v>122</v>
       </c>
       <c r="C33" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D33" t="s">
-        <v>59</v>
+        <v>124</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>125</v>
+      </c>
+      <c r="B34" t="s">
+        <v>126</v>
+      </c>
+      <c r="C34" t="s">
+        <v>127</v>
+      </c>
+      <c r="D34" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B35" t="s">
-        <v>133</v>
+        <v>10</v>
       </c>
       <c r="C35" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B36" t="s">
-        <v>59</v>
+        <v>132</v>
       </c>
       <c r="C36" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="D36" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>135</v>
+      </c>
+      <c r="B37" t="s">
+        <v>136</v>
+      </c>
+      <c r="C37" t="s">
+        <v>137</v>
+      </c>
+      <c r="D37" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B38" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="C38" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B39" t="s">
-        <v>144</v>
+        <v>10</v>
       </c>
       <c r="C39" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B40" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C40" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="B41" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C41" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="D41" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B42" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C42" t="s">
-        <v>157</v>
+        <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="B43" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="C43" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="D43" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="B44" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="C44" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="D44" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="B45" t="s">
-        <v>59</v>
+        <v>162</v>
       </c>
       <c r="C45" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="D45" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B46" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C46" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="D46" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B47" t="s">
-        <v>175</v>
+        <v>10</v>
       </c>
       <c r="C47" t="s">
-        <v>176</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="B48" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="C48" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="D48" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="B49" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="C49" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="D49" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="B50" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="C50" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="D50" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="B51" t="s">
-        <v>59</v>
+        <v>184</v>
       </c>
       <c r="C51" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="D51" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="B52" t="s">
-        <v>59</v>
+        <v>188</v>
       </c>
       <c r="C52" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D52" t="s">
-        <v>59</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B53" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C53" t="s">
-        <v>197</v>
+        <v>160</v>
       </c>
       <c r="D53" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B54" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C54" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D54" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B55" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="C55" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="D55" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B56" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C56" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D56" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B57" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C57" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D57" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B58" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="C58" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="D58" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="B59" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C59" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="D59" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="B60" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C60" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D60" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B61" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C61" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D61" t="s">
-        <v>230</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B62" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C62" t="s">
-        <v>59</v>
+        <v>227</v>
       </c>
       <c r="D62" t="s">
-        <v>59</v>
+        <v>228</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="B63" t="s">
-        <v>59</v>
+        <v>230</v>
       </c>
       <c r="C63" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="D63" t="s">
-        <v>59</v>
+        <v>232</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>233</v>
+      </c>
+      <c r="B64" t="s">
+        <v>234</v>
+      </c>
+      <c r="C64" t="s">
         <v>235</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>237</v>
+      </c>
+      <c r="B65" t="s">
+        <v>238</v>
+      </c>
+      <c r="C65" t="s">
         <v>239</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>241</v>
+      </c>
+      <c r="B66" t="s">
+        <v>242</v>
+      </c>
+      <c r="C66" t="s">
         <v>243</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>245</v>
+      </c>
+      <c r="B67" t="s">
+        <v>246</v>
+      </c>
+      <c r="C67" t="s">
         <v>247</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>249</v>
+      </c>
+      <c r="B68" t="s">
+        <v>250</v>
+      </c>
+      <c r="C68" t="s">
         <v>251</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>253</v>
+      </c>
+      <c r="B69" t="s">
+        <v>254</v>
+      </c>
+      <c r="C69" t="s">
         <v>255</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B70" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="C70" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D70" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>259</v>
+      </c>
+      <c r="B71" t="s">
+        <v>260</v>
+      </c>
+      <c r="C71" t="s">
         <v>261</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>263</v>
+      </c>
+      <c r="B72" t="s">
+        <v>264</v>
+      </c>
+      <c r="C72" t="s">
         <v>265</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B73" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C73" t="s">
-        <v>271</v>
+        <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>272</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B74" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="C74" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="D74" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B75" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C75" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D75" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B76" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C76" t="s">
-        <v>59</v>
+        <v>279</v>
       </c>
       <c r="D76" t="s">
-        <v>59</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>281</v>
+      </c>
+      <c r="B77" t="s">
+        <v>282</v>
+      </c>
+      <c r="C77" t="s">
         <v>283</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>285</v>
+      </c>
+      <c r="B78" t="s">
+        <v>286</v>
+      </c>
+      <c r="C78" t="s">
         <v>287</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>289</v>
+      </c>
+      <c r="B79" t="s">
+        <v>290</v>
+      </c>
+      <c r="C79" t="s">
         <v>291</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>293</v>
+      </c>
+      <c r="B80" t="s">
+        <v>294</v>
+      </c>
+      <c r="C80" t="s">
         <v>295</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3"/>
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3"/>
       <c r="B89" s="3"/>