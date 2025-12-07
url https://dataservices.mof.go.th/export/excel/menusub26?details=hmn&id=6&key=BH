--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,395 +12,392 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>189,781,591</t>
+  </si>
+  <si>
     <t>210,748,550</t>
   </si>
   <si>
     <t>231,242,339</t>
   </si>
   <si>
-    <t>340,619,175</t>
-[...2 lines deleted...]
-    <t>01 สัตว์มีชีวิต</t>
+    <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
+  </si>
+  <si>
+    <t>37,811,787</t>
+  </si>
+  <si>
+    <t>19,126,980</t>
+  </si>
+  <si>
+    <t>21,699,733</t>
+  </si>
+  <si>
+    <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
+  </si>
+  <si>
+    <t>4,491</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>21,000</t>
-[...37 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>164,935</t>
+  </si>
+  <si>
     <t>165,470</t>
   </si>
   <si>
-    <t>35,760</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>3,246,079</t>
+  </si>
+  <si>
     <t>2,661,249</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
     <t>35,321,851</t>
   </si>
   <si>
     <t>26,757,443</t>
   </si>
   <si>
-    <t>31 ปุ๋ย</t>
-[...4 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
     <t>1,113</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>2,166,540</t>
+  </si>
+  <si>
     <t>4,586,314</t>
   </si>
   <si>
     <t>1,429,295</t>
   </si>
   <si>
-    <t>4,469,777</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>4,715,158</t>
+  </si>
+  <si>
     <t>1,869,973</t>
   </si>
   <si>
     <t>1,200,524</t>
   </si>
   <si>
-    <t>553</t>
+    <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
+  </si>
+  <si>
+    <t>5,236</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>11,593</t>
+  </si>
+  <si>
     <t>200,357</t>
   </si>
   <si>
-    <t>77,748</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>60,449</t>
+  </si>
+  <si>
     <t>42,460</t>
   </si>
   <si>
     <t>77,349</t>
   </si>
   <si>
-    <t>18,323</t>
+    <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
+  </si>
+  <si>
+    <t>753</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
     <t>8,000</t>
   </si>
   <si>
     <t>1,000</t>
   </si>
   <si>
+    <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
+  </si>
+  <si>
+    <t>1,478</t>
+  </si>
+  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>10,295</t>
+  </si>
+  <si>
     <t>5,785</t>
   </si>
   <si>
     <t>6,127</t>
   </si>
   <si>
-    <t>2,906</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>17,098</t>
+  </si>
+  <si>
     <t>24,603</t>
   </si>
   <si>
     <t>28,501</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>93,801</t>
+  </si>
+  <si>
     <t>77,778</t>
   </si>
   <si>
     <t>72,196</t>
   </si>
   <si>
-    <t>32,000</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>2,883</t>
+  </si>
+  <si>
     <t>22,457</t>
   </si>
   <si>
     <t>33,279</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>22,832</t>
+  </si>
+  <si>
     <t>151,943</t>
   </si>
   <si>
     <t>11,996</t>
   </si>
   <si>
-    <t>35,548</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>1,512,734</t>
+  </si>
+  <si>
     <t>1,415,505</t>
   </si>
   <si>
     <t>2,880,431</t>
   </si>
   <si>
-    <t>1,442,833</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>184,180</t>
+  </si>
+  <si>
     <t>27,619</t>
   </si>
   <si>
-    <t>25,384</t>
+    <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
+  </si>
+  <si>
+    <t>30,534</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
     <t>60,088</t>
   </si>
   <si>
     <t>191,258</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
     <t>44,702</t>
   </si>
   <si>
     <t>101,979</t>
   </si>
   <si>
-    <t>23,000</t>
-[...7 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>127,658,255</t>
+  </si>
+  <si>
     <t>147,525,868</t>
   </si>
   <si>
     <t>173,707,708</t>
   </si>
   <si>
-    <t>234,444,748</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
     <t>36,872</t>
   </si>
   <si>
     <t>5,000</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>21,038</t>
+  </si>
+  <si>
     <t>7,000</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
     <t>41,000</t>
   </si>
   <si>
     <t>17,000</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
     <t>42,734</t>
   </si>
   <si>
     <t>30,748</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
     <t>6,062</t>
   </si>
   <si>
     <t>16,972</t>
   </si>
   <si>
-    <t>12,000</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
     <t>10,000</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>12,022,970</t>
+  </si>
+  <si>
     <t>87,870</t>
   </si>
   <si>
     <t>72,500</t>
   </si>
   <si>
-    <t>13,422,262</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
+  </si>
+  <si>
+    <t>3,472</t>
   </si>
   <si>
     <t>12,584</t>
   </si>
   <si>
     <t>23,707</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>34,374</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -749,641 +746,613 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D48"/>
+  <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A48" sqref="A48"/>
+      <selection activeCell="A46" sqref="A46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C8" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C12" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C20" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C21" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C22" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C23" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="B24" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="C24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="D24" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B25" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="C25" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="D25" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B26" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="C26" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="D26" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B27" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="C27" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B28" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C28" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D28" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B29" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="D29" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B30" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C30" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="D30" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>97</v>
+      </c>
+      <c r="B31" t="s">
         <v>93</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B32" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="C32" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>102</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B33" t="s">
-        <v>99</v>
+        <v>14</v>
       </c>
       <c r="C33" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>105</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B34" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="C34" t="s">
-        <v>103</v>
+        <v>49</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>107</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B35" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C35" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D35" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B36" t="s">
-        <v>54</v>
+        <v>113</v>
       </c>
       <c r="C36" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B37" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C37" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="D37" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="38" spans="1:4">
-      <c r="A38" t="s">
-[...27 lines deleted...]
-      <c r="A40" s="2" t="s">
+      <c r="A38" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B40" s="2" t="s">
+      <c r="B38" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C40" s="2" t="s">
+      <c r="C38" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D40" s="2" t="s">
+      <c r="D38" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="47" spans="1:4">
-[...9 lines deleted...]
-      <c r="D48" s="3"/>
+    <row r="45" spans="1:4">
+      <c r="A45" s="3"/>
+      <c r="B45" s="3"/>
+      <c r="C45" s="3"/>
+      <c r="D45" s="3"/>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" s="3"/>
+      <c r="B46" s="3"/>
+      <c r="C46" s="3"/>
+      <c r="D46" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A47:D47"/>
-    <mergeCell ref="A48:D48"/>
+    <mergeCell ref="A45:D45"/>
+    <mergeCell ref="A46:D46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>