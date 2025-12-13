--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -12,407 +12,434 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>ตุลาคม 2568</t>
+  </si>
+  <si>
     <t>กันยายน 2568</t>
   </si>
   <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
-    <t>กรกฎาคม 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>244,782,438</t>
+  </si>
+  <si>
     <t>189,781,591</t>
   </si>
   <si>
     <t>210,748,550</t>
   </si>
   <si>
-    <t>231,242,339</t>
+    <t>01 สัตว์มีชีวิต</t>
+  </si>
+  <si>
+    <t>4,000</t>
+  </si>
+  <si>
+    <t>0</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>33,226,464</t>
+  </si>
+  <si>
     <t>37,811,787</t>
   </si>
   <si>
     <t>19,126,980</t>
   </si>
   <si>
-    <t>21,699,733</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
     <t>4,491</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
     <t>164,935</t>
   </si>
   <si>
-    <t>165,470</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
     <t>3,246,079</t>
   </si>
   <si>
-    <t>2,661,249</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>42,024,796</t>
+  </si>
+  <si>
     <t>35,321,851</t>
   </si>
   <si>
-    <t>26,757,443</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
     <t>1,113</t>
   </si>
   <si>
+    <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>4,576,658</t>
+  </si>
+  <si>
     <t>2,166,540</t>
   </si>
   <si>
     <t>4,586,314</t>
   </si>
   <si>
-    <t>1,429,295</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>2,932,201</t>
+  </si>
+  <si>
     <t>4,715,158</t>
   </si>
   <si>
     <t>1,869,973</t>
   </si>
   <si>
-    <t>1,200,524</t>
+    <t>42 เครื่องหนัง</t>
+  </si>
+  <si>
+    <t>640</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
     <t>5,236</t>
   </si>
   <si>
     <t>46 ผลิตภัณฑ์ทำด้วยฟาง เครื่องจักสานและเครื่องสาน</t>
   </si>
   <si>
-    <t>500</t>
+    <t>6,096</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>105,013</t>
+  </si>
+  <si>
     <t>11,593</t>
   </si>
   <si>
     <t>200,357</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>21,565</t>
+  </si>
+  <si>
     <t>60,449</t>
   </si>
   <si>
     <t>42,460</t>
   </si>
   <si>
-    <t>77,349</t>
-[...1 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>1,000</t>
+  </si>
+  <si>
     <t>8,000</t>
   </si>
   <si>
-    <t>1,000</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
     <t>1,478</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>192</t>
+  </si>
+  <si>
     <t>10,295</t>
   </si>
   <si>
     <t>5,785</t>
   </si>
   <si>
-    <t>6,127</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>26,920</t>
+  </si>
+  <si>
     <t>17,098</t>
   </si>
   <si>
     <t>24,603</t>
   </si>
   <si>
-    <t>28,501</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>17,525</t>
+  </si>
+  <si>
     <t>93,801</t>
   </si>
   <si>
     <t>77,778</t>
   </si>
   <si>
-    <t>72,196</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
     <t>2,883</t>
   </si>
   <si>
     <t>22,457</t>
   </si>
   <si>
-    <t>33,279</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>519,423</t>
+  </si>
+  <si>
     <t>22,832</t>
   </si>
   <si>
     <t>151,943</t>
   </si>
   <si>
-    <t>11,996</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>1,441,145</t>
+  </si>
+  <si>
     <t>1,512,734</t>
   </si>
   <si>
     <t>1,415,505</t>
   </si>
   <si>
-    <t>2,880,431</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>2,000</t>
+  </si>
+  <si>
     <t>184,180</t>
   </si>
   <si>
     <t>27,619</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>2,659</t>
+  </si>
+  <si>
     <t>30,534</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>94,034</t>
+  </si>
+  <si>
     <t>60,088</t>
   </si>
   <si>
-    <t>191,258</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
     <t>44,702</t>
   </si>
   <si>
-    <t>101,979</t>
+    <t>74 ทองแดงและชองทำด้วยทองแดง</t>
+  </si>
+  <si>
+    <t>1,335,844</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>157,954,235</t>
+  </si>
+  <si>
     <t>127,658,255</t>
   </si>
   <si>
     <t>147,525,868</t>
   </si>
   <si>
-    <t>173,707,708</t>
-[...1 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>3,000</t>
+  </si>
+  <si>
     <t>36,872</t>
   </si>
   <si>
+    <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
+  </si>
+  <si>
+    <t>21,038</t>
+  </si>
+  <si>
+    <t>7,000</t>
+  </si>
+  <si>
+    <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
+  </si>
+  <si>
+    <t>26,032</t>
+  </si>
+  <si>
     <t>5,000</t>
   </si>
   <si>
-    <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
-[...10 lines deleted...]
-  <si>
     <t>41,000</t>
   </si>
   <si>
-    <t>17,000</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>250,953</t>
+  </si>
+  <si>
     <t>42,734</t>
   </si>
   <si>
-    <t>30,748</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
     <t>6,062</t>
   </si>
   <si>
-    <t>16,972</t>
+    <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
+  </si>
+  <si>
+    <t>6,397</t>
+  </si>
+  <si>
+    <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>10,000</t>
-[...1 lines deleted...]
-  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>35,384</t>
+  </si>
+  <si>
     <t>12,022,970</t>
   </si>
   <si>
     <t>87,870</t>
   </si>
   <si>
-    <t>72,500</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>149,841</t>
+  </si>
+  <si>
     <t>3,472</t>
   </si>
   <si>
     <t>12,584</t>
   </si>
   <si>
-    <t>23,707</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>768</t>
+  </si>
+  <si>
     <t>32</t>
-  </si>
-[...1 lines deleted...]
-    <t>34,374</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -746,613 +773,697 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D46"/>
+  <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A46" sqref="A46"/>
+      <selection activeCell="A52" sqref="A52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
         <v>16</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C15" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="C18" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B20" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="C20" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="B21" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D21" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="B22" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="D22" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="B23" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="B24" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="B25" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="C26" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D26" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B27" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D27" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B28" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C28" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D28" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B29" t="s">
-        <v>14</v>
+        <v>88</v>
       </c>
       <c r="C29" t="s">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B30" t="s">
-        <v>95</v>
+        <v>10</v>
       </c>
       <c r="C30" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B31" t="s">
         <v>93</v>
       </c>
       <c r="C31" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="B32" t="s">
-        <v>48</v>
+        <v>95</v>
       </c>
       <c r="C32" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D32" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B33" t="s">
-        <v>14</v>
+        <v>99</v>
       </c>
       <c r="C33" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B34" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>49</v>
+        <v>102</v>
       </c>
       <c r="D34" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B35" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C35" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D35" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B36" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C36" t="s">
-        <v>114</v>
+        <v>54</v>
       </c>
       <c r="D36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>111</v>
+      </c>
+      <c r="B37" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>113</v>
+      </c>
+      <c r="B38" t="s">
+        <v>114</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>115</v>
+      </c>
+      <c r="B39" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
         <v>116</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
         <v>117</v>
       </c>
-      <c r="D37" t="s">
+      <c r="B41" t="s">
         <v>118</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="2" t="s">
+      <c r="C41" t="s">
+        <v>119</v>
+      </c>
+      <c r="D41" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>121</v>
+      </c>
+      <c r="B42" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" t="s">
+        <v>123</v>
+      </c>
+      <c r="D42" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" t="s">
+        <v>126</v>
+      </c>
+      <c r="C43" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B38" s="2" t="s">
+      <c r="B44" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C38" s="2" t="s">
+      <c r="C44" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D38" s="2" t="s">
+      <c r="D44" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="45" spans="1:4">
-[...9 lines deleted...]
-      <c r="D46" s="3"/>
+    <row r="51" spans="1:4">
+      <c r="A51" s="3"/>
+      <c r="B51" s="3"/>
+      <c r="C51" s="3"/>
+      <c r="D51" s="3"/>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" s="3"/>
+      <c r="B52" s="3"/>
+      <c r="C52" s="3"/>
+      <c r="D52" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A45:D45"/>
-    <mergeCell ref="A46:D46"/>
+    <mergeCell ref="A51:D51"/>
+    <mergeCell ref="A52:D52"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>