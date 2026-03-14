--- v2 (2025-12-13)
+++ v3 (2026-03-14)
@@ -12,434 +12,356 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>ตุลาคม 2568</t>
-[...5 lines deleted...]
-    <t>สิงหาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>244,782,438</t>
-[...5 lines deleted...]
-    <t>210,748,550</t>
+    <t>358,007,763</t>
+  </si>
+  <si>
+    <t>342,909,205</t>
+  </si>
+  <si>
+    <t>275,919,969</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>4,000</t>
+    <t>9,000</t>
+  </si>
+  <si>
+    <t>5,000</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>33,226,464</t>
-[...11 lines deleted...]
-    <t>4,491</t>
+    <t>24,138,524</t>
+  </si>
+  <si>
+    <t>30,375,264</t>
+  </si>
+  <si>
+    <t>26,488,179</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>164,935</t>
+    <t>165,583</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>3,246,079</t>
-[...8 lines deleted...]
-    <t>35,321,851</t>
+    <t>657,051</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>1,113</t>
-[...5 lines deleted...]
-    <t>256</t>
+    <t>1,618</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>4,576,658</t>
-[...5 lines deleted...]
-    <t>4,586,314</t>
+    <t>1,309,730</t>
+  </si>
+  <si>
+    <t>906,656</t>
+  </si>
+  <si>
+    <t>2,965,658</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>2,932,201</t>
-[...23 lines deleted...]
-    <t>6,096</t>
+    <t>4,636,461</t>
+  </si>
+  <si>
+    <t>1,795,774</t>
+  </si>
+  <si>
+    <t>2,976,948</t>
+  </si>
+  <si>
+    <t>40 ยางและของทำด้วยยาง</t>
+  </si>
+  <si>
+    <t>1,325</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>105,013</t>
-[...5 lines deleted...]
-    <t>200,357</t>
+    <t>194,888</t>
+  </si>
+  <si>
+    <t>212,772</t>
+  </si>
+  <si>
+    <t>7,474</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>21,565</t>
-[...5 lines deleted...]
-    <t>42,460</t>
+    <t>14,671</t>
+  </si>
+  <si>
+    <t>29,549</t>
+  </si>
+  <si>
+    <t>760,561</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>753</t>
+    <t>696</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>1,000</t>
-[...8 lines deleted...]
-    <t>1,478</t>
+    <t>3,419</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>192</t>
-[...5 lines deleted...]
-    <t>5,785</t>
+    <t>955</t>
+  </si>
+  <si>
+    <t>23,669</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>26,920</t>
-[...5 lines deleted...]
-    <t>24,603</t>
+    <t>4,193</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>17,525</t>
-[...14 lines deleted...]
-    <t>22,457</t>
+    <t>35,000</t>
+  </si>
+  <si>
+    <t>104,422</t>
+  </si>
+  <si>
+    <t>92,032</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>519,423</t>
-[...5 lines deleted...]
-    <t>151,943</t>
+    <t>57,677</t>
+  </si>
+  <si>
+    <t>537,198</t>
+  </si>
+  <si>
+    <t>21,849</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>1,441,145</t>
-[...5 lines deleted...]
-    <t>1,415,505</t>
+    <t>30,000</t>
+  </si>
+  <si>
+    <t>85,095</t>
+  </si>
+  <si>
+    <t>1,451,022</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>2,000</t>
-[...5 lines deleted...]
-    <t>27,619</t>
+    <t>54,479</t>
+  </si>
+  <si>
+    <t>35</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>2,659</t>
-[...2 lines deleted...]
-    <t>30,534</t>
+    <t>81,963,902</t>
+  </si>
+  <si>
+    <t>293</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>94,034</t>
-[...2 lines deleted...]
-    <t>60,088</t>
+    <t>378,912</t>
+  </si>
+  <si>
+    <t>912,426</t>
+  </si>
+  <si>
+    <t>2,966,235</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>44,702</t>
+    <t>386,845</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>1,335,844</t>
+    <t>1,339,876</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>157,954,235</t>
-[...5 lines deleted...]
-    <t>147,525,868</t>
+    <t>325,079,977</t>
+  </si>
+  <si>
+    <t>225,346,993</t>
+  </si>
+  <si>
+    <t>237,298,557</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>3,000</t>
-[...2 lines deleted...]
-    <t>36,872</t>
+    <t>22,368</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>21,038</t>
-[...2 lines deleted...]
-    <t>7,000</t>
+    <t>26,956</t>
+  </si>
+  <si>
+    <t>20,573</t>
+  </si>
+  <si>
+    <t>2,387</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>26,032</t>
-[...5 lines deleted...]
-    <t>41,000</t>
+    <t>13,500</t>
+  </si>
+  <si>
+    <t>14,352</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>250,953</t>
-[...17 lines deleted...]
-    <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
+    <t>17,000</t>
+  </si>
+  <si>
+    <t>56,000</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>10,000</t>
+  </si>
+  <si>
+    <t>50,000</t>
+  </si>
+  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>35,384</t>
-[...5 lines deleted...]
-    <t>87,870</t>
+    <t>628,707</t>
+  </si>
+  <si>
+    <t>68,000</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>149,841</t>
-[...14 lines deleted...]
-    <t>32</t>
+    <t>36,069</t>
+  </si>
+  <si>
+    <t>37,234</t>
+  </si>
+  <si>
+    <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
+  </si>
+  <si>
+    <t>348</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -773,697 +695,557 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D52"/>
+  <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A52" sqref="A52"/>
+      <selection activeCell="A42" sqref="A42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B18" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D18" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C19" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B20" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="D20" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C22" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B24" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="C24" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B25" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C25" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D25" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B26" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C26" t="s">
-        <v>78</v>
+        <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B27" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C27" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D27" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B28" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C28" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D28" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B29" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="D29" t="s">
-        <v>89</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B30" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="C30" t="s">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="D30" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B31" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="D31" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B32" t="s">
-        <v>95</v>
+        <v>10</v>
       </c>
       <c r="C32" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D32" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B33" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:4">
-      <c r="A34" t="s">
-[...93 lines deleted...]
-        <v>53</v>
+      <c r="A34" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:4">
-      <c r="A41" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A41" s="3"/>
+      <c r="B41" s="3"/>
+      <c r="C41" s="3"/>
+      <c r="D41" s="3"/>
     </row>
     <row r="42" spans="1:4">
-      <c r="A42" t="s">
-[...50 lines deleted...]
-      <c r="D52" s="3"/>
+      <c r="A42" s="3"/>
+      <c r="B42" s="3"/>
+      <c r="C42" s="3"/>
+      <c r="D42" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A51:D51"/>
-    <mergeCell ref="A52:D52"/>
+    <mergeCell ref="A41:D41"/>
+    <mergeCell ref="A42:D42"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>