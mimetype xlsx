--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -12,1085 +12,1067 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="345">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>รวม</t>
   </si>
   <si>
+    <t>9,442,533,357</t>
+  </si>
+  <si>
     <t>13,139,899,105</t>
   </si>
   <si>
     <t>12,224,112,710</t>
   </si>
   <si>
-    <t>10,820,110,781</t>
-[...1 lines deleted...]
-  <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
+    <t>2,651,209</t>
+  </si>
+  <si>
     <t>9,292,212</t>
   </si>
   <si>
     <t>3,426,953</t>
   </si>
   <si>
-    <t>97,502</t>
-[...1 lines deleted...]
-  <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
+    <t>816,049,050</t>
+  </si>
+  <si>
     <t>724,077,304</t>
   </si>
   <si>
     <t>830,979,621</t>
   </si>
   <si>
-    <t>730,131,564</t>
-[...1 lines deleted...]
-  <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
+    <t>39,632,456</t>
+  </si>
+  <si>
     <t>32,822,661</t>
   </si>
   <si>
     <t>24,371,536</t>
   </si>
   <si>
-    <t>17,153,334</t>
-[...1 lines deleted...]
-  <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
+    <t>237,769,629</t>
+  </si>
+  <si>
     <t>330,282,863</t>
   </si>
   <si>
     <t>361,378,824</t>
   </si>
   <si>
-    <t>253,416,739</t>
-[...1 lines deleted...]
-  <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
+    <t>52,466,056</t>
+  </si>
+  <si>
     <t>39,100,878</t>
   </si>
   <si>
     <t>64,863,643</t>
   </si>
   <si>
-    <t>34,948,553</t>
-[...1 lines deleted...]
-  <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
+    <t>56,420</t>
+  </si>
+  <si>
     <t>0</t>
   </si>
   <si>
     <t>26,309</t>
   </si>
   <si>
-    <t>21,824</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
+    <t>32,147,339</t>
+  </si>
+  <si>
     <t>36,638,648</t>
   </si>
   <si>
     <t>80,119,390</t>
   </si>
   <si>
-    <t>62,221,564</t>
-[...1 lines deleted...]
-  <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
+    <t>310,530,768</t>
+  </si>
+  <si>
     <t>448,676,707</t>
   </si>
   <si>
     <t>238,466,773</t>
   </si>
   <si>
-    <t>176,287,318</t>
-[...1 lines deleted...]
-  <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
+    <t>2,413,469</t>
+  </si>
+  <si>
     <t>11,560,811</t>
   </si>
   <si>
     <t>11,686,662</t>
   </si>
   <si>
-    <t>8,169,280</t>
-[...1 lines deleted...]
-  <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
+    <t>720,570,545</t>
+  </si>
+  <si>
     <t>1,135,263,336</t>
   </si>
   <si>
     <t>915,280,780</t>
   </si>
   <si>
-    <t>2,514,582,055</t>
-[...1 lines deleted...]
-  <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
+    <t>89,477,977</t>
+  </si>
+  <si>
     <t>148,196,832</t>
   </si>
   <si>
     <t>230,746,834</t>
   </si>
   <si>
-    <t>247,214,784</t>
-[...1 lines deleted...]
-  <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
+    <t>2,252,727</t>
+  </si>
+  <si>
     <t>5,364,448</t>
   </si>
   <si>
     <t>3,995,115</t>
   </si>
   <si>
-    <t>2,030,127</t>
-[...1 lines deleted...]
-  <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
+    <t>738,871</t>
+  </si>
+  <si>
     <t>257,626</t>
   </si>
   <si>
     <t>501,358</t>
   </si>
   <si>
-    <t>259,212</t>
-[...1 lines deleted...]
-  <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>114,651,702</t>
+  </si>
+  <si>
     <t>43,258,507</t>
   </si>
   <si>
     <t>65,996,373</t>
   </si>
   <si>
-    <t>18,003,816</t>
-[...1 lines deleted...]
-  <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
+    <t>21,936,447</t>
+  </si>
+  <si>
     <t>17,946,791</t>
   </si>
   <si>
     <t>35,386,849</t>
   </si>
   <si>
-    <t>13,302,563</t>
-[...1 lines deleted...]
-  <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
+    <t>1,436,487</t>
+  </si>
+  <si>
     <t>1,318,236</t>
   </si>
   <si>
     <t>9,049,222</t>
   </si>
   <si>
-    <t>2,557,476</t>
-[...1 lines deleted...]
-  <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
+    <t>26,254,955</t>
+  </si>
+  <si>
     <t>20,175,489</t>
   </si>
   <si>
     <t>50,562,116</t>
   </si>
   <si>
-    <t>29,504,696</t>
-[...1 lines deleted...]
-  <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
+    <t>17,382,646</t>
+  </si>
+  <si>
     <t>27,388,750</t>
   </si>
   <si>
     <t>24,259,677</t>
   </si>
   <si>
-    <t>34,304,504</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
+    <t>9,843,519</t>
+  </si>
+  <si>
     <t>10,164,537</t>
   </si>
   <si>
     <t>11,224,979</t>
   </si>
   <si>
-    <t>13,630,616</t>
-[...1 lines deleted...]
-  <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
+    <t>120,270,777</t>
+  </si>
+  <si>
     <t>104,698,413</t>
   </si>
   <si>
     <t>112,097,661</t>
   </si>
   <si>
-    <t>104,226,520</t>
-[...1 lines deleted...]
-  <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
+    <t>75,071,098</t>
+  </si>
+  <si>
     <t>145,684,972</t>
   </si>
   <si>
     <t>103,283,899</t>
   </si>
   <si>
-    <t>127,554,957</t>
-[...1 lines deleted...]
-  <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>32,928,465</t>
+  </si>
+  <si>
     <t>28,743,647</t>
   </si>
   <si>
     <t>34,680,466</t>
   </si>
   <si>
-    <t>38,416,810</t>
-[...1 lines deleted...]
-  <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
+    <t>81,011,770</t>
+  </si>
+  <si>
     <t>6,663,497</t>
   </si>
   <si>
     <t>6,789,884</t>
   </si>
   <si>
-    <t>77,469,221</t>
-[...1 lines deleted...]
-  <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
+    <t>25,620,477</t>
+  </si>
+  <si>
     <t>205,875,729</t>
   </si>
   <si>
     <t>175,339,032</t>
   </si>
   <si>
-    <t>79,010,262</t>
-[...1 lines deleted...]
-  <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
+    <t>1,836,533,524</t>
+  </si>
+  <si>
     <t>4,114,839,747</t>
   </si>
   <si>
     <t>3,109,979,977</t>
   </si>
   <si>
-    <t>1,463,600,525</t>
-[...1 lines deleted...]
-  <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
+    <t>292,197,497</t>
+  </si>
+  <si>
     <t>110,865,422</t>
   </si>
   <si>
     <t>5,365,443</t>
   </si>
   <si>
-    <t>34,127,791</t>
-[...1 lines deleted...]
-  <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
+    <t>3,658,616</t>
+  </si>
+  <si>
     <t>5,573,091</t>
   </si>
   <si>
     <t>63,558</t>
   </si>
   <si>
-    <t>4,541,335</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>34,840,539</t>
+  </si>
+  <si>
     <t>47,173,580</t>
   </si>
   <si>
     <t>42,012,722</t>
   </si>
   <si>
-    <t>22,167,578</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
+    <t>978,432</t>
+  </si>
+  <si>
     <t>10,648,229</t>
   </si>
   <si>
     <t>3,148,596</t>
   </si>
   <si>
-    <t>2,862,621</t>
-[...1 lines deleted...]
-  <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
+    <t>54,606,985</t>
+  </si>
+  <si>
     <t>87,837,212</t>
   </si>
   <si>
     <t>110,166,944</t>
   </si>
   <si>
-    <t>171,774,993</t>
-[...1 lines deleted...]
-  <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>21,069,250</t>
+  </si>
+  <si>
     <t>18,362,832</t>
   </si>
   <si>
     <t>17,889,905</t>
   </si>
   <si>
-    <t>18,443,306</t>
-[...1 lines deleted...]
-  <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
+    <t>8,567,742</t>
+  </si>
+  <si>
     <t>2,491,520</t>
   </si>
   <si>
     <t>3,969,757</t>
   </si>
   <si>
-    <t>12,935,522</t>
-[...1 lines deleted...]
-  <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
+    <t>8,929,557</t>
+  </si>
+  <si>
     <t>6,128,585</t>
   </si>
   <si>
     <t>101,709</t>
   </si>
   <si>
-    <t>8,502,769</t>
-[...7 lines deleted...]
-  <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>41,160,304</t>
+  </si>
+  <si>
     <t>75,822,724</t>
   </si>
   <si>
     <t>79,061,491</t>
   </si>
   <si>
-    <t>83,075,873</t>
-[...1 lines deleted...]
-  <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>95,729,549</t>
+  </si>
+  <si>
     <t>46,955,310</t>
   </si>
   <si>
     <t>39,279,928</t>
   </si>
   <si>
-    <t>40,473,988</t>
-[...1 lines deleted...]
-  <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
+    <t>19,040,417</t>
+  </si>
+  <si>
     <t>9,453,941</t>
   </si>
   <si>
     <t>9,071,042</t>
   </si>
   <si>
-    <t>17,628,047</t>
-[...1 lines deleted...]
-  <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
+    <t>1,665,184</t>
+  </si>
+  <si>
     <t>6,061,879</t>
   </si>
   <si>
     <t>847,574</t>
   </si>
   <si>
-    <t>3,500,119</t>
-[...1 lines deleted...]
-  <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
+    <t>559,947</t>
+  </si>
+  <si>
     <t>1,381,097</t>
   </si>
   <si>
     <t>701,122</t>
   </si>
   <si>
-    <t>694,111</t>
-[...1 lines deleted...]
-  <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
+    <t>27,643,494</t>
+  </si>
+  <si>
     <t>22,055,892</t>
   </si>
   <si>
     <t>24,858,464</t>
   </si>
   <si>
-    <t>17,103,628</t>
-[...1 lines deleted...]
-  <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
+    <t>9,988,947</t>
+  </si>
+  <si>
     <t>20,519,991</t>
   </si>
   <si>
     <t>24,151,983</t>
   </si>
   <si>
-    <t>13,023,144</t>
-[...1 lines deleted...]
-  <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
+    <t>9,043,082</t>
+  </si>
+  <si>
     <t>20,822,582</t>
   </si>
   <si>
     <t>8,239,581</t>
   </si>
   <si>
-    <t>2,957,373</t>
-[...1 lines deleted...]
-  <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
+    <t>1,901,747</t>
+  </si>
+  <si>
     <t>1,228,251</t>
   </si>
   <si>
     <t>2,201,096</t>
   </si>
   <si>
-    <t>1,590,521</t>
-[...1 lines deleted...]
-  <si>
     <t>50 ไหม</t>
   </si>
   <si>
     <t>6,619</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
+    <t>13,441,113</t>
+  </si>
+  <si>
     <t>39,342,430</t>
   </si>
   <si>
     <t>39,394,713</t>
   </si>
   <si>
-    <t>40,735,434</t>
-[...1 lines deleted...]
-  <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
+    <t>149,730,810</t>
+  </si>
+  <si>
     <t>117,203,460</t>
   </si>
   <si>
     <t>146,074,306</t>
   </si>
   <si>
-    <t>36,071,388</t>
-[...7 lines deleted...]
-  <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
+    <t>322,254</t>
+  </si>
+  <si>
     <t>75,060</t>
   </si>
   <si>
     <t>92,342</t>
   </si>
   <si>
-    <t>7,527</t>
-[...1 lines deleted...]
-  <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
+    <t>21,996</t>
+  </si>
+  <si>
     <t>72,269</t>
   </si>
   <si>
     <t>116,620</t>
   </si>
   <si>
-    <t>379,168</t>
-[...1 lines deleted...]
-  <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
+    <t>1,405,701</t>
+  </si>
+  <si>
     <t>77,596</t>
   </si>
   <si>
     <t>987,823</t>
   </si>
   <si>
-    <t>171,520</t>
-[...1 lines deleted...]
-  <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
+    <t>10,700</t>
+  </si>
+  <si>
     <t>49,012</t>
   </si>
   <si>
     <t>7,030</t>
   </si>
   <si>
-    <t>38,339</t>
-[...1 lines deleted...]
-  <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
+    <t>301,554</t>
+  </si>
+  <si>
     <t>169,012</t>
   </si>
   <si>
     <t>400,498</t>
   </si>
   <si>
-    <t>308,635</t>
-[...1 lines deleted...]
-  <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
+    <t>10,210,830</t>
+  </si>
+  <si>
     <t>5,419,610</t>
   </si>
   <si>
     <t>3,745,434</t>
   </si>
   <si>
-    <t>6,768,645</t>
-[...1 lines deleted...]
-  <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>978,270</t>
+  </si>
+  <si>
     <t>38,118</t>
   </si>
   <si>
     <t>636,912</t>
   </si>
   <si>
-    <t>1,232,579</t>
-[...1 lines deleted...]
-  <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>3,358,007</t>
+  </si>
+  <si>
     <t>2,806,429</t>
   </si>
   <si>
     <t>2,549,808</t>
   </si>
   <si>
-    <t>2,443,339</t>
-[...1 lines deleted...]
-  <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>1,887,613</t>
+  </si>
+  <si>
     <t>1,328,082</t>
   </si>
   <si>
     <t>2,447,426</t>
   </si>
   <si>
-    <t>2,593,365</t>
-[...1 lines deleted...]
-  <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
+    <t>3,561,345</t>
+  </si>
+  <si>
     <t>4,095,729</t>
   </si>
   <si>
     <t>7,132,817</t>
   </si>
   <si>
-    <t>3,342,799</t>
-[...1 lines deleted...]
-  <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
+    <t>483,564</t>
+  </si>
+  <si>
     <t>463,683</t>
   </si>
   <si>
     <t>952,579</t>
   </si>
   <si>
-    <t>501,540</t>
-[...1 lines deleted...]
-  <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
+    <t>164,754</t>
+  </si>
+  <si>
     <t>101,155</t>
   </si>
   <si>
     <t>612,945</t>
   </si>
   <si>
-    <t>90,471</t>
-[...1 lines deleted...]
-  <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
+    <t>3,288</t>
+  </si>
+  <si>
     <t>1,408</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
+    <t>36,831</t>
+  </si>
+  <si>
     <t>3,608</t>
   </si>
   <si>
-    <t>2,551</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
+    <t>19,328,009</t>
+  </si>
+  <si>
     <t>12,946,198</t>
   </si>
   <si>
     <t>19,144,486</t>
   </si>
   <si>
-    <t>16,429,678</t>
-[...1 lines deleted...]
-  <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
+    <t>1,878,169</t>
+  </si>
+  <si>
     <t>970,830</t>
   </si>
   <si>
     <t>1,284,955</t>
   </si>
   <si>
-    <t>1,878,825</t>
-[...1 lines deleted...]
-  <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
+    <t>4,577,176</t>
+  </si>
+  <si>
     <t>2,092,670</t>
   </si>
   <si>
     <t>554,813</t>
   </si>
   <si>
-    <t>5,221,687</t>
-[...1 lines deleted...]
-  <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
+    <t>887,615,941</t>
+  </si>
+  <si>
     <t>1,841,751,648</t>
   </si>
   <si>
     <t>156,579,187</t>
   </si>
   <si>
-    <t>398,169,547</t>
-[...1 lines deleted...]
-  <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
+    <t>58,288,543</t>
+  </si>
+  <si>
     <t>47,597,707</t>
   </si>
   <si>
     <t>68,791,365</t>
   </si>
   <si>
-    <t>109,458,180</t>
-[...1 lines deleted...]
-  <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
+    <t>75,659,781</t>
+  </si>
+  <si>
     <t>115,383,757</t>
   </si>
   <si>
     <t>97,094,920</t>
   </si>
   <si>
-    <t>72,375,043</t>
-[...1 lines deleted...]
-  <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
+    <t>1,059,811,993</t>
+  </si>
+  <si>
     <t>1,059,442,898</t>
   </si>
   <si>
     <t>2,340,915,090</t>
   </si>
   <si>
-    <t>1,840,720,183</t>
-[...1 lines deleted...]
-  <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
     <t>81,960</t>
   </si>
   <si>
     <t>8,160</t>
   </si>
   <si>
-    <t>10,929,904</t>
-[...1 lines deleted...]
-  <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
+    <t>1,072,231,685</t>
+  </si>
+  <si>
     <t>1,152,876,237</t>
   </si>
   <si>
     <t>1,501,390,091</t>
   </si>
   <si>
-    <t>1,144,929,520</t>
-[...1 lines deleted...]
-  <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
     <t>44,904</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
+    <t>224,305,059</t>
+  </si>
+  <si>
     <t>242,115,667</t>
   </si>
   <si>
     <t>354,887,545</t>
   </si>
   <si>
-    <t>192,376,867</t>
-[...7 lines deleted...]
-  <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>9,175,741</t>
+  </si>
+  <si>
     <t>4,829,747</t>
   </si>
   <si>
     <t>15,260,068</t>
   </si>
   <si>
-    <t>2,127,939</t>
-[...1 lines deleted...]
-  <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
+    <t>3,689,092</t>
+  </si>
+  <si>
     <t>6,228,662</t>
   </si>
   <si>
     <t>12,325,008</t>
   </si>
   <si>
-    <t>3,903,958</t>
-[...1 lines deleted...]
-  <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>100,135,979</t>
+  </si>
+  <si>
     <t>73,163,549</t>
   </si>
   <si>
     <t>115,545,434</t>
   </si>
   <si>
-    <t>74,873,936</t>
-[...1 lines deleted...]
-  <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>110,385,426</t>
+  </si>
+  <si>
     <t>115,882,305</t>
   </si>
   <si>
     <t>282,348,638</t>
   </si>
   <si>
-    <t>157,048,560</t>
-[...1 lines deleted...]
-  <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,775</t>
+  </si>
+  <si>
     <t>1,494,785</t>
   </si>
   <si>
-    <t>75,828</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>89,762,610</t>
+  </si>
+  <si>
     <t>85,793,478</t>
   </si>
   <si>
     <t>55,160,860</t>
   </si>
   <si>
-    <t>40,692,732</t>
-[...1 lines deleted...]
-  <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
+    <t>107,466,909</t>
+  </si>
+  <si>
     <t>27,455,545</t>
   </si>
   <si>
     <t>66,547,319</t>
   </si>
   <si>
-    <t>11,905,182</t>
-[...1 lines deleted...]
-  <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
     <t>334,581</t>
   </si>
   <si>
     <t>1,563,719</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
+    <t>123,860,627</t>
+  </si>
+  <si>
     <t>30,742,117</t>
   </si>
   <si>
     <t>33,362,108</t>
   </si>
   <si>
-    <t>115,156,909</t>
-[...1 lines deleted...]
-  <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
+    <t>128,601</t>
+  </si>
+  <si>
     <t>19,673</t>
   </si>
   <si>
     <t>67,277</t>
   </si>
   <si>
-    <t>15,700</t>
-[...1 lines deleted...]
-  <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
+    <t>1,362,307</t>
+  </si>
+  <si>
     <t>480,640</t>
   </si>
   <si>
     <t>47,167</t>
   </si>
   <si>
-    <t>114,060</t>
-[...1 lines deleted...]
-  <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
+    <t>3,795,615</t>
+  </si>
+  <si>
     <t>4,054,099</t>
   </si>
   <si>
     <t>17,933,653</t>
   </si>
   <si>
-    <t>2,263,329</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
+    <t>1,049,532</t>
+  </si>
+  <si>
     <t>709,343</t>
   </si>
   <si>
     <t>2,290,621</t>
   </si>
   <si>
-    <t>2,030,710</t>
-[...1 lines deleted...]
-  <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
+    <t>550,455</t>
+  </si>
+  <si>
     <t>364,232</t>
   </si>
   <si>
     <t>104,963</t>
   </si>
   <si>
-    <t>416,869</t>
-[...1 lines deleted...]
-  <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
+    <t>274,030</t>
+  </si>
+  <si>
     <t>165,337</t>
   </si>
   <si>
     <t>77,639</t>
-  </si>
-[...1 lines deleted...]
-    <t>375,597</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1424,60 +1406,60 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D99"/>
+  <dimension ref="A1:D96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A99" sqref="A99"/>
+      <selection activeCell="A96" sqref="A96"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
@@ -1933,846 +1915,804 @@
         <v>134</v>
       </c>
       <c r="D34" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>136</v>
       </c>
       <c r="B35" t="s">
         <v>137</v>
       </c>
       <c r="C35" t="s">
         <v>138</v>
       </c>
       <c r="D35" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>140</v>
       </c>
       <c r="B36" t="s">
-        <v>29</v>
+        <v>141</v>
       </c>
       <c r="C36" t="s">
-        <v>29</v>
+        <v>142</v>
       </c>
       <c r="D36" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B37" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C37" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D37" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B38" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C38" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D38" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B39" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C39" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D39" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B40" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C40" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D40" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C41" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D41" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B42" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C42" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D42" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B43" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C43" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D43" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B44" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C44" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D44" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
-        <v>175</v>
+        <v>30</v>
       </c>
       <c r="C45" t="s">
-        <v>176</v>
+        <v>30</v>
       </c>
       <c r="D45" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>178</v>
       </c>
       <c r="B46" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="C46" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D46" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B47" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C47" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D47" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B48" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C48" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D48" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B49" t="s">
-        <v>29</v>
+        <v>191</v>
       </c>
       <c r="C49" t="s">
-        <v>29</v>
+        <v>192</v>
       </c>
       <c r="D49" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B50" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C50" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="D50" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B51" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C51" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D51" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B52" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C52" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="D52" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B53" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C53" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="D53" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B54" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C54" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D54" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B55" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C55" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D55" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B56" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C56" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="D56" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B57" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C57" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D57" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B58" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C58" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="D58" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B59" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C59" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="D59" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B60" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C60" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="D60" t="s">
-        <v>233</v>
+        <v>30</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B61" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C61" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D61" t="s">
-        <v>237</v>
+        <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B62" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C62" t="s">
-        <v>29</v>
+        <v>242</v>
       </c>
       <c r="D62" t="s">
-        <v>29</v>
+        <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B63" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C63" t="s">
-        <v>29</v>
+        <v>246</v>
       </c>
       <c r="D63" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B64" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C64" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="D64" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="B65" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C65" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D65" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B66" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C66" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D66" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="B67" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C67" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="D67" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="B68" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C68" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="D68" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="B69" t="s">
-        <v>264</v>
+        <v>30</v>
       </c>
       <c r="C69" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D69" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B70" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C70" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D70" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B71" t="s">
-        <v>272</v>
+        <v>30</v>
       </c>
       <c r="C71" t="s">
-        <v>273</v>
+        <v>30</v>
       </c>
       <c r="D71" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B72" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C72" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D72" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B73" t="s">
-        <v>29</v>
+        <v>282</v>
       </c>
       <c r="C73" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D73" t="s">
-        <v>29</v>
+        <v>284</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B74" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C74" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="D74" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B75" t="s">
-        <v>29</v>
+        <v>290</v>
       </c>
       <c r="C75" t="s">
-        <v>29</v>
+        <v>291</v>
       </c>
       <c r="D75" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="B76" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="C76" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="D76" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="B77" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C77" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D77" t="s">
-        <v>294</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="B78" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="C78" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="D78" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B79" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C79" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="D79" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B80" t="s">
-        <v>304</v>
+        <v>30</v>
       </c>
       <c r="C80" t="s">
-        <v>29</v>
+        <v>309</v>
       </c>
       <c r="D80" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="B81" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C81" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="D81" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B82" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C82" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="D82" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="B83" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="C83" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="D83" t="s">
-        <v>29</v>
+        <v>322</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="B84" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="C84" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="D84" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="B85" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="C85" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="D85" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B86" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C86" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="D86" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="B87" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="C87" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="D87" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
     </row>
     <row r="88" spans="1:4">
-      <c r="A88" t="s">
-[...41 lines deleted...]
-      <c r="A91" s="2" t="s">
+      <c r="A88" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B91" s="2" t="s">
+      <c r="B88" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C91" s="2" t="s">
+      <c r="C88" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D91" s="2" t="s">
+      <c r="D88" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="98" spans="1:4">
-[...9 lines deleted...]
-      <c r="D99" s="3"/>
+    <row r="95" spans="1:4">
+      <c r="A95" s="3"/>
+      <c r="B95" s="3"/>
+      <c r="C95" s="3"/>
+      <c r="D95" s="3"/>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" s="3"/>
+      <c r="B96" s="3"/>
+      <c r="C96" s="3"/>
+      <c r="D96" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A98:D98"/>
-    <mergeCell ref="A99:D99"/>
+    <mergeCell ref="A95:D95"/>
+    <mergeCell ref="A96:D96"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>