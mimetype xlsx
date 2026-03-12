--- v1 (2025-12-07)
+++ v2 (2026-03-12)
@@ -12,1067 +12,1088 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>9,442,533,357</t>
-[...5 lines deleted...]
-    <t>12,224,112,710</t>
+    <t>18,499,693,184</t>
+  </si>
+  <si>
+    <t>13,456,177,853</t>
+  </si>
+  <si>
+    <t>10,336,075,559</t>
   </si>
   <si>
     <t>01 สัตว์มีชีวิต</t>
   </si>
   <si>
-    <t>2,651,209</t>
-[...5 lines deleted...]
-    <t>3,426,953</t>
+    <t>6,884,305</t>
+  </si>
+  <si>
+    <t>345,267</t>
+  </si>
+  <si>
+    <t>3,810,422</t>
   </si>
   <si>
     <t>02 เนื้อสัตว์และส่วนอื่นของสัตว์ที่บริโภคได้</t>
   </si>
   <si>
-    <t>816,049,050</t>
-[...5 lines deleted...]
-    <t>830,979,621</t>
+    <t>939,704,820</t>
+  </si>
+  <si>
+    <t>940,256,535</t>
+  </si>
+  <si>
+    <t>747,445,046</t>
   </si>
   <si>
     <t>03 ปลา สัตว์น้ำจำพวกปู กุ้ง หอย และสัตว์น้ำที่ไม่มีกระดูกสันหลัง</t>
   </si>
   <si>
-    <t>39,632,456</t>
-[...5 lines deleted...]
-    <t>24,371,536</t>
+    <t>21,142,738</t>
+  </si>
+  <si>
+    <t>20,712,323</t>
+  </si>
+  <si>
+    <t>40,687,057</t>
   </si>
   <si>
     <t>04 ผลิตภัณฑ์นม ไข่สัตว์ปีก น้ำผึ้งธรรมชาติ</t>
   </si>
   <si>
-    <t>237,769,629</t>
-[...5 lines deleted...]
-    <t>361,378,824</t>
+    <t>377,702,602</t>
+  </si>
+  <si>
+    <t>591,346,896</t>
+  </si>
+  <si>
+    <t>330,642,114</t>
   </si>
   <si>
     <t>05 ผลิตภัณฑ์จากสัตว์ที่ไม่ได้ระบุหรือรวมไว้ในที่อื่น</t>
   </si>
   <si>
-    <t>52,466,056</t>
-[...5 lines deleted...]
-    <t>64,863,643</t>
+    <t>72,826,267</t>
+  </si>
+  <si>
+    <t>61,192,353</t>
+  </si>
+  <si>
+    <t>62,379,021</t>
   </si>
   <si>
     <t>06 ต้นไม้ และพืชอื่น ๆ ที่มีชีวิต</t>
   </si>
   <si>
-    <t>56,420</t>
+    <t>138,453</t>
+  </si>
+  <si>
+    <t>54,973</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>26,309</t>
-[...1 lines deleted...]
-  <si>
     <t>07 พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
   </si>
   <si>
-    <t>32,147,339</t>
-[...5 lines deleted...]
-    <t>80,119,390</t>
+    <t>39,767,499</t>
+  </si>
+  <si>
+    <t>39,267,406</t>
+  </si>
+  <si>
+    <t>29,477,669</t>
   </si>
   <si>
     <t>08 ผลไม้และลูกนัตที่บริโภคได้</t>
   </si>
   <si>
-    <t>310,530,768</t>
-[...5 lines deleted...]
-    <t>238,466,773</t>
+    <t>99,210,124</t>
+  </si>
+  <si>
+    <t>53,802,632</t>
+  </si>
+  <si>
+    <t>236,142,551</t>
   </si>
   <si>
     <t>09 กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
   </si>
   <si>
-    <t>2,413,469</t>
-[...5 lines deleted...]
-    <t>11,686,662</t>
+    <t>13,944,323</t>
+  </si>
+  <si>
+    <t>10,470,500</t>
+  </si>
+  <si>
+    <t>19,584,323</t>
   </si>
   <si>
     <t>10 ธัญพืช</t>
   </si>
   <si>
-    <t>720,570,545</t>
-[...5 lines deleted...]
-    <t>915,280,780</t>
+    <t>978,199,182</t>
+  </si>
+  <si>
+    <t>220,583,213</t>
+  </si>
+  <si>
+    <t>511,764,150</t>
   </si>
   <si>
     <t>11 ผลิตภัณฑ์ของอุตสาหกรรมโม่สีเมล็ดธัญพืช แป้งต่างๆ สตาร์ช</t>
   </si>
   <si>
-    <t>89,477,977</t>
-[...5 lines deleted...]
-    <t>230,746,834</t>
+    <t>192,964,640</t>
+  </si>
+  <si>
+    <t>203,671,482</t>
+  </si>
+  <si>
+    <t>176,233,283</t>
   </si>
   <si>
     <t>12 เมล็ดพืชธัญพืชและผลไม้ ที่มีน้ำมัน</t>
   </si>
   <si>
-    <t>2,252,727</t>
-[...5 lines deleted...]
-    <t>3,995,115</t>
+    <t>628,819</t>
+  </si>
+  <si>
+    <t>3,331,452</t>
+  </si>
+  <si>
+    <t>1,692,127</t>
   </si>
   <si>
     <t>13 ครั่ง รวมทั้งกัม เรซิน น้ำเลี้ยง (แซป) และสิ่งสกัดอื่น ๆ จากพืช</t>
   </si>
   <si>
-    <t>738,871</t>
-[...5 lines deleted...]
-    <t>501,358</t>
+    <t>207,367</t>
+  </si>
+  <si>
+    <t>352,684</t>
+  </si>
+  <si>
+    <t>720,370</t>
   </si>
   <si>
     <t>15 ไข,ไขมันและน้ำมันที่ได้จากสัตว์และพืช และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>114,651,702</t>
-[...5 lines deleted...]
-    <t>65,996,373</t>
+    <t>25,000,203</t>
+  </si>
+  <si>
+    <t>36,030,157</t>
+  </si>
+  <si>
+    <t>45,211,821</t>
   </si>
   <si>
     <t>16 ของปรุงแต่งจากสัตว์น้ำ เช่น ปลา กุ้ง</t>
   </si>
   <si>
-    <t>21,936,447</t>
-[...5 lines deleted...]
-    <t>35,386,849</t>
+    <t>14,310,798</t>
+  </si>
+  <si>
+    <t>36,171,176</t>
+  </si>
+  <si>
+    <t>18,087,350</t>
   </si>
   <si>
     <t>17 น้ำตาลและขนมทำจากน้ำตาล</t>
   </si>
   <si>
-    <t>1,436,487</t>
-[...5 lines deleted...]
-    <t>9,049,222</t>
+    <t>695,341</t>
+  </si>
+  <si>
+    <t>1,260,688</t>
+  </si>
+  <si>
+    <t>1,622,973</t>
   </si>
   <si>
     <t>18 โกโก้และของปรุงแต่งที่ทำจากโกโก้</t>
   </si>
   <si>
-    <t>26,254,955</t>
-[...5 lines deleted...]
-    <t>50,562,116</t>
+    <t>31,725,312</t>
+  </si>
+  <si>
+    <t>32,122,152</t>
+  </si>
+  <si>
+    <t>33,009,909</t>
   </si>
   <si>
     <t>19 ของปรุงแต่งจากธัญพืช แป้ง สตาร์ช หรือนม</t>
   </si>
   <si>
-    <t>17,382,646</t>
-[...5 lines deleted...]
-    <t>24,259,677</t>
+    <t>13,511,725</t>
+  </si>
+  <si>
+    <t>11,280,858</t>
+  </si>
+  <si>
+    <t>23,212,338</t>
   </si>
   <si>
     <t>20 ของปรุงแต่งทำจากพืชผัก ผลไม้ ลูกนัต หรือจากส่วนอื่นของพืช</t>
   </si>
   <si>
-    <t>9,843,519</t>
-[...5 lines deleted...]
-    <t>11,224,979</t>
+    <t>17,566,097</t>
+  </si>
+  <si>
+    <t>13,795,229</t>
+  </si>
+  <si>
+    <t>12,085,892</t>
   </si>
   <si>
     <t>21 ของปรุงแต่งเบ็ดเตล็ดที่บริโภคได้</t>
   </si>
   <si>
-    <t>120,270,777</t>
-[...5 lines deleted...]
-    <t>112,097,661</t>
+    <t>20,840,973</t>
+  </si>
+  <si>
+    <t>80,734,325</t>
+  </si>
+  <si>
+    <t>112,514,899</t>
   </si>
   <si>
     <t>22 เครื่องดื่มสุรา น้ำส้มสายชู</t>
   </si>
   <si>
-    <t>75,071,098</t>
-[...5 lines deleted...]
-    <t>103,283,899</t>
+    <t>423,605,466</t>
+  </si>
+  <si>
+    <t>104,923,846</t>
+  </si>
+  <si>
+    <t>247,924,066</t>
   </si>
   <si>
     <t>23 อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
-    <t>32,928,465</t>
-[...5 lines deleted...]
-    <t>34,680,466</t>
+    <t>48,516,236</t>
+  </si>
+  <si>
+    <t>45,945,910</t>
+  </si>
+  <si>
+    <t>37,389,851</t>
+  </si>
+  <si>
+    <t>24 ยาสูบและผลิตภัณฑ์ที่ใช้แทนยาสูบ</t>
+  </si>
+  <si>
+    <t>27,601</t>
+  </si>
+  <si>
+    <t>4,277</t>
   </si>
   <si>
     <t>25 ผลิตภัณฑ์แร่</t>
   </si>
   <si>
-    <t>81,011,770</t>
-[...5 lines deleted...]
-    <t>6,789,884</t>
+    <t>4,391,804</t>
+  </si>
+  <si>
+    <t>76,304,417</t>
+  </si>
+  <si>
+    <t>4,232,531</t>
   </si>
   <si>
     <t>26 สินแร่ ตะกรันและเถ้า</t>
   </si>
   <si>
-    <t>25,620,477</t>
-[...5 lines deleted...]
-    <t>175,339,032</t>
+    <t>29,262,919</t>
+  </si>
+  <si>
+    <t>331,857,437</t>
+  </si>
+  <si>
+    <t>145,645,557</t>
   </si>
   <si>
     <t>27 เชื้อเพลิงที่ได้จากแร่ น้ำมันแร่ และผลิตภัณฑ์</t>
   </si>
   <si>
-    <t>1,836,533,524</t>
-[...5 lines deleted...]
-    <t>3,109,979,977</t>
+    <t>6,669,526,998</t>
+  </si>
+  <si>
+    <t>5,938,644,372</t>
+  </si>
+  <si>
+    <t>2,014,159,556</t>
   </si>
   <si>
     <t>28 เคมีภัณฑ์อนินทรีย์</t>
   </si>
   <si>
-    <t>292,197,497</t>
-[...5 lines deleted...]
-    <t>5,365,443</t>
+    <t>8,382,490</t>
+  </si>
+  <si>
+    <t>37,077,200</t>
+  </si>
+  <si>
+    <t>56,387,987</t>
   </si>
   <si>
     <t>29 เคมีภัณฑ์อินทรีย์</t>
   </si>
   <si>
-    <t>3,658,616</t>
-[...5 lines deleted...]
-    <t>63,558</t>
+    <t>3,067,599</t>
+  </si>
+  <si>
+    <t>13,765,204</t>
+  </si>
+  <si>
+    <t>6,344,027</t>
   </si>
   <si>
     <t>30 ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
-    <t>34,840,539</t>
-[...5 lines deleted...]
-    <t>42,012,722</t>
+    <t>5,595,509</t>
+  </si>
+  <si>
+    <t>29,149,730</t>
+  </si>
+  <si>
+    <t>77,609,769</t>
   </si>
   <si>
     <t>31 ปุ๋ย</t>
   </si>
   <si>
-    <t>978,432</t>
-[...5 lines deleted...]
-    <t>3,148,596</t>
+    <t>314,980</t>
+  </si>
+  <si>
+    <t>2,666,744</t>
+  </si>
+  <si>
+    <t>7,186,323</t>
   </si>
   <si>
     <t>32 สิ่งสกัดที่ใช้ฟอกหนังหรือย้อมสี</t>
   </si>
   <si>
-    <t>54,606,985</t>
-[...5 lines deleted...]
-    <t>110,166,944</t>
+    <t>140,788,277</t>
+  </si>
+  <si>
+    <t>139,310,194</t>
+  </si>
+  <si>
+    <t>113,595,481</t>
   </si>
   <si>
     <t>33 เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
-    <t>21,069,250</t>
-[...5 lines deleted...]
-    <t>17,889,905</t>
+    <t>31,424,122</t>
+  </si>
+  <si>
+    <t>23,816,356</t>
+  </si>
+  <si>
+    <t>14,570,278</t>
   </si>
   <si>
     <t>34 สบู่ สิ่งปรุงแต่งที่ใช้ซักล้าง ไขเทียม เทียนไข</t>
   </si>
   <si>
-    <t>8,567,742</t>
-[...5 lines deleted...]
-    <t>3,969,757</t>
+    <t>5,434,389</t>
+  </si>
+  <si>
+    <t>6,421,990</t>
+  </si>
+  <si>
+    <t>2,122,722</t>
   </si>
   <si>
     <t>35 สารแอลบูมินอยด์ โมดิไฟด์ สตาร์ช กาว เอนไซม์</t>
   </si>
   <si>
-    <t>8,929,557</t>
-[...5 lines deleted...]
-    <t>101,709</t>
+    <t>13,499,501</t>
+  </si>
+  <si>
+    <t>786,898</t>
+  </si>
+  <si>
+    <t>3,613,333</t>
   </si>
   <si>
     <t>38 เคมีภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>41,160,304</t>
-[...5 lines deleted...]
-    <t>79,061,491</t>
+    <t>40,964,765</t>
+  </si>
+  <si>
+    <t>42,748,025</t>
+  </si>
+  <si>
+    <t>29,357,427</t>
   </si>
   <si>
     <t>39 พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
-    <t>95,729,549</t>
-[...5 lines deleted...]
-    <t>39,279,928</t>
+    <t>114,399,900</t>
+  </si>
+  <si>
+    <t>51,063,848</t>
+  </si>
+  <si>
+    <t>41,287,117</t>
   </si>
   <si>
     <t>40 ยางและของทำด้วยยาง</t>
   </si>
   <si>
-    <t>19,040,417</t>
-[...5 lines deleted...]
-    <t>9,071,042</t>
+    <t>10,745,135</t>
+  </si>
+  <si>
+    <t>9,628,118</t>
+  </si>
+  <si>
+    <t>6,486,466</t>
   </si>
   <si>
     <t>41 หนังดิบ(นอกจากเฟอร์) และหนังฟอก</t>
   </si>
   <si>
-    <t>1,665,184</t>
-[...5 lines deleted...]
-    <t>847,574</t>
+    <t>162,682</t>
+  </si>
+  <si>
+    <t>1,947,229</t>
+  </si>
+  <si>
+    <t>917,849</t>
   </si>
   <si>
     <t>42 เครื่องหนัง</t>
   </si>
   <si>
-    <t>559,947</t>
-[...5 lines deleted...]
-    <t>701,122</t>
+    <t>626,192</t>
+  </si>
+  <si>
+    <t>640,143</t>
+  </si>
+  <si>
+    <t>961,635</t>
+  </si>
+  <si>
+    <t>43 หนังเทียม เฟอร์เทียม และผลิตภัณฑ์ของดังกล่าว</t>
+  </si>
+  <si>
+    <t>108</t>
   </si>
   <si>
     <t>44 ไม้และของทำด้วยไม้ ถ่านไม้</t>
   </si>
   <si>
-    <t>27,643,494</t>
-[...5 lines deleted...]
-    <t>24,858,464</t>
+    <t>14,155,347</t>
+  </si>
+  <si>
+    <t>13,241,037</t>
+  </si>
+  <si>
+    <t>21,921,532</t>
   </si>
   <si>
     <t>47 เยื่อไม้</t>
   </si>
   <si>
-    <t>9,988,947</t>
-[...5 lines deleted...]
-    <t>24,151,983</t>
+    <t>14,970,061</t>
+  </si>
+  <si>
+    <t>4,367,996</t>
+  </si>
+  <si>
+    <t>6,711,898</t>
   </si>
   <si>
     <t>48 กระดาษและกระดาษแข็ง ของทำด้วยสิ่งดังกล่าว</t>
   </si>
   <si>
-    <t>9,043,082</t>
-[...5 lines deleted...]
-    <t>8,239,581</t>
+    <t>22,227,979</t>
+  </si>
+  <si>
+    <t>10,158,451</t>
+  </si>
+  <si>
+    <t>6,715,424</t>
   </si>
   <si>
     <t>49 หนังสือที่พิมพ์เป็นเล่ม หนังสือพิมพ์ รูปภาพ และผลิตภัณฑ์อื่นๆ ของอุตสาหกรรมการพิมพ์ ต้นฉบับเขียนหรือดีดพิมพ์ และแปลน</t>
   </si>
   <si>
-    <t>1,901,747</t>
-[...11 lines deleted...]
-    <t>6,619</t>
+    <t>1,384,547</t>
+  </si>
+  <si>
+    <t>3,035,037</t>
+  </si>
+  <si>
+    <t>1,555,527</t>
   </si>
   <si>
     <t>51 ขนแกะ ขนละเอียดหรือขนหยาบของสัตว์ ด้ายขนม้าและผ้าทอ</t>
   </si>
   <si>
-    <t>13,441,113</t>
-[...5 lines deleted...]
-    <t>39,394,713</t>
+    <t>31,345,311</t>
+  </si>
+  <si>
+    <t>39,934,176</t>
+  </si>
+  <si>
+    <t>29,685,827</t>
   </si>
   <si>
     <t>52 ฝ้าย</t>
   </si>
   <si>
-    <t>149,730,810</t>
-[...5 lines deleted...]
-    <t>146,074,306</t>
+    <t>110,905,605</t>
+  </si>
+  <si>
+    <t>138,568,934</t>
+  </si>
+  <si>
+    <t>78,722,308</t>
+  </si>
+  <si>
+    <t>53 เส้นใยสิ่งทอจากพืชอื่นๆ ด้ายกระดาษ และผ้าทอจากด้ายกระดาษ</t>
+  </si>
+  <si>
+    <t>7,139</t>
   </si>
   <si>
     <t>54 ใยยาวประดิษฐ์ แถบและวัตถุทอประดิษฐ์ที่คล้ายกัน</t>
   </si>
   <si>
-    <t>322,254</t>
-[...5 lines deleted...]
-    <t>92,342</t>
+    <t>81,898</t>
+  </si>
+  <si>
+    <t>18,705</t>
+  </si>
+  <si>
+    <t>18,846</t>
   </si>
   <si>
     <t>55 เส้นใยสั้นประดิษฐ์</t>
   </si>
   <si>
-    <t>21,996</t>
-[...5 lines deleted...]
-    <t>116,620</t>
+    <t>10,512</t>
+  </si>
+  <si>
+    <t>19,758</t>
   </si>
   <si>
     <t>56 แวดดิ้ง สักหลาดและผ้าไม่ทอ</t>
   </si>
   <si>
-    <t>1,405,701</t>
-[...5 lines deleted...]
-    <t>987,823</t>
+    <t>213,492</t>
+  </si>
+  <si>
+    <t>264,256</t>
   </si>
   <si>
     <t>57 พรมและสิ่งทอปูพื้นอื่นๆ</t>
   </si>
   <si>
-    <t>10,700</t>
-[...5 lines deleted...]
-    <t>7,030</t>
+    <t>31,023</t>
+  </si>
+  <si>
+    <t>155,486</t>
+  </si>
+  <si>
+    <t>39,718</t>
   </si>
   <si>
     <t>58 ผ้าทอชนิดพิเศษ ผ้าปัก</t>
   </si>
   <si>
-    <t>301,554</t>
-[...5 lines deleted...]
-    <t>400,498</t>
+    <t>132,317</t>
+  </si>
+  <si>
+    <t>348,537</t>
+  </si>
+  <si>
+    <t>703,513</t>
   </si>
   <si>
     <t>59 ผ้าสิ่งทอที่อาบซึม เคลือบ หุ้มหรืออัดเป็นชั้น</t>
   </si>
   <si>
-    <t>10,210,830</t>
-[...5 lines deleted...]
-    <t>3,745,434</t>
+    <t>6,800,233</t>
+  </si>
+  <si>
+    <t>6,624,051</t>
+  </si>
+  <si>
+    <t>452,427</t>
   </si>
   <si>
     <t>60 ผ้าถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>978,270</t>
-[...5 lines deleted...]
-    <t>636,912</t>
+    <t>5,170</t>
+  </si>
+  <si>
+    <t>2,386,158</t>
+  </si>
+  <si>
+    <t>234,789</t>
   </si>
   <si>
     <t>61 เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>3,358,007</t>
-[...5 lines deleted...]
-    <t>2,549,808</t>
+    <t>1,651,761</t>
+  </si>
+  <si>
+    <t>1,832,770</t>
+  </si>
+  <si>
+    <t>1,721,127</t>
   </si>
   <si>
     <t>62 เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
-    <t>1,887,613</t>
-[...5 lines deleted...]
-    <t>2,447,426</t>
+    <t>2,109,277</t>
+  </si>
+  <si>
+    <t>3,889,094</t>
+  </si>
+  <si>
+    <t>1,679,696</t>
   </si>
   <si>
     <t>63 ของทำด้วยสิ่งทอที่จัดทำแล้วอื่นๆ</t>
   </si>
   <si>
-    <t>3,561,345</t>
-[...5 lines deleted...]
-    <t>7,132,817</t>
+    <t>1,239,584</t>
+  </si>
+  <si>
+    <t>1,222,180</t>
+  </si>
+  <si>
+    <t>6,385,827</t>
   </si>
   <si>
     <t>64 รองเท้า</t>
   </si>
   <si>
-    <t>483,564</t>
-[...5 lines deleted...]
-    <t>952,579</t>
+    <t>327,371</t>
+  </si>
+  <si>
+    <t>469,914</t>
+  </si>
+  <si>
+    <t>353,691</t>
   </si>
   <si>
     <t>65 เครื่องสวมศรีษะและส่วนประกอบ</t>
   </si>
   <si>
-    <t>164,754</t>
-[...5 lines deleted...]
-    <t>612,945</t>
+    <t>25,949</t>
+  </si>
+  <si>
+    <t>542,268</t>
+  </si>
+  <si>
+    <t>82,198</t>
   </si>
   <si>
     <t>66 ร่ม ไม้เท้า แส้(วิป)</t>
   </si>
   <si>
-    <t>3,288</t>
-[...2 lines deleted...]
-    <t>1,408</t>
+    <t>10,573</t>
+  </si>
+  <si>
+    <t>38,998</t>
+  </si>
+  <si>
+    <t>200</t>
   </si>
   <si>
     <t>67 ขนแข็งและขนอ่อนของสัตว์ปีกที่จัดเตรียมแล้ว ดอกไม้เทียม</t>
   </si>
   <si>
-    <t>36,831</t>
-[...2 lines deleted...]
-    <t>3,608</t>
+    <t>9,742</t>
+  </si>
+  <si>
+    <t>11,102</t>
   </si>
   <si>
     <t>68 ของทำด้วยหิน ปลาสเตอร์ ซีเมนต์ แอสแบสทอส ไมกา หรือวัตถุที่คล้ายกัน</t>
   </si>
   <si>
-    <t>19,328,009</t>
-[...5 lines deleted...]
-    <t>19,144,486</t>
+    <t>12,405,194</t>
+  </si>
+  <si>
+    <t>7,663,824</t>
+  </si>
+  <si>
+    <t>20,100,013</t>
   </si>
   <si>
     <t>69 ผลิตภัณฑ์เซรามิก</t>
   </si>
   <si>
-    <t>1,878,169</t>
-[...5 lines deleted...]
-    <t>1,284,955</t>
+    <t>1,823,120</t>
+  </si>
+  <si>
+    <t>1,006,683</t>
+  </si>
+  <si>
+    <t>629,643</t>
   </si>
   <si>
     <t>70 แก้วและเครื่องแก้ว</t>
   </si>
   <si>
-    <t>4,577,176</t>
-[...5 lines deleted...]
-    <t>554,813</t>
+    <t>862,123</t>
+  </si>
+  <si>
+    <t>1,807,250</t>
+  </si>
+  <si>
+    <t>2,216,117</t>
   </si>
   <si>
     <t>71 อัญมณี ไข่มุก เครื่องประดับ และโลหะมีค่า</t>
   </si>
   <si>
-    <t>887,615,941</t>
-[...5 lines deleted...]
-    <t>156,579,187</t>
+    <t>4,408,811,259</t>
+  </si>
+  <si>
+    <t>413,575,710</t>
+  </si>
+  <si>
+    <t>1,677,125,367</t>
   </si>
   <si>
     <t>72 เหล็กและเหล็กกล้า</t>
   </si>
   <si>
-    <t>58,288,543</t>
-[...5 lines deleted...]
-    <t>68,791,365</t>
+    <t>244,086,654</t>
+  </si>
+  <si>
+    <t>157,682,955</t>
+  </si>
+  <si>
+    <t>128,384,995</t>
   </si>
   <si>
     <t>73 ของทำด้วยเหล็กหรือเหล็กกล้า</t>
   </si>
   <si>
-    <t>75,659,781</t>
-[...5 lines deleted...]
-    <t>97,094,920</t>
+    <t>75,855,460</t>
+  </si>
+  <si>
+    <t>69,134,175</t>
+  </si>
+  <si>
+    <t>85,225,726</t>
   </si>
   <si>
     <t>74 ทองแดงและชองทำด้วยทองแดง</t>
   </si>
   <si>
-    <t>1,059,811,993</t>
-[...5 lines deleted...]
-    <t>2,340,915,090</t>
+    <t>843,416,662</t>
+  </si>
+  <si>
+    <t>1,046,046,234</t>
+  </si>
+  <si>
+    <t>1,206,609,469</t>
   </si>
   <si>
     <t>75 นิกเกิลและของทำด้วยนิกเกิล</t>
   </si>
   <si>
-    <t>81,960</t>
-[...2 lines deleted...]
-    <t>8,160</t>
+    <t>23,833</t>
   </si>
   <si>
     <t>76 อะลูมิเนียมและของทำด้วยอะลูมิเนียม</t>
   </si>
   <si>
-    <t>1,072,231,685</t>
-[...5 lines deleted...]
-    <t>1,501,390,091</t>
+    <t>1,352,185,955</t>
+  </si>
+  <si>
+    <t>1,188,063,759</t>
+  </si>
+  <si>
+    <t>1,040,536,341</t>
   </si>
   <si>
     <t>78 ตะกั่วและของทำด้วยตะกั่ว</t>
   </si>
   <si>
-    <t>44,904</t>
+    <t>17,174</t>
   </si>
   <si>
     <t>79 สังกะสีและของทำด้วยสังกะสี</t>
   </si>
   <si>
-    <t>224,305,059</t>
-[...5 lines deleted...]
-    <t>354,887,545</t>
+    <t>249,546,448</t>
+  </si>
+  <si>
+    <t>524,914,113</t>
+  </si>
+  <si>
+    <t>334,447,004</t>
+  </si>
+  <si>
+    <t>81 โลหะสามัญชนิดอื่น เซอร์เมต และของทำด้วยของดังกล่าว</t>
+  </si>
+  <si>
+    <t>8,342</t>
   </si>
   <si>
     <t>82 เครื่องมือ เครื่องใช้ ของใช้ชนิดมีคม ช้อนและส้อม ทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>9,175,741</t>
-[...5 lines deleted...]
-    <t>15,260,068</t>
+    <t>10,812,927</t>
+  </si>
+  <si>
+    <t>6,417,729</t>
+  </si>
+  <si>
+    <t>2,730,451</t>
   </si>
   <si>
     <t>83 ของเบ็ดเตล็ดทำด้วยโลหะสามัญ</t>
   </si>
   <si>
-    <t>3,689,092</t>
-[...5 lines deleted...]
-    <t>12,325,008</t>
+    <t>2,362,458</t>
+  </si>
+  <si>
+    <t>3,861,139</t>
+  </si>
+  <si>
+    <t>1,798,561</t>
   </si>
   <si>
     <t>84 เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
-    <t>100,135,979</t>
-[...5 lines deleted...]
-    <t>115,545,434</t>
+    <t>207,007,955</t>
+  </si>
+  <si>
+    <t>103,342,442</t>
+  </si>
+  <si>
+    <t>134,865,620</t>
   </si>
   <si>
     <t>85 เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
-    <t>110,385,426</t>
-[...5 lines deleted...]
-    <t>282,348,638</t>
+    <t>208,872,666</t>
+  </si>
+  <si>
+    <t>163,039,267</t>
+  </si>
+  <si>
+    <t>144,118,054</t>
   </si>
   <si>
     <t>86 หัวรถจักรของรถไฟหรือรถราง รถที่เดินบนรางและส่วนประกอบ</t>
   </si>
   <si>
-    <t>1,775</t>
-[...2 lines deleted...]
-    <t>1,494,785</t>
+    <t>23,020,401</t>
   </si>
   <si>
     <t>87 ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
-    <t>89,762,610</t>
-[...5 lines deleted...]
-    <t>55,160,860</t>
+    <t>162,461,989</t>
+  </si>
+  <si>
+    <t>84,719,453</t>
+  </si>
+  <si>
+    <t>92,733,768</t>
   </si>
   <si>
     <t>88 อากาศยาน ยานอวกาศ และส่วนประกอบของยานดังกล่าว</t>
   </si>
   <si>
-    <t>107,466,909</t>
-[...5 lines deleted...]
-    <t>66,547,319</t>
+    <t>53,282,170</t>
+  </si>
+  <si>
+    <t>55,744,857</t>
+  </si>
+  <si>
+    <t>16,621,476</t>
   </si>
   <si>
     <t>89 เรือและสิ่งก่อสร้างลอยน้ำ</t>
   </si>
   <si>
-    <t>334,581</t>
-[...2 lines deleted...]
-    <t>1,563,719</t>
+    <t>505,619</t>
+  </si>
+  <si>
+    <t>1,241,904</t>
+  </si>
+  <si>
+    <t>1,024,708</t>
   </si>
   <si>
     <t>90 เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
   </si>
   <si>
-    <t>123,860,627</t>
-[...5 lines deleted...]
-    <t>33,362,108</t>
+    <t>34,000,407</t>
+  </si>
+  <si>
+    <t>157,231,159</t>
+  </si>
+  <si>
+    <t>61,871,501</t>
   </si>
   <si>
     <t>91 นาฬิกาชนิดคล็อกและชนิดวอตซ์ และส่วนประกอบ</t>
   </si>
   <si>
-    <t>128,601</t>
-[...5 lines deleted...]
-    <t>67,277</t>
+    <t>52,987</t>
+  </si>
+  <si>
+    <t>124,507</t>
+  </si>
+  <si>
+    <t>969,818</t>
   </si>
   <si>
     <t>92 เครื่องดนตรี รวมทั้งส่วนและอุปกรณ์ประกอบ</t>
   </si>
   <si>
-    <t>1,362,307</t>
-[...5 lines deleted...]
-    <t>47,167</t>
+    <t>389,701</t>
+  </si>
+  <si>
+    <t>1,017,184</t>
+  </si>
+  <si>
+    <t>82,410</t>
+  </si>
+  <si>
+    <t>93 อาวุธและกระสุน รวมทั้งส่วนประกอบและอุปกรณ์ประกอบของของดังกล่าว</t>
+  </si>
+  <si>
+    <t>659,383</t>
   </si>
   <si>
     <t>94 เฟอร์นิเจอร์ ฟูก เครื่องประทีป โคมไฟ</t>
   </si>
   <si>
-    <t>3,795,615</t>
-[...5 lines deleted...]
-    <t>17,933,653</t>
+    <t>2,390,151</t>
+  </si>
+  <si>
+    <t>3,800,419</t>
+  </si>
+  <si>
+    <t>5,462,430</t>
   </si>
   <si>
     <t>95 ของเล่น ของเล่นเกม และของใช้ที่จำเป็นในการเล่นกีฬา</t>
   </si>
   <si>
-    <t>1,049,532</t>
-[...5 lines deleted...]
-    <t>2,290,621</t>
+    <t>1,348,048</t>
+  </si>
+  <si>
+    <t>1,297,287</t>
+  </si>
+  <si>
+    <t>2,865,563</t>
   </si>
   <si>
     <t>96 ผลิตภัณฑ์เบ็ดเตล็ด</t>
   </si>
   <si>
-    <t>550,455</t>
-[...5 lines deleted...]
-    <t>104,963</t>
+    <t>114,555</t>
+  </si>
+  <si>
+    <t>407,313</t>
+  </si>
+  <si>
+    <t>439,354</t>
   </si>
   <si>
     <t>97 ศิลปกรรม ของที่นักสะสมรวบรวม และโบราณวัตถุ</t>
   </si>
   <si>
-    <t>274,030</t>
-[...5 lines deleted...]
-    <t>77,639</t>
+    <t>1,283,047</t>
+  </si>
+  <si>
+    <t>445,569</t>
+  </si>
+  <si>
+    <t>1,830,450</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -1406,60 +1427,60 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D96"/>
+  <dimension ref="A1:D100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A96" sqref="A96"/>
+      <selection activeCell="A100" sqref="A100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394043" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
@@ -1764,955 +1785,1011 @@
         <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>92</v>
       </c>
       <c r="B24" t="s">
         <v>93</v>
       </c>
       <c r="C24" t="s">
         <v>94</v>
       </c>
       <c r="D24" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>96</v>
       </c>
       <c r="B25" t="s">
         <v>97</v>
       </c>
       <c r="C25" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" t="s">
         <v>100</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>101</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" t="s">
         <v>104</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>105</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" t="s">
         <v>108</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>109</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" t="s">
         <v>112</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>113</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>115</v>
+      </c>
+      <c r="B30" t="s">
         <v>116</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>117</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>119</v>
+      </c>
+      <c r="B31" t="s">
         <v>120</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>121</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>123</v>
+      </c>
+      <c r="B32" t="s">
         <v>124</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>125</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>127</v>
+      </c>
+      <c r="B33" t="s">
         <v>128</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>129</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>131</v>
+      </c>
+      <c r="B34" t="s">
         <v>132</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>133</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B35" t="s">
         <v>136</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>137</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>139</v>
+      </c>
+      <c r="B36" t="s">
         <v>140</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>141</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>143</v>
+      </c>
+      <c r="B37" t="s">
         <v>144</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>145</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" t="s">
         <v>148</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>149</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" t="s">
         <v>152</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>153</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" t="s">
         <v>156</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>157</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>159</v>
+      </c>
+      <c r="B41" t="s">
         <v>160</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>161</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" t="s">
+        <v>31</v>
+      </c>
+      <c r="C42" t="s">
+        <v>31</v>
+      </c>
+      <c r="D42" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>165</v>
+      </c>
+      <c r="B43" t="s">
+        <v>166</v>
+      </c>
+      <c r="C43" t="s">
+        <v>167</v>
+      </c>
+      <c r="D43" t="s">
         <v>168</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>169</v>
+      </c>
+      <c r="B44" t="s">
+        <v>170</v>
+      </c>
+      <c r="C44" t="s">
+        <v>171</v>
+      </c>
+      <c r="D44" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>173</v>
+      </c>
+      <c r="B45" t="s">
+        <v>174</v>
+      </c>
+      <c r="C45" t="s">
+        <v>175</v>
+      </c>
+      <c r="D45" t="s">
         <v>176</v>
-      </c>
-[...7 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>177</v>
+      </c>
+      <c r="B46" t="s">
         <v>178</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>179</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>181</v>
+      </c>
+      <c r="B47" t="s">
         <v>182</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>183</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>185</v>
+      </c>
+      <c r="B48" t="s">
         <v>186</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>187</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>189</v>
+      </c>
+      <c r="B49" t="s">
+        <v>31</v>
+      </c>
+      <c r="C49" t="s">
+        <v>31</v>
+      </c>
+      <c r="D49" t="s">
         <v>190</v>
-      </c>
-[...7 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>191</v>
+      </c>
+      <c r="B50" t="s">
+        <v>192</v>
+      </c>
+      <c r="C50" t="s">
+        <v>193</v>
+      </c>
+      <c r="D50" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B51" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C51" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D51" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B52" t="s">
-        <v>203</v>
+        <v>31</v>
       </c>
       <c r="C52" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="D52" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B53" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="C53" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="D53" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B54" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="C54" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D54" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B55" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C55" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D55" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="B56" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="C56" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="D56" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B57" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C57" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="D57" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="B58" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="C58" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="D58" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B59" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C59" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="D59" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B60" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C60" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="D60" t="s">
-        <v>30</v>
+        <v>232</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B61" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C61" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D61" t="s">
-        <v>30</v>
+        <v>236</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>237</v>
+      </c>
+      <c r="B62" t="s">
+        <v>238</v>
+      </c>
+      <c r="C62" t="s">
+        <v>239</v>
+      </c>
+      <c r="D62" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B63" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C63" t="s">
-        <v>246</v>
+        <v>31</v>
       </c>
       <c r="D63" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B64" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C64" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D64" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B65" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C65" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D65" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B66" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C66" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D66" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B67" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C67" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D67" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="B68" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C68" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D68" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B69" t="s">
-        <v>30</v>
+        <v>265</v>
       </c>
       <c r="C69" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="D69" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>268</v>
+      </c>
+      <c r="B70" t="s">
+        <v>269</v>
+      </c>
+      <c r="C70" t="s">
+        <v>270</v>
+      </c>
+      <c r="D70" t="s">
         <v>271</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B71" t="s">
-        <v>30</v>
+        <v>273</v>
       </c>
       <c r="C71" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D71" t="s">
-        <v>276</v>
+        <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>274</v>
+      </c>
+      <c r="B72" t="s">
+        <v>275</v>
+      </c>
+      <c r="C72" t="s">
+        <v>276</v>
+      </c>
+      <c r="D72" t="s">
         <v>277</v>
-      </c>
-[...7 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B73" t="s">
-        <v>282</v>
+        <v>31</v>
       </c>
       <c r="C73" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D73" t="s">
-        <v>284</v>
+        <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="B74" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="C74" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="D74" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B75" t="s">
-        <v>290</v>
+        <v>31</v>
       </c>
       <c r="C75" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="D75" t="s">
-        <v>292</v>
+        <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="B76" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C76" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="D76" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="B77" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="C77" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D77" t="s">
-        <v>30</v>
+        <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="B78" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="C78" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="D78" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="B79" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="C79" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="D79" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="B80" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C80" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="D80" t="s">
-        <v>310</v>
+        <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="B81" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="C81" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="D81" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="B82" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="C82" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="D82" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="B83" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="C83" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="D83" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="B84" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="C84" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="D84" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="B85" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C85" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="D85" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="B86" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="C86" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="D86" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>328</v>
+      </c>
+      <c r="B87" t="s">
+        <v>329</v>
+      </c>
+      <c r="C87" t="s">
+        <v>31</v>
+      </c>
+      <c r="D87" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>330</v>
+      </c>
+      <c r="B88" t="s">
+        <v>331</v>
+      </c>
+      <c r="C88" t="s">
+        <v>332</v>
+      </c>
+      <c r="D88" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>334</v>
+      </c>
+      <c r="B89" t="s">
         <v>335</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C89" t="s">
         <v>336</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D89" t="s">
         <v>337</v>
       </c>
-      <c r="D87" t="s">
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
         <v>338</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A88" s="2" t="s">
+      <c r="B90" t="s">
+        <v>339</v>
+      </c>
+      <c r="C90" t="s">
+        <v>340</v>
+      </c>
+      <c r="D90" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>342</v>
+      </c>
+      <c r="B91" t="s">
+        <v>343</v>
+      </c>
+      <c r="C91" t="s">
+        <v>344</v>
+      </c>
+      <c r="D91" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B88" s="2" t="s">
+      <c r="B92" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C88" s="2" t="s">
+      <c r="C92" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D88" s="2" t="s">
+      <c r="D92" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="95" spans="1:4">
-[...9 lines deleted...]
-      <c r="D96" s="3"/>
+    <row r="99" spans="1:4">
+      <c r="A99" s="3"/>
+      <c r="B99" s="3"/>
+      <c r="C99" s="3"/>
+      <c r="D99" s="3"/>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" s="3"/>
+      <c r="B100" s="3"/>
+      <c r="C100" s="3"/>
+      <c r="D100" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A95:D95"/>
-    <mergeCell ref="A96:D96"/>
+    <mergeCell ref="A99:D99"/>
+    <mergeCell ref="A100:D100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>