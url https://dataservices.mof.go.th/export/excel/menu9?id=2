--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -32,90 +32,90 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
     <t>เดือนนี้ปีนี้</t>
   </si>
   <si>
     <t>เดือนนี้ปีที่แล้ว</t>
   </si>
   <si>
     <t>จำนวน (เทียบปีนี้กับป</t>
   </si>
   <si>
     <t>ร้อยละ (เทียบปีนี้กับ</t>
   </si>
   <si>
     <t>กรมสรรพากร</t>
   </si>
   <si>
-    <t>193,059</t>
-[...8 lines deleted...]
-    <t>-3%</t>
+    <t>317,550</t>
+  </si>
+  <si>
+    <t>304,849</t>
+  </si>
+  <si>
+    <t>12,701</t>
+  </si>
+  <si>
+    <t>4%</t>
   </si>
   <si>
     <t>กรมสรรพสามิต</t>
   </si>
   <si>
-    <t>42,937</t>
-[...8 lines deleted...]
-    <t>0%</t>
+    <t>47,893</t>
+  </si>
+  <si>
+    <t>41,624</t>
+  </si>
+  <si>
+    <t>6,269</t>
+  </si>
+  <si>
+    <t>15%</t>
   </si>
   <si>
     <t>กรมศุลกากร</t>
   </si>
   <si>
-    <t>9,384</t>
-[...8 lines deleted...]
-    <t>-6%</t>
+    <t>14,499</t>
+  </si>
+  <si>
+    <t>8,942</t>
+  </si>
+  <si>
+    <t>5,557</t>
+  </si>
+  <si>
+    <t>62%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>