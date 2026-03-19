--- v1 (2025-12-07)
+++ v2 (2026-03-19)
@@ -32,90 +32,90 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
     <t>เดือนนี้ปีนี้</t>
   </si>
   <si>
     <t>เดือนนี้ปีที่แล้ว</t>
   </si>
   <si>
     <t>จำนวน (เทียบปีนี้กับป</t>
   </si>
   <si>
     <t>ร้อยละ (เทียบปีนี้กับ</t>
   </si>
   <si>
     <t>กรมสรรพากร</t>
   </si>
   <si>
-    <t>317,550</t>
-[...8 lines deleted...]
-    <t>4%</t>
+    <t>180,354</t>
+  </si>
+  <si>
+    <t>175,912</t>
+  </si>
+  <si>
+    <t>4,442</t>
+  </si>
+  <si>
+    <t>3%</t>
   </si>
   <si>
     <t>กรมสรรพสามิต</t>
   </si>
   <si>
-    <t>47,893</t>
-[...8 lines deleted...]
-    <t>15%</t>
+    <t>52,319</t>
+  </si>
+  <si>
+    <t>45,247</t>
+  </si>
+  <si>
+    <t>7,072</t>
+  </si>
+  <si>
+    <t>16%</t>
   </si>
   <si>
     <t>กรมศุลกากร</t>
   </si>
   <si>
-    <t>14,499</t>
-[...8 lines deleted...]
-    <t>62%</t>
+    <t>10,503</t>
+  </si>
+  <si>
+    <t>9,175</t>
+  </si>
+  <si>
+    <t>1,328</t>
+  </si>
+  <si>
+    <t>14%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>