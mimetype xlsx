--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -12,143 +12,239 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
     <t>งบประมาณ</t>
   </si>
   <si>
     <t>ยอดสะสม</t>
   </si>
   <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
+  </si>
+  <si>
     <t>ตุลาคม 2568</t>
   </si>
   <si>
     <t>รายจ่ายประจำ</t>
   </si>
   <si>
     <t>2,918,863.712</t>
   </si>
   <si>
-    <t>281,850.583</t>
+    <t>1,042,871.550</t>
+  </si>
+  <si>
+    <t>229,481.213</t>
+  </si>
+  <si>
+    <t>231,639.649</t>
+  </si>
+  <si>
+    <t>581,750.688</t>
   </si>
   <si>
     <t>งบบุคลากร</t>
   </si>
   <si>
     <t>646,170.901</t>
   </si>
   <si>
-    <t>49,964.074</t>
+    <t>163,035.748</t>
+  </si>
+  <si>
+    <t>53,262.328</t>
+  </si>
+  <si>
+    <t>55,746.463</t>
+  </si>
+  <si>
+    <t>54,026.958</t>
   </si>
   <si>
     <t>งบดำเนินงาน</t>
   </si>
   <si>
     <t>231,357.314</t>
   </si>
   <si>
-    <t>9,778.952</t>
+    <t>46,221.244</t>
+  </si>
+  <si>
+    <t>8,091.104</t>
+  </si>
+  <si>
+    <t>19,146.825</t>
+  </si>
+  <si>
+    <t>18,983.315</t>
   </si>
   <si>
     <t>งบอุดหนุน</t>
   </si>
   <si>
     <t>1,085,115.883</t>
   </si>
   <si>
-    <t>83,998.438</t>
+    <t>332,225.169</t>
+  </si>
+  <si>
+    <t>38,333.231</t>
+  </si>
+  <si>
+    <t>72,507.636</t>
+  </si>
+  <si>
+    <t>221,384.302</t>
   </si>
   <si>
     <t>งบรายจ่ายอื่น</t>
   </si>
   <si>
     <t>956,219.613</t>
   </si>
   <si>
-    <t>138,109.119</t>
+    <t>501,389.389</t>
+  </si>
+  <si>
+    <t>129,794.549</t>
+  </si>
+  <si>
+    <t>84,238.726</t>
+  </si>
+  <si>
+    <t>287,356.114</t>
   </si>
   <si>
     <t>รายจ่ายลงทุน</t>
   </si>
   <si>
     <t>861,736.288</t>
   </si>
   <si>
-    <t>57,031.481</t>
+    <t>135,858.099</t>
+  </si>
+  <si>
+    <t>10,371.233</t>
+  </si>
+  <si>
+    <t>18,830.358</t>
+  </si>
+  <si>
+    <t>106,656.509</t>
   </si>
   <si>
     <t>25,698.245</t>
   </si>
   <si>
-    <t>4,611.811</t>
+    <t>5,132.986</t>
+  </si>
+  <si>
+    <t>250.554</t>
+  </si>
+  <si>
+    <t>260.745</t>
+  </si>
+  <si>
+    <t>4,621.688</t>
   </si>
   <si>
     <t>งบลงทุน</t>
   </si>
   <si>
     <t>570,769.646</t>
   </si>
   <si>
-    <t>4,380.699</t>
+    <t>32,900.377</t>
+  </si>
+  <si>
+    <t>6,461.530</t>
+  </si>
+  <si>
+    <t>13,510.663</t>
+  </si>
+  <si>
+    <t>12,928.184</t>
   </si>
   <si>
     <t>173,246.821</t>
   </si>
   <si>
-    <t>35,876.978</t>
+    <t>77,900.085</t>
+  </si>
+  <si>
+    <t>620.429</t>
+  </si>
+  <si>
+    <t>4,269.084</t>
+  </si>
+  <si>
+    <t>73,010.573</t>
   </si>
   <si>
     <t>92,021.576</t>
   </si>
   <si>
-    <t>12,161.993</t>
+    <t>19,924.651</t>
+  </si>
+  <si>
+    <t>3,038.720</t>
+  </si>
+  <si>
+    <t>789.867</t>
+  </si>
+  <si>
+    <t>16,096.064</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -479,216 +575,284 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D7" sqref="D7"/>
+      <selection activeCell="F7" sqref="F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="2" spans="1:4">
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4">
+        <v>9</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:4">
+        <v>21</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:4">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:4">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" t="s">
         <v>24</v>
       </c>
-      <c r="B9" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:4">
+        <v>55</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>60</v>
+      </c>
+      <c r="E11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">