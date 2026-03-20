--- v1 (2025-12-19)
+++ v2 (2026-03-20)
@@ -12,233 +12,332 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
     <t>งบประมาณ</t>
   </si>
   <si>
     <t>ยอดสะสม</t>
   </si>
   <si>
+    <t>มีนาคม 2569</t>
+  </si>
+  <si>
+    <t>กุมภาพันธ์ 2569</t>
+  </si>
+  <si>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
     <t>ธันวาคม 2568</t>
   </si>
   <si>
     <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>ตุลาคม 2568</t>
   </si>
   <si>
     <t>รายจ่ายประจำ</t>
   </si>
   <si>
     <t>2,918,863.712</t>
   </si>
   <si>
-    <t>1,042,871.550</t>
-[...2 lines deleted...]
-    <t>229,481.213</t>
+    <t>1,676,234.346</t>
+  </si>
+  <si>
+    <t>144,754.933</t>
+  </si>
+  <si>
+    <t>148,543.294</t>
+  </si>
+  <si>
+    <t>216,064.565</t>
+  </si>
+  <si>
+    <t>353,481.216</t>
   </si>
   <si>
     <t>231,639.649</t>
   </si>
   <si>
     <t>581,750.688</t>
   </si>
   <si>
     <t>งบบุคลากร</t>
   </si>
   <si>
     <t>646,170.901</t>
   </si>
   <si>
-    <t>163,035.748</t>
-[...2 lines deleted...]
-    <t>53,262.328</t>
+    <t>331,195.439</t>
+  </si>
+  <si>
+    <t>53,276.253</t>
+  </si>
+  <si>
+    <t>55,656.381</t>
+  </si>
+  <si>
+    <t>55,570.543</t>
+  </si>
+  <si>
+    <t>56,918.841</t>
   </si>
   <si>
     <t>55,746.463</t>
   </si>
   <si>
     <t>54,026.958</t>
   </si>
   <si>
     <t>งบดำเนินงาน</t>
   </si>
   <si>
     <t>231,357.314</t>
   </si>
   <si>
-    <t>46,221.244</t>
-[...2 lines deleted...]
-    <t>8,091.104</t>
+    <t>105,977.954</t>
+  </si>
+  <si>
+    <t>8,464.479</t>
+  </si>
+  <si>
+    <t>19,546.905</t>
+  </si>
+  <si>
+    <t>19,296.394</t>
+  </si>
+  <si>
+    <t>20,540.036</t>
   </si>
   <si>
     <t>19,146.825</t>
   </si>
   <si>
     <t>18,983.315</t>
   </si>
   <si>
     <t>งบอุดหนุน</t>
   </si>
   <si>
     <t>1,085,115.883</t>
   </si>
   <si>
-    <t>332,225.169</t>
-[...2 lines deleted...]
-    <t>38,333.231</t>
+    <t>540,170.010</t>
+  </si>
+  <si>
+    <t>15,843.172</t>
+  </si>
+  <si>
+    <t>54,733.822</t>
+  </si>
+  <si>
+    <t>78,551.884</t>
+  </si>
+  <si>
+    <t>97,149.195</t>
   </si>
   <si>
     <t>72,507.636</t>
   </si>
   <si>
     <t>221,384.302</t>
   </si>
   <si>
     <t>งบรายจ่ายอื่น</t>
   </si>
   <si>
     <t>956,219.613</t>
   </si>
   <si>
-    <t>501,389.389</t>
-[...2 lines deleted...]
-    <t>129,794.549</t>
+    <t>698,890.944</t>
+  </si>
+  <si>
+    <t>67,171.028</t>
+  </si>
+  <si>
+    <t>18,606.187</t>
+  </si>
+  <si>
+    <t>62,645.744</t>
+  </si>
+  <si>
+    <t>178,873.144</t>
   </si>
   <si>
     <t>84,238.726</t>
   </si>
   <si>
     <t>287,356.114</t>
   </si>
   <si>
     <t>รายจ่ายลงทุน</t>
   </si>
   <si>
     <t>861,736.288</t>
   </si>
   <si>
-    <t>135,858.099</t>
-[...2 lines deleted...]
-    <t>10,371.233</t>
+    <t>232,506.973</t>
+  </si>
+  <si>
+    <t>18,682.038</t>
+  </si>
+  <si>
+    <t>37,179.171</t>
+  </si>
+  <si>
+    <t>21,859.383</t>
+  </si>
+  <si>
+    <t>29,299.514</t>
   </si>
   <si>
     <t>18,830.358</t>
   </si>
   <si>
     <t>106,656.509</t>
   </si>
   <si>
     <t>25,698.245</t>
   </si>
   <si>
-    <t>5,132.986</t>
-[...2 lines deleted...]
-    <t>250.554</t>
+    <t>8,127.505</t>
+  </si>
+  <si>
+    <t>384.367</t>
+  </si>
+  <si>
+    <t>1,217.601</t>
+  </si>
+  <si>
+    <t>852.638</t>
+  </si>
+  <si>
+    <t>790.466</t>
   </si>
   <si>
     <t>260.745</t>
   </si>
   <si>
     <t>4,621.688</t>
   </si>
   <si>
     <t>งบลงทุน</t>
   </si>
   <si>
     <t>570,769.646</t>
   </si>
   <si>
-    <t>32,900.377</t>
-[...2 lines deleted...]
-    <t>6,461.530</t>
+    <t>106,229.717</t>
+  </si>
+  <si>
+    <t>13,680.219</t>
+  </si>
+  <si>
+    <t>30,186.441</t>
+  </si>
+  <si>
+    <t>15,676.490</t>
+  </si>
+  <si>
+    <t>20,247.721</t>
   </si>
   <si>
     <t>13,510.663</t>
   </si>
   <si>
     <t>12,928.184</t>
   </si>
   <si>
     <t>173,246.821</t>
   </si>
   <si>
-    <t>77,900.085</t>
-[...2 lines deleted...]
-    <t>620.429</t>
+    <t>90,447.055</t>
+  </si>
+  <si>
+    <t>2,309.391</t>
+  </si>
+  <si>
+    <t>4,942.815</t>
+  </si>
+  <si>
+    <t>3,260.421</t>
+  </si>
+  <si>
+    <t>2,654.771</t>
   </si>
   <si>
     <t>4,269.084</t>
   </si>
   <si>
     <t>73,010.573</t>
   </si>
   <si>
     <t>92,021.576</t>
   </si>
   <si>
-    <t>19,924.651</t>
-[...2 lines deleted...]
-    <t>3,038.720</t>
+    <t>27,702.697</t>
+  </si>
+  <si>
+    <t>2,308.061</t>
+  </si>
+  <si>
+    <t>832.315</t>
+  </si>
+  <si>
+    <t>2,069.834</t>
+  </si>
+  <si>
+    <t>5,606.556</t>
   </si>
   <si>
     <t>789.867</t>
   </si>
   <si>
     <t>16,096.064</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -575,284 +674,386 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F11"/>
+  <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="I7" sqref="I7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
     </row>
-    <row r="2" spans="1:6">
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>17</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>17</v>
+        <v>23</v>
+      </c>
+      <c r="G3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" t="s">
+        <v>26</v>
       </c>
     </row>
-    <row r="4" spans="1:6">
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" t="s">
+        <v>35</v>
       </c>
     </row>
-    <row r="5" spans="1:6">
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="I7" s="2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
         <v>27</v>
       </c>
-      <c r="E5" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>66</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
+        <v>68</v>
+      </c>
+      <c r="H8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I8" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="6" spans="1:6">
-[...16 lines deleted...]
-        <v>35</v>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>75</v>
+      </c>
+      <c r="F9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G9" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9" t="s">
+        <v>78</v>
+      </c>
+      <c r="I9" t="s">
+        <v>79</v>
       </c>
     </row>
-    <row r="7" spans="1:6">
-      <c r="A7" s="2" t="s">
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
         <v>36</v>
       </c>
-      <c r="B7" s="2" t="s">
-[...12 lines deleted...]
-        <v>41</v>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H10" t="s">
+        <v>86</v>
+      </c>
+      <c r="I10" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="8" spans="1:6">
-[...12 lines deleted...]
-      <c r="E8" t="s">
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
         <v>45</v>
       </c>
-      <c r="F8" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="B11" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="D11" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="F11" t="s">
-        <v>62</v>
+        <v>92</v>
+      </c>
+      <c r="G11" t="s">
+        <v>93</v>
+      </c>
+      <c r="H11" t="s">
+        <v>94</v>
+      </c>
+      <c r="I11" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">