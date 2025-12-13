--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -12,320 +12,320 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
     <t>Import (Baht)</t>
   </si>
   <si>
     <t>Import (US$)</t>
   </si>
   <si>
     <t>Import Rate</t>
   </si>
   <si>
     <t>Export (Baht)</t>
   </si>
   <si>
     <t>Export (US$)</t>
   </si>
   <si>
     <t>Re-Export (Baht)</t>
   </si>
   <si>
     <t>Re-Export (US$)</t>
   </si>
   <si>
     <t>Total Export (Baht)</t>
   </si>
   <si>
     <t>Total Export (US$)</t>
   </si>
   <si>
     <t>Total Export Rate</t>
   </si>
   <si>
     <t>Balance (US$)</t>
   </si>
   <si>
     <t>Balance %</t>
   </si>
   <si>
     <t>มกราคม 2568</t>
   </si>
   <si>
-    <t>938,112,013,492.00</t>
-[...2 lines deleted...]
-    <t>27,157,174,760.51</t>
+    <t>931,394,499,237.00</t>
+  </si>
+  <si>
+    <t>26,962,711,086.71</t>
   </si>
   <si>
     <t>34.54</t>
   </si>
   <si>
-    <t>862,022,580,027.00</t>
-[...14 lines deleted...]
-    <t>25,276,962,992.88</t>
+    <t>865,250,421,645.00</t>
+  </si>
+  <si>
+    <t>25,361,492,220.67</t>
+  </si>
+  <si>
+    <t>344,513,811.00</t>
+  </si>
+  <si>
+    <t>10,098,098.91</t>
+  </si>
+  <si>
+    <t>865,594,935,456.00</t>
+  </si>
+  <si>
+    <t>25,371,590,319.58</t>
   </si>
   <si>
     <t>34.12</t>
   </si>
   <si>
-    <t>-1,880,211,767.63</t>
-[...2 lines deleted...]
-    <t>-6.92</t>
+    <t>-1,591,120,767.13</t>
+  </si>
+  <si>
+    <t>-5.90</t>
   </si>
   <si>
     <t>กุมภาพันธ์ 2568</t>
   </si>
   <si>
-    <t>848,823,952,000.00</t>
-[...2 lines deleted...]
-    <t>24,718,875,916.96</t>
+    <t>840,844,895,613.00</t>
+  </si>
+  <si>
+    <t>24,486,515,243.93</t>
   </si>
   <si>
     <t>34.34</t>
   </si>
   <si>
-    <t>905,471,158,407.00</t>
-[...2 lines deleted...]
-    <t>26,676,226,568.28</t>
+    <t>908,452,004,154.00</t>
+  </si>
+  <si>
+    <t>26,764,045,728.25</t>
   </si>
   <si>
     <t>1,048,822,369.00</t>
   </si>
   <si>
     <t>30,899,518.87</t>
   </si>
   <si>
-    <t>906,519,980,776.00</t>
-[...2 lines deleted...]
-    <t>26,707,126,087.15</t>
+    <t>909,500,826,523.00</t>
+  </si>
+  <si>
+    <t>26,794,945,247.12</t>
   </si>
   <si>
     <t>33.94</t>
   </si>
   <si>
-    <t>1,988,250,170.19</t>
-[...2 lines deleted...]
-    <t>8.04</t>
+    <t>2,308,430,003.19</t>
+  </si>
+  <si>
+    <t>9.43</t>
   </si>
   <si>
     <t>มีนาคม 2568</t>
   </si>
   <si>
-    <t>967,607,854,995.00</t>
-[...2 lines deleted...]
-    <t>28,575,288,747.91</t>
+    <t>960,403,885,575.00</t>
+  </si>
+  <si>
+    <t>28,362,541,915.35</t>
   </si>
   <si>
     <t>33.86</t>
   </si>
   <si>
-    <t>982,573,594,995.00</t>
-[...2 lines deleted...]
-    <t>29,375,187,822.54</t>
+    <t>985,168,800,596.00</t>
+  </si>
+  <si>
+    <t>29,452,774,531.93</t>
   </si>
   <si>
     <t>5,788,877,949.00</t>
   </si>
   <si>
     <t>173,065,282.74</t>
   </si>
   <si>
-    <t>988,362,472,944.00</t>
-[...2 lines deleted...]
-    <t>29,548,253,105.28</t>
+    <t>990,957,678,545.00</t>
+  </si>
+  <si>
+    <t>29,625,839,814.67</t>
   </si>
   <si>
     <t>33.45</t>
   </si>
   <si>
-    <t>972,964,357.38</t>
-[...2 lines deleted...]
-    <t>3.40</t>
+    <t>1,263,297,899.32</t>
+  </si>
+  <si>
+    <t>4.45</t>
   </si>
   <si>
     <t>เมษายน 2568</t>
   </si>
   <si>
-    <t>980,655,373,169.00</t>
-[...2 lines deleted...]
-    <t>28,946,416,236.03</t>
+    <t>971,903,828,056.00</t>
+  </si>
+  <si>
+    <t>28,688,093,205.86</t>
   </si>
   <si>
     <t>33.88</t>
   </si>
   <si>
-    <t>852,542,006,318.00</t>
-[...2 lines deleted...]
-    <t>25,470,988,593.68</t>
+    <t>853,475,576,417.00</t>
+  </si>
+  <si>
+    <t>25,498,880,419.74</t>
   </si>
   <si>
     <t>5,157,578,876.00</t>
   </si>
   <si>
     <t>154,090,510.20</t>
   </si>
   <si>
-    <t>857,699,585,194.00</t>
-[...2 lines deleted...]
-    <t>25,625,079,103.88</t>
+    <t>858,633,155,293.00</t>
+  </si>
+  <si>
+    <t>25,652,970,929.94</t>
   </si>
   <si>
     <t>33.47</t>
   </si>
   <si>
-    <t>-3,321,337,132.14</t>
-[...2 lines deleted...]
-    <t>-11.47</t>
+    <t>-3,035,122,275.92</t>
+  </si>
+  <si>
+    <t>-10.58</t>
   </si>
   <si>
     <t>พฤษภาคม 2568</t>
   </si>
   <si>
-    <t>1,001,162,247,463.00</t>
-[...8 lines deleted...]
-    <t>30,988,938,808.87</t>
+    <t>991,489,850,412.00</t>
+  </si>
+  <si>
+    <t>29,639,002,828.27</t>
+  </si>
+  <si>
+    <t>1,023,648,612,954.00</t>
+  </si>
+  <si>
+    <t>30,989,229,149.38</t>
   </si>
   <si>
     <t>1,837,879,497.00</t>
   </si>
   <si>
     <t>55,638,691.01</t>
   </si>
   <si>
-    <t>1,025,476,901,807.00</t>
-[...2 lines deleted...]
-    <t>31,044,577,499.88</t>
+    <t>1,025,486,492,451.00</t>
+  </si>
+  <si>
+    <t>31,044,867,840.39</t>
   </si>
   <si>
     <t>33.03</t>
   </si>
   <si>
-    <t>1,116,433,836.29</t>
-[...2 lines deleted...]
-    <t>3.73</t>
+    <t>1,405,865,012.12</t>
+  </si>
+  <si>
+    <t>4.74</t>
   </si>
   <si>
     <t>มิถุนายน 2568</t>
   </si>
   <si>
-    <t>914,879,655,782.00</t>
-[...2 lines deleted...]
-    <t>27,588,192,985.40</t>
+    <t>909,203,395,585.00</t>
+  </si>
+  <si>
+    <t>27,417,025,377.99</t>
   </si>
   <si>
     <t>33.16</t>
   </si>
   <si>
-    <t>937,536,995,956.00</t>
-[...14 lines deleted...]
-    <t>28,649,891,641.92</t>
+    <t>937,230,962,275.00</t>
+  </si>
+  <si>
+    <t>28,610,139,055.43</t>
+  </si>
+  <si>
+    <t>996,097,306.00</t>
+  </si>
+  <si>
+    <t>30,407,107.30</t>
+  </si>
+  <si>
+    <t>938,227,059,581.00</t>
+  </si>
+  <si>
+    <t>28,640,546,162.73</t>
   </si>
   <si>
     <t>32.76</t>
   </si>
   <si>
-    <t>1,061,698,656.51</t>
-[...2 lines deleted...]
-    <t>3.85</t>
+    <t>1,223,520,784.74</t>
+  </si>
+  <si>
+    <t>4.46</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
     <t>929,324,257,588.00</t>
   </si>
   <si>
     <t>28,258,619,295.15</t>
   </si>
   <si>
     <t>32.89</t>
   </si>
   <si>
     <t>927,443,859,577.00</t>
   </si>
   <si>
     <t>28,553,075,285.46</t>
   </si>
   <si>
     <t>897,709,227.00</t>
   </si>
   <si>
     <t>27,637,639.60</t>
   </si>
@@ -360,50 +360,128 @@
     <t>887,653,131,141.00</t>
   </si>
   <si>
     <t>27,700,725,591.40</t>
   </si>
   <si>
     <t>1,360,824,126.00</t>
   </si>
   <si>
     <t>42,466,831.21</t>
   </si>
   <si>
     <t>889,013,955,267.00</t>
   </si>
   <si>
     <t>27,743,192,422.61</t>
   </si>
   <si>
     <t>32.04</t>
   </si>
   <si>
     <t>-1,964,353,054.15</t>
   </si>
   <si>
     <t>-6.61</t>
+  </si>
+  <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
+    <t>971,760,025,682.00</t>
+  </si>
+  <si>
+    <t>29,695,546,269.63</t>
+  </si>
+  <si>
+    <t>32.72</t>
+  </si>
+  <si>
+    <t>998,637,341,688.00</t>
+  </si>
+  <si>
+    <t>30,900,535,979.80</t>
+  </si>
+  <si>
+    <t>2,267,431,631.00</t>
+  </si>
+  <si>
+    <t>70,160,457.43</t>
+  </si>
+  <si>
+    <t>1,000,904,773,319.00</t>
+  </si>
+  <si>
+    <t>30,970,696,437.23</t>
+  </si>
+  <si>
+    <t>32.32</t>
+  </si>
+  <si>
+    <t>1,275,150,167.60</t>
+  </si>
+  <si>
+    <t>4.29</t>
+  </si>
+  <si>
+    <t>ตุลาคม 2568</t>
+  </si>
+  <si>
+    <t>1,032,034,434,451.00</t>
+  </si>
+  <si>
+    <t>32,272,456,579.08</t>
+  </si>
+  <si>
+    <t>31.98</t>
+  </si>
+  <si>
+    <t>909,413,136,064.00</t>
+  </si>
+  <si>
+    <t>28,806,974,394.79</t>
+  </si>
+  <si>
+    <t>903,294,285.00</t>
+  </si>
+  <si>
+    <t>28,613,150.95</t>
+  </si>
+  <si>
+    <t>910,316,430,349.00</t>
+  </si>
+  <si>
+    <t>28,835,587,545.74</t>
+  </si>
+  <si>
+    <t>31.57</t>
+  </si>
+  <si>
+    <t>-3,436,869,033.34</t>
+  </si>
+  <si>
+    <t>-10.65</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -725,51 +803,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M9"/>
+  <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="M1" sqref="M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.711426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -1115,50 +1193,132 @@
         <v>107</v>
       </c>
       <c r="F9" t="s">
         <v>108</v>
       </c>
       <c r="G9" t="s">
         <v>109</v>
       </c>
       <c r="H9" t="s">
         <v>110</v>
       </c>
       <c r="I9" t="s">
         <v>111</v>
       </c>
       <c r="J9" t="s">
         <v>112</v>
       </c>
       <c r="K9" t="s">
         <v>113</v>
       </c>
       <c r="L9" t="s">
         <v>114</v>
       </c>
       <c r="M9" t="s">
         <v>115</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13">
+      <c r="A10" t="s">
+        <v>116</v>
+      </c>
+      <c r="B10" t="s">
+        <v>117</v>
+      </c>
+      <c r="C10" t="s">
+        <v>118</v>
+      </c>
+      <c r="D10" t="s">
+        <v>119</v>
+      </c>
+      <c r="E10" t="s">
+        <v>120</v>
+      </c>
+      <c r="F10" t="s">
+        <v>121</v>
+      </c>
+      <c r="G10" t="s">
+        <v>122</v>
+      </c>
+      <c r="H10" t="s">
+        <v>123</v>
+      </c>
+      <c r="I10" t="s">
+        <v>124</v>
+      </c>
+      <c r="J10" t="s">
+        <v>125</v>
+      </c>
+      <c r="K10" t="s">
+        <v>126</v>
+      </c>
+      <c r="L10" t="s">
+        <v>127</v>
+      </c>
+      <c r="M10" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13">
+      <c r="A11" t="s">
+        <v>129</v>
+      </c>
+      <c r="B11" t="s">
+        <v>130</v>
+      </c>
+      <c r="C11" t="s">
+        <v>131</v>
+      </c>
+      <c r="D11" t="s">
+        <v>132</v>
+      </c>
+      <c r="E11" t="s">
+        <v>133</v>
+      </c>
+      <c r="F11" t="s">
+        <v>134</v>
+      </c>
+      <c r="G11" t="s">
+        <v>135</v>
+      </c>
+      <c r="H11" t="s">
+        <v>136</v>
+      </c>
+      <c r="I11" t="s">
+        <v>137</v>
+      </c>
+      <c r="J11" t="s">
+        <v>138</v>
+      </c>
+      <c r="K11" t="s">
+        <v>139</v>
+      </c>
+      <c r="L11" t="s">
+        <v>140</v>
+      </c>
+      <c r="M11" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">