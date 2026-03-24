--- v0 (2025-12-16)
+++ v1 (2026-03-24)
@@ -12,350 +12,353 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ภาพรวมหนี้คงค้างสาธารณะ" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>ตุลาคม 2568</t>
-[...5 lines deleted...]
-    <t>สิงหาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>1. หนี้รัฐบาล (1.1+1.2+1.3)</t>
   </si>
   <si>
-    <t>11,011,112.44</t>
-[...5 lines deleted...]
-    <t>10,916,217.72</t>
+    <t>11,303,239.50</t>
+  </si>
+  <si>
+    <t>11,213,103.78</t>
+  </si>
+  <si>
+    <t>11,116,060.31</t>
   </si>
   <si>
     <t>1.1 หนี้ที่รัฐบาลกู้โดยตรง</t>
   </si>
   <si>
-    <t>10,465,728.44</t>
-[...5 lines deleted...]
-    <t>10,358,283.72</t>
+    <t>10,784,182.50</t>
+  </si>
+  <si>
+    <t>10,724,046.78</t>
+  </si>
+  <si>
+    <t>10,570,676.31</t>
   </si>
   <si>
     <t>หนี้ต่างประเทศ</t>
   </si>
   <si>
-    <t>66,252.89</t>
-[...5 lines deleted...]
-    <t>66,241.06</t>
+    <t>62,079.42</t>
+  </si>
+  <si>
+    <t>64,763.06</t>
+  </si>
+  <si>
+    <t>65,362.45</t>
   </si>
   <si>
     <t>หนี้ในประเทศ</t>
   </si>
   <si>
-    <t>10,399,475.55</t>
-[...5 lines deleted...]
-    <t>10,292,042.66</t>
+    <t>10,722,103.08</t>
+  </si>
+  <si>
+    <t>10,659,283.72</t>
+  </si>
+  <si>
+    <t>10,505,313.86</t>
   </si>
   <si>
     <t>1.2 หนี้ที่รัฐบาลกู้เพื่อชดใช้ความเสียหายให้แก่กองทุนเพื่อการฟื้นฟูฯ</t>
   </si>
   <si>
+    <t>489,057.00</t>
+  </si>
+  <si>
     <t>494,057.00</t>
   </si>
   <si>
-    <t>506,607.00</t>
-[...1 lines deleted...]
-  <si>
     <t>FIDF 1</t>
   </si>
   <si>
     <t>253,477.00</t>
   </si>
   <si>
-    <t>258,827.00</t>
-[...1 lines deleted...]
-  <si>
     <t>FIDF 3</t>
   </si>
   <si>
+    <t>235,580.00</t>
+  </si>
+  <si>
     <t>240,580.00</t>
   </si>
   <si>
-    <t>247,780.00</t>
-[...1 lines deleted...]
-  <si>
     <t>1.3 หนี้เงินกู้ล่วงหน้าเพื่อปรับโครงสร้างหนี้</t>
   </si>
   <si>
+    <t>30,000.00</t>
+  </si>
+  <si>
+    <t>0.00</t>
+  </si>
+  <si>
     <t>51,327.00</t>
   </si>
   <si>
     <t>หนี้เงินกู้เพื่อชดเชยการขาดดุลงบประมาณ</t>
   </si>
   <si>
-    <t>0.00</t>
-[...1 lines deleted...]
-  <si>
     <t>เงินกู้ภายใต้ พ.ร.ก. COVID-19 พ.ศ. 2563</t>
   </si>
   <si>
     <t>เงินกู้ภายใต้ พ.ร.ก. COVID-19 พ.ศ. 2564</t>
   </si>
   <si>
     <t>หนี้เงินกู้เพื่อชดใช้ความเสียหายให้แก่กองทุนเพื่อการฟื้นฟูฯ</t>
   </si>
   <si>
     <t>หนี้เงินกู้เพื้่อฟื้นฟูและเสริมสร้างความมั่นคงทางเศรษฐกิจ</t>
   </si>
   <si>
     <t xml:space="preserve"> หนี้เงินกู้เพื่อการพัฒนาระบบบริหารจัดการทรัพยากรน้ำและระบบขนส่งทางถนนระยะเร่งด่วน</t>
   </si>
   <si>
     <t>2. หนี้รัฐวิสาหกิจ (2.1+2.2)</t>
   </si>
   <si>
-    <t>1,064,111.85</t>
-[...5 lines deleted...]
-    <t>1,033,961.78</t>
+    <t>1,049,856.35</t>
+  </si>
+  <si>
+    <t>1,049,260.72</t>
+  </si>
+  <si>
+    <t>1,064,946.51</t>
   </si>
   <si>
     <t>2.1 หนี้ที่รัฐบาลค้ำประกัน</t>
   </si>
   <si>
-    <t>512,622.34</t>
-[...23 lines deleted...]
-    <t>491,910.55</t>
+    <t>507,466.90</t>
+  </si>
+  <si>
+    <t>507,090.87</t>
+  </si>
+  <si>
+    <t>515,482.30</t>
+  </si>
+  <si>
+    <t>23,406.18</t>
+  </si>
+  <si>
+    <t>23,857.33</t>
+  </si>
+  <si>
+    <t>23,860.38</t>
+  </si>
+  <si>
+    <t>484,060.72</t>
+  </si>
+  <si>
+    <t>483,233.54</t>
+  </si>
+  <si>
+    <t>491,621.92</t>
   </si>
   <si>
     <t>2.2 หนี้ที่รัฐบาลไม่ค้ำประกัน</t>
   </si>
   <si>
-    <t>551,489.51</t>
-[...23 lines deleted...]
-    <t>507,966.79</t>
+    <t>542,389.45</t>
+  </si>
+  <si>
+    <t>542,169.85</t>
+  </si>
+  <si>
+    <t>549,464.21</t>
+  </si>
+  <si>
+    <t>9,258.03</t>
+  </si>
+  <si>
+    <t>9,326.49</t>
+  </si>
+  <si>
+    <t>9,510.24</t>
+  </si>
+  <si>
+    <t>533,131.42</t>
+  </si>
+  <si>
+    <t>532,843.36</t>
+  </si>
+  <si>
+    <t>539,953.97</t>
   </si>
   <si>
     <t>3. หนี้รัฐวิสาหกิจที่ทำธุรกิจในภาคการเงินฯ (รัฐบาลค้ำประกัน) (3.1+3.2)</t>
   </si>
   <si>
-    <t>155,789.28</t>
-[...5 lines deleted...]
-    <t>158,750.54</t>
+    <t>154,626.06</t>
+  </si>
+  <si>
+    <t>154,752.85</t>
+  </si>
+  <si>
+    <t>154,782.18</t>
   </si>
   <si>
     <t>3.1 หนี้ต่างประเทศ</t>
   </si>
   <si>
-    <t>41.16</t>
-[...5 lines deleted...]
-    <t>41.42</t>
+    <t>37.94</t>
+  </si>
+  <si>
+    <t>37.73</t>
+  </si>
+  <si>
+    <t>41.06</t>
   </si>
   <si>
     <t>3.2 หนี้ในประเทศ</t>
   </si>
   <si>
-    <t>155,748.12</t>
-[...2 lines deleted...]
-    <t>158,709.12</t>
+    <t>154,588.12</t>
+  </si>
+  <si>
+    <t>154,715.12</t>
+  </si>
+  <si>
+    <t>154,741.12</t>
   </si>
   <si>
     <t>4. หนี้กองทุนเพื่อการฟื้นฟูฯ (4.1+4.2)</t>
   </si>
   <si>
     <t>4.1 หนี้ที่รัฐบาลค้ำประกัน</t>
   </si>
   <si>
     <t>4.2 หนี้ที่รัฐบาลไม่ค้ำประกัน</t>
   </si>
   <si>
     <t>5. หนื้หน่วยงานของรัฐ (5.1+5.2)</t>
   </si>
   <si>
-    <t>38,879.27</t>
-[...5 lines deleted...]
-    <t>59,366.50</t>
+    <t>35,393.66</t>
+  </si>
+  <si>
+    <t>36,577.45</t>
+  </si>
+  <si>
+    <t>37,855.83</t>
   </si>
   <si>
     <t>5.1 หนี้ที่รัฐบาลค้ำประกัน</t>
   </si>
   <si>
-    <t>32,082.00</t>
-[...5 lines deleted...]
-    <t>52,221.22</t>
+    <t>28,470.67</t>
+  </si>
+  <si>
+    <t>29,720.78</t>
+  </si>
+  <si>
+    <t>30,970.89</t>
   </si>
   <si>
     <t>5.2 หนี้ที่รัฐบาลไม่ค้ำประกัน</t>
   </si>
   <si>
-    <t>6,797.27</t>
-[...5 lines deleted...]
-    <t>7,145.28</t>
+    <t>6,922.99</t>
+  </si>
+  <si>
+    <t>6,856.67</t>
+  </si>
+  <si>
+    <t>6,884.94</t>
   </si>
   <si>
     <t>Debt : GDP (%)</t>
   </si>
   <si>
-    <t>65.24</t>
-[...5 lines deleted...]
-    <t>64.78</t>
+    <t>65.96</t>
+  </si>
+  <si>
+    <t>65.64</t>
+  </si>
+  <si>
+    <t>65.31</t>
   </si>
   <si>
     <t>ประมาณการ GDP (ล้านบาท)</t>
   </si>
   <si>
-    <t>18,808,524.40</t>
-[...5 lines deleted...]
-    <t>18,784,767.67</t>
+    <t>19,016,777.65</t>
+  </si>
+  <si>
+    <t>18,973,709.00</t>
+  </si>
+  <si>
+    <t>18,946,909.33</t>
   </si>
   <si>
     <t>อัตราแลกเปลี่ยน (บาท)</t>
   </si>
   <si>
+    <t>31.51</t>
+  </si>
+  <si>
+    <t>31.74</t>
+  </si>
+  <si>
     <t>32.51</t>
-  </si>
-[...4 lines deleted...]
-    <t>32.47</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -697,51 +700,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="97.833252" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>6</v>
@@ -795,163 +798,163 @@
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
         <v>26</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
         <v>29</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>34</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>37</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
@@ -1044,194 +1047,194 @@
         <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" t="s">
         <v>68</v>
       </c>
       <c r="D24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>70</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B27" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C27" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D27" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B28" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C28" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D28" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C30" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B32" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C32" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D32" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">